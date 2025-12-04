--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -1,78 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet2.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet3.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet4.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet5.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet6.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/_rels/sheet7.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Įvairios prekės" sheetId="1" r:id="rId1"/>
     <sheet name="Stacionarūs kompiuteriai" sheetId="2" r:id="rId2"/>
     <sheet name="Monitoriai" sheetId="3" r:id="rId3"/>
     <sheet name="Nešiojami kompiuteriai" sheetId="4" r:id="rId4"/>
     <sheet name="Nešiojami kompiuteriai iki 100 " sheetId="5" r:id="rId5"/>
     <sheet name="Nešiojami kompiuteriai su defek" sheetId="6" r:id="rId6"/>
-    <sheet name="Didmeniniai pasiūlymai" sheetId="7" r:id="rId7"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="734" uniqueCount="734">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="741" uniqueCount="741">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Kaina (VAT 0%)</t>
   </si>
   <si>
     <t>Kaina (VAT 21%)</t>
   </si>
   <si>
     <t>Nuoroda</t>
   </si>
   <si>
     <t>DIMM DDR3 4GB RAM Atmintis PC3-12800U 1600MHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/dimm-ddr3-4gb-ram-atmintis-pc3-12800u-1600mhz/</t>
   </si>
   <si>
     <t>SO-DIMM DDR3 4GB RAM Atmintis PC3L-12800U 1600MHz 1.35v</t>
   </si>
   <si>
@@ -135,56 +132,50 @@
   <si>
     <t>DDR3 4GB Plokštelių laptopų ir stacionarių rinkinys po 4vnt vienodus, 5 skirtingų pocizijų su nuolaida</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/ddr3-4gb-ploksteliu-laptopu-ir-stacionariu-rinkinys-po-4vnt-vienodus-5-skirtingu-pociziju-su-nuolaida/</t>
   </si>
   <si>
     <t>Lenovo IdeaPad 530S-14IKB 14.0 FHD IPS Touchscreen i5-8250U 0GB RAM 0GB SSD MX 130 2GB GPU</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-ideapad-530s-14ikb-14-0-fhd-ips-touchscreen-i5-8250u-0gb-ram-0gb-ssd-mx-130-2gb-gpu/</t>
   </si>
   <si>
     <t>1vnt Nvidia GTX 1080 Ti 11GB GDDR5 Be aušintuvo aktyvaus. PASYVUS DABAR UŽDĖTAS</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/1vnt-nvidia-gtx-1080-ti-11gb-gddr5-be-ausintuvo-aktyvaus-pasyvus-dabar-uzdetas/</t>
   </si>
   <si>
     <t>50% NUOLAIDA SO-DIMM DDR3 4GB RAM Atmintis PC3L-12800U 1600MHz 1.35v</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/50-nuolaida-so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/</t>
   </si>
   <si>
-    <t>USB-C Universal Dock Be maitinimo šaltinio</t>
-[...4 lines deleted...]
-  <si>
     <t>Gamintojas</t>
   </si>
   <si>
     <t>Modelis</t>
   </si>
   <si>
     <t>Korpuso tipas</t>
   </si>
   <si>
     <t>Procesorius (CPU)</t>
   </si>
   <si>
     <t>Operatyvioji atmintis (RAM)</t>
   </si>
   <si>
     <t>Disko talpa</t>
   </si>
   <si>
     <t>Trūkumai</t>
   </si>
   <si>
     <t>Fujitsu-Siemens</t>
   </si>
   <si>
     <t>Esprimo E720</t>
@@ -282,53 +273,50 @@
   <si>
     <t>https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-128gb-ssd-240w-psu/</t>
   </si>
   <si>
     <t>Lenovo M81 SFF</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-m81-sff-i5-2400-16gb-ram-ddr3-0gb-ssd-240w-psu/</t>
   </si>
   <si>
     <t>M700 Desktop Towe ( SFF )</t>
   </si>
   <si>
     <t>Intel i7-6700</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700-16gb-256gb-ssd/</t>
   </si>
   <si>
     <t>Intel i7-6700K</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700k-16gb-256gb-ssd/</t>
   </si>
   <si>
-    <t>https://eridas.lt/preke/fujitsu-e710-e90i5-347016gb-ram-sff/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://eridas.lt/preke/fujitsu-e720-e90i5-457016gb-ram-sff-kopija/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/fujitsu-p910-li5-3470-16gb-ram-medium-tower/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/fujitsu-e720-e85-i5-4590-16gb-ram-sff/</t>
   </si>
   <si>
     <t>HP Compaq 8200 Micro Tower</t>
   </si>
   <si>
     <t>Medium Tower</t>
   </si>
   <si>
     <t>Intel i7-2600</t>
   </si>
   <si>
     <t>128GB SSD, 500GB HDD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-compaq-8200-micro-tower-i7-2600-16gb-128gb-ssd-500gb-hdd-windows-suinstaliuoti/</t>
   </si>
   <si>
     <t>HP ProDesk 600 G1</t>
@@ -393,1887 +381,1917 @@
   <si>
     <t>https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-128gb-ssd/</t>
   </si>
   <si>
     <t>Z240 Tower</t>
   </si>
   <si>
     <t>Intel Xeon E3-1270 v6</t>
   </si>
   <si>
     <t>32GB</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/</t>
   </si>
   <si>
     <t>Z230</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-16gb-256gb-ssd-kopija/</t>
   </si>
   <si>
     <t>Z420 Tower</t>
   </si>
   <si>
-    <t>Xeon e5-1650 v2 3.5GHz, Max turbo dažnis 3.9GHz</t>
+    <t>Xeon e5-2650 v2 8 branduoliai 2.6GHz, Max turbo dažnis 3.4GHz</t>
   </si>
   <si>
     <t>240GB SSD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z420-tower-e5-1650-v2-32gb-ram-240gb-ssd-quadro-k2000/</t>
   </si>
   <si>
     <t>ThinkStation P310</t>
   </si>
   <si>
     <t>Intel Xeon E3-1220 v5 3.0GHz, Max turbo dažnis 3.5GHz</t>
   </si>
   <si>
     <t>480GB SSD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-32gb-256gb-ssd/</t>
   </si>
   <si>
-    <t>Z4 G4 Workstation</t>
-[...10 lines deleted...]
-  <si>
     <t>Z2 Mini G4</t>
   </si>
   <si>
     <t>Intel i5-9500 8 branduoliai 3.0GHz, Max turbo dažnis 4.4Ghz</t>
   </si>
   <si>
     <t>512 NMVe</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z2-mini-g4-i5-9500-16gb-512gb-amd-pro-wx-3200-4gb/</t>
   </si>
   <si>
     <t>Dell</t>
   </si>
   <si>
     <t>Inspiron 5675</t>
   </si>
   <si>
     <t>AMD Ryzen 5 1400 6 branduolių 3.2GHz, Max turbo dažnis 3.4Ghz</t>
   </si>
   <si>
     <t>1TB HDD, 512GB SSD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/dell-inspiron-5675-ryzen-5-1400-16gb-512gb-ssd-1tb-hdd-rx-570-4gb-460w/</t>
   </si>
   <si>
-    <t>AMD Ryzen 5 3500 16 branduolių 3.6GHz, Max turbo dažnis 4.1Ghz</t>
-[...4 lines deleted...]
-  <si>
     <t>Ryzen 7 1700X 8 branduoliai 3.4GHz, Max turbo dažnis 3.8Ghz</t>
   </si>
   <si>
     <t>1TB HDD, 256GB SSD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/dell-inspiron-5675-amd-ryzen-7-1700x-16gb-512gb-ssd-1tb-hdd-rx-570-4gb-wifi/</t>
   </si>
   <si>
     <t>Inspiron 3656</t>
   </si>
   <si>
     <t>AMD FX-8800P 4 branduoliai 2.1GHz, Max turbo dažnis 3.4Ghz</t>
   </si>
   <si>
     <t>180GB SSD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/6650/</t>
   </si>
   <si>
-    <t>Alienware Aurora R7</t>
+    <t>ThinkCentre M800 MT</t>
+  </si>
+  <si>
+    <t>Intel i5-6400 2.7GHz, Max turbo dažnis 3.3GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkcentre-m800-medium-tower-i5-6400-16gb-ddr4-ram-be-ssd-disku-b-grade/</t>
+  </si>
+  <si>
+    <t>ThinkStation P320</t>
+  </si>
+  <si>
+    <t>Intel i7-7700 6 Core 3.6GHz, Max turbo dažnis 4.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkstation-p320-i7-7700-32gb-256gb-400w-psu-platinum/</t>
+  </si>
+  <si>
+    <t>Intel i5-9600K 6 Core 3.7GHz, Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>1TB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/is-kokybisku-daliu-surinkti-zaidimu-kompiuteriai-i5-9600k-16gb-1tb-ssd-rtx-2060-650w-80-plus-gold-psu/</t>
+  </si>
+  <si>
+    <t>Precision 5820 Tower</t>
+  </si>
+  <si>
+    <t>Intel i9-7900X 10 Core 3.3GHz, Max turbo dažnis 4.5GHz</t>
+  </si>
+  <si>
+    <t>64GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-5820-tower-i9-7900x-64gb-ram-512gb-ssd-rtx-2080-8gb-950w-psu/</t>
+  </si>
+  <si>
+    <t>Precision 3630</t>
+  </si>
+  <si>
+    <t>Xeon E2136 3.3GHz, Max turbo dažnis 4.5GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3630-xeon-e2136-32gb-512gb-rtx-4000-8gb-460w-psu/</t>
+  </si>
+  <si>
+    <t>Precision T7610</t>
+  </si>
+  <si>
+    <t>2vnt CPU Xeon E5-2687W v2 3.4GHz, Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-t7610-xeon-e5-2687w-v2-2vnt-64gb-256gb-k4000-3gb-1300w/</t>
+  </si>
+  <si>
+    <t>ESPRIMO D556</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-esprimo-d556-sff-i5-6500-16gb-ram-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>EliteDesk 705 G5 Mini</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 3400G 6 Core 3.7GHz, Max turbo dažnis 4.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitedesk-705-g5-mini-pc-ryzen-5-3400g-16gb-256gb-wifi-6vnt-usb-1vnt-usb-c-lan-hdmi-ir-2vnt-display-port/</t>
+  </si>
+  <si>
+    <t>Dell Optiplex 3070 SFF</t>
+  </si>
+  <si>
+    <t>Intel i7-9700 8 branduoliai 3.0GHz, Max turbo dažnis 4.7Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-optiplex-3070-sff-i7-9700-16gb-256gb-ssd-1tb-hdd/</t>
+  </si>
+  <si>
+    <t>EliteDesk 800 G2 Tower</t>
+  </si>
+  <si>
+    <t>Intel i5-6500 4 branduoliai 3.2GHz, Max turbo dažnis 3.6Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitedesk-800-g2-tower-i5-6500-16gb-256gb-ssd1tb-hdd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-prodesk-600-g2-medium-tower-i5-6500-16gb-256gb-ssd1tb-hdd/</t>
+  </si>
+  <si>
+    <t>OptiPlex 3060 SFF</t>
+  </si>
+  <si>
+    <t>Intel i5-9400F 6 branduoliai 2.9GHz, Max turbo dažnis 4.1Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/optiplex-3060-sff-i5-9400f-16gb-256gb-1tb-hdd-nvidia-gt-730-2gb/</t>
+  </si>
+  <si>
+    <t>HP ProDesk 400 G4 DM Mini PC</t>
+  </si>
+  <si>
+    <t>Intel i5-8500T 6 branduoliai 2.1GHz, Max turbo dažnis 3.5Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-prodesk-400-g4-dm-i5-8500t-16gb-256gb-mini-pc-wifi-3vnt-display-port-jungtys-su-defektu-kosmetiniu-bei-2vnt-usb-neveikia/</t>
+  </si>
+  <si>
+    <t>Precision 3620</t>
+  </si>
+  <si>
+    <t>Intel i7-6700 3.4GHz, Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3620-i7-6700-16gb-512gb-ssd-quadro-k2200-4gb-windows-11-pro/</t>
+  </si>
+  <si>
+    <t>Intel i7-6700K 4 branduoliai 3.4GHz, Max turbo dažnis 4.0Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3620-i7-6700k-16gb-512gb-ssd-intel-hd-530-windows-11-pro/</t>
+  </si>
+  <si>
+    <t>ProOne 400 G5</t>
+  </si>
+  <si>
+    <t>Intel i5-8400T 6 branduoliai 1.7GHz, Max turbo dažnis 3.3Ghz</t>
+  </si>
+  <si>
+    <t>128GB SSD, 750GB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/proone-400-g5-20-1600900-all-in-one-i5-8400t-16gb-128gb-ssd-750gb-hdd/</t>
+  </si>
+  <si>
+    <t>EliteBook 800 G3</t>
+  </si>
+  <si>
+    <t>Intel i5-6500T 4 branduoliai 2.5GHz, Max turbo dažnis 3.1Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-800-g3-mini-pc-i5-6500t-8gb-be-ssd-disko/</t>
+  </si>
+  <si>
+    <t>thinkCentre M720s SFF</t>
+  </si>
+  <si>
+    <t>Intel i7-8700 6 branduolių 3.2GHz, Max turbo dažnis 4.6Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-m720s-sff-i7-8700-16gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>ProDesk 600 G5 Mini PC</t>
+  </si>
+  <si>
+    <t>Intel i3-900T 6 branduoliai 3.1GHz, Max turbo dažnis 3.7Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-prodesk-600-g5-mini-pc-i3-9100t-16gb-256gb-2vnt-display-port-jungtys/</t>
+  </si>
+  <si>
+    <t>Optiplex 7040M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-optiplex-7040m-mini-pc-i5-6500t-16gb-128gb-ssd-hdmi-display-port-vga-wifi/</t>
+  </si>
+  <si>
+    <t>ProDesk 400 G3 Mini</t>
+  </si>
+  <si>
+    <t>USFF</t>
+  </si>
+  <si>
+    <t>Intel i5-7500T 2.7GHz, Max turbo dažnis 3.3GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-optiplex-7050-mini-pc-i5-7500t-8gb-256gb-display-port-2vnt-com-port-jungtys/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-prodesk-400-g3-mini-pc-i5-7500t-8gb-be-ssd-disko-display-port-2vnt-com-port-jungtys/</t>
+  </si>
+  <si>
+    <t>Engage Flex Pro-C Base Model Retail System</t>
   </si>
   <si>
     <t>Intel i5-8400 6 branduoliai 2.8GHz, Max turbo dažnis 4.0Ghz</t>
   </si>
   <si>
-    <t>https://eridas.lt/preke/6654/</t>
-[...158 lines deleted...]
-    <t>https://eridas.lt/preke/hp-prodesk-600-g2-medium-tower-i5-6500-16gb-256gb-ssd1tb-hdd/</t>
+    <t>https://eridas.lt/preke/hp-engage-flex-pro-c-base-model-retail-system-i5-8400-32gb-256-ssd1tb-hdd-14vnt-usb-2x-com-port/</t>
+  </si>
+  <si>
+    <t>Intel i7-8700K 6 branduoliai 3.7GHz, Max turbo dažnis 4.7Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-m720s-sff-i7-8700k-32gb-512gb-ssd-nmve/</t>
+  </si>
+  <si>
+    <t>Precision 5820T</t>
+  </si>
+  <si>
+    <t>Intel Xeon W-2123 6 3.6GHz, Max turbo dažnis 3.9GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-5820t-w-2123-16gb-256gb-p4000-8gb-psu-950w-80-plus-gold/</t>
+  </si>
+  <si>
+    <t>Ekranas</t>
+  </si>
+  <si>
+    <t>Tio Gen 3</t>
+  </si>
+  <si>
+    <t>21.5" 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/</t>
+  </si>
+  <si>
+    <t>Diskas</t>
+  </si>
+  <si>
+    <t>Baterija (Wear level)</t>
+  </si>
+  <si>
+    <t>V330-IKB</t>
+  </si>
+  <si>
+    <t>1920*1080 TN</t>
+  </si>
+  <si>
+    <t>Intel i5-8250u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Thinkpad X395</t>
+  </si>
+  <si>
+    <t>1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 Pro 3500u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/thinkpad-x395-13-3-fhd-ips-ryzen-5-pro-3500u-16gb-256gb/</t>
+  </si>
+  <si>
+    <t>LifeBook U728</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lifebook-u728-12-5-ips-i5-8250u-8gb-256gb-svoris-tik-1-105kg/</t>
+  </si>
+  <si>
+    <t>Fujitsu LifeBook U748</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-u748-14-fhd-ips-i5-8250u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Dell Latitude 5495</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 7 2700u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-5495/</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 2500u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-5495-14-0-fhd-ips-amd-ryzen-5-2500u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Thinkpad L14 Gen 1</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 7 4750u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-l14-gen-1-ryzen-7-4750u-16gb-512gb-ssd-12-men-garantija/</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 4650u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/thinkpad-l14-fhd-ryzen-5-4650u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Lifebook E736</t>
+  </si>
+  <si>
+    <t>Intel i5-6200u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Lifebook E756</t>
+  </si>
+  <si>
+    <t>Intel i5-6200U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-e756-15-6-fhd-ips-i5-6200u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>ThinkPad E495</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e495-14-0-fhd-ips-ryzen-5-3500u-8-256gb/</t>
+  </si>
+  <si>
+    <t>Latittude E7250</t>
+  </si>
+  <si>
+    <t>12.5 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-5300U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd-2/</t>
+  </si>
+  <si>
+    <t>13.3 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>LIFEBOOK S935</t>
+  </si>
+  <si>
+    <t>Intel i5-5200U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>LIFEBOOK U747</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>Intel I5-7200U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lifebook-u747-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd-copy/</t>
+  </si>
+  <si>
+    <t>Toshiba</t>
+  </si>
+  <si>
+    <t>Z30-C-16M</t>
+  </si>
+  <si>
+    <t>Intel i7-6500U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-z30-c-16m-13-3-fhd-ips-i7-6500u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Z30-C-120</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-z30-c-120-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>LifeBook U727</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lifebook-u727-14-0-fhd-ips-i5-7200u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Inspiron 16</t>
+  </si>
+  <si>
+    <t>16.0 1920*1200 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-1235u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-inspiron-16-16-0-fhd-i5-1235u-8gb-512gb-ssd/</t>
+  </si>
+  <si>
+    <t>Microsoft Surface</t>
+  </si>
+  <si>
+    <t>Microsoft Surface Laptop Go</t>
+  </si>
+  <si>
+    <t>12.4 Touch 1536*1024 IPS LED LCD</t>
+  </si>
+  <si>
+    <t>Intel i5-1035G1</t>
+  </si>
+  <si>
+    <t>4GB</t>
+  </si>
+  <si>
+    <t>64GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/surface-laptop-go-12-4-ips-i5-1035g1-4gb-64gb/</t>
+  </si>
+  <si>
+    <t>Latitude 5410</t>
+  </si>
+  <si>
+    <t>intel i7-10610U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/latitude-5410-14-0-i7-10610u-8gb-512tb-ssd-21/</t>
+  </si>
+  <si>
+    <t>Satellite PRO A40-D-1KT</t>
+  </si>
+  <si>
+    <t>14.0 1366*768 TN</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba14-0-hd-tn-matinis-i5-7200u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Thinkpad A285</t>
+  </si>
+  <si>
+    <t>12.5 1366*768 TN</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/3618/</t>
+  </si>
+  <si>
+    <t>ZBook 17 G3</t>
+  </si>
+  <si>
+    <t>17.3 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>Xeon E3-1535M v5</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-hp-zbook-17-g3-fhd-ips-xeon-e3-1535m-v5-16gb-ram-512gb-ssd-quadro-m5000m-8gb-gddr5/</t>
+  </si>
+  <si>
+    <t>EliteBook 845 G9</t>
+  </si>
+  <si>
+    <t>14.0 1920*1200 IPS</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 PRO 6650</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-845-g9-fhd-ips-ryzen-5-6650-16-256gb/</t>
+  </si>
+  <si>
+    <t>ZBook 15 G1 Workstation</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 TN</t>
+  </si>
+  <si>
+    <t>intel i7-4700MQ</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-15-g1-workstation-15-6-fhd-matinis-i7-4700mq-8gb-256gb-ssd-nvidia-quadro-k1100m-2gb-gddr5/</t>
+  </si>
+  <si>
+    <t>Thinkpad T14 Gen 1</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/thinkpad-t14-gen-1-14-0-hd-tn-ryzen-7-4750u-16gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Cepter</t>
+  </si>
+  <si>
+    <t>N520-02</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/cepter-n520-02-15-6-fhd-i5-8250u-16gb-512gb-ssd-1/</t>
+  </si>
+  <si>
+    <t>Medion</t>
+  </si>
+  <si>
+    <t>Akoya S6445</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-8265U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/medion-s6445-15-6-fhd-ips-i5-8265u-8gb-1tb-ssd-10/</t>
+  </si>
+  <si>
+    <t>Vostro 14 3420</t>
+  </si>
+  <si>
+    <t>intel I7-1255U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-vostro-14-3420-fhd-ips-i7-1255u-16gb-512gb-ssd-24-men-garantija/</t>
+  </si>
+  <si>
+    <t>Latitude 14 3440</t>
+  </si>
+  <si>
+    <t>Intel i5-1335u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-14-3440-14-0-fhd-ips-i5-1335u-8gb-256gb-ssd-24-men-garantija/</t>
+  </si>
+  <si>
+    <t>ZBook 14 G7 Firefly</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-14-g7-firefly-14-0-fhd-ips-i7-10610u-32gb-1tb-ssd-nvidia-quadro-p520-4gb-gddr5/</t>
+  </si>
+  <si>
+    <t>DreamBook N530-01</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 4500u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-fhd-ips-ryzen-5-4500u-16gb-512gb-ssd-0/</t>
+  </si>
+  <si>
+    <t>ThinkPad X13 Gen 1</t>
+  </si>
+  <si>
+    <t>Ryzen 3 4450u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/isparduodame-lenovo-thinkpad-x13-gen-1-1-14-0-fhd-ips-ryzen-3-4450u-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Surface Laptop 3</t>
+  </si>
+  <si>
+    <t>13.5 Touch 2256*1504 IPS LED LCD</t>
+  </si>
+  <si>
+    <t>Intel i7-1065G7 1.3GHz, Max turbo dažnis 3.9GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/microsoft-surface-laptop-3-13-5-i7-1065g7-16gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Thinkpad T440s</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 IPS Touchscreen</t>
+  </si>
+  <si>
+    <t>Intel i7-4600U 2.1GHz, Max turbo dažnis 3.23GHz</t>
+  </si>
+  <si>
+    <t>12GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t440s-fhd-ips-touchscreen-i7-4600u-12gb-256gb-ssd-21-50/</t>
+  </si>
+  <si>
+    <t>HP ZBook 17 G3</t>
+  </si>
+  <si>
+    <t>17.3 1920*1080</t>
+  </si>
+  <si>
+    <t>Xeon E3-1535M v5 2.9GHz, Max turbo dažnis 3.8GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-17-g3-fhd-xeon-e3-1535m-v5-16gb-256gb-m3000m-4gb/</t>
+  </si>
+  <si>
+    <t>EliteBook 845 G8</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 PRO 5650U 2.3GHz, Max turbo dažnis 4.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-845-g8-fhd-ips-ryzen-5650u-16gb-256gb-30/</t>
+  </si>
+  <si>
+    <t>ZBook 17 G6</t>
+  </si>
+  <si>
+    <t>Intel i7-9850H 2.6GHz, Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/</t>
   </si>
   <si>
     <t>Acer</t>
   </si>
   <si>
-    <t>Aspire XC-780</t>
-[...269 lines deleted...]
-    <t>https://eridas.lt/preke/latitude-5410-14-0-i7-10610u-8gb-512tb-ssd-21/</t>
+    <t>Aspire A315-32-P9GR</t>
+  </si>
+  <si>
+    <t>Intel Celeron Silver N5000 1.1GHz, Max turbo dažnis 2.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/</t>
+  </si>
+  <si>
+    <t>IdeaPad 330-15IKB</t>
+  </si>
+  <si>
+    <t>Intel Pentium Gold 4415U 2.3GHz</t>
+  </si>
+  <si>
+    <t>6GB</t>
+  </si>
+  <si>
+    <t>128GB SSD, 1TB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/</t>
+  </si>
+  <si>
+    <t>MSI</t>
+  </si>
+  <si>
+    <t>GE60</t>
+  </si>
+  <si>
+    <t>Intel i7-4700MQ 2.4GHz Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>Reikia keisti, nelaikanti.</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/msi-ge60-15-6-19201080-tn-i7-4700mq-8gb-480gb-ssd-nvidia-gt-750m-2gb-gddr5-baterija-mirusi/</t>
+  </si>
+  <si>
+    <t>Yoga 2 13</t>
+  </si>
+  <si>
+    <t>13.3 1920*1080 IPS Touch</t>
+  </si>
+  <si>
+    <t>Intel i5-4200U 1.6GHz, Max turbo dažnis 2.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/</t>
+  </si>
+  <si>
+    <t>Latitude 7320</t>
+  </si>
+  <si>
+    <t>Intel i7-1185G7 3.0GH, Max turbo dažnis 4.8GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-7320-13-3-ips-touchscreen-i7-1185g7-32gb-ram-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>EliteBook 840 G9</t>
+  </si>
+  <si>
+    <t>Intel i5-1245u 3.3Ghz, Max turbo dažnis 4.4GHz 10 branduolių, 12 virtualių</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/6351/</t>
+  </si>
+  <si>
+    <t>EliteBook 640 G9</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-640-g9-i5-1235u-16gb-256gb-ssd-17/</t>
+  </si>
+  <si>
+    <t>EliteteBook x360 830 G9 2-in-1</t>
+  </si>
+  <si>
+    <t>13.3 1920*1280 LED LCD IPS 16:10 Touch</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitetebook-x360-830-g9-2-in-1-i5-1245u-16-256-2026-03-7/</t>
+  </si>
+  <si>
+    <t>EliteBook 845 G10</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 PRO 7540 3.2GHz, Max turbo dažnis 4.9GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija/</t>
+  </si>
+  <si>
+    <t>Asus</t>
+  </si>
+  <si>
+    <t>Vivobook Go 14</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 TN</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 3 7320U 2.4GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-vivobook-go-14-ryzen-3-7320u-8gb-256gb-12-men-garantija-0/</t>
+  </si>
+  <si>
+    <t>ZBook Fury 17 G8</t>
+  </si>
+  <si>
+    <t>Intel i7-11850H 2.5GHz, Max turbo dažnis 4.8GHz</t>
+  </si>
+  <si>
+    <t>2TB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-fury-17-g8-17-3-fhd-ips-i7-11850h-64gb-2tb-ssd-rtx-a5000-16gb/</t>
+  </si>
+  <si>
+    <t>Latitude 7340</t>
+  </si>
+  <si>
+    <t>Intel i7-1365u 3.9GHz, Max turbo dažnis 5.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/latitude-7340-13-3-fhd-ips-i7-1365u-32gb-512gb-ssd-0/</t>
+  </si>
+  <si>
+    <t>Medion E15413</t>
+  </si>
+  <si>
+    <t>Intel i7-1255U 10 Core , Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/medion-e15413-15-6-fhd-ips-i7-1255u-16gb-256gb-ssd-0/</t>
+  </si>
+  <si>
+    <t>Precision 5540</t>
+  </si>
+  <si>
+    <t>15.6 3840*2160 Touhcscreen</t>
+  </si>
+  <si>
+    <t>Intel i7-9850H 2.6GHz , Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-5540-15-6-4k-ips-touch-i7-9850h-16gb-512gb-t1000-4gb-0/</t>
+  </si>
+  <si>
+    <t>ThinkPad P15V Gen 3</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 IPS Matinis</t>
+  </si>
+  <si>
+    <t>Intel i7-12700H 14 Core , Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p15v-gen-3-15-6-fhd-ips-i7-12700h-16gb-1tb-ssd-t1200-4gb-8/</t>
+  </si>
+  <si>
+    <t>ProBook 445 G8</t>
+  </si>
+  <si>
+    <t>Amd Ryzen 5 4500U 2.3GHz, Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-probook-445-g8-14-0-fhd-ips-probook-ryzen-5-4500u-16gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>IdeaPad 3 15ALC6</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 5500U 2.1GHz, Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/nesiojamas-kompiuteris-lenovo-ideapad-3-15alc6-15-6-fhd-ryzen-5-5500u-8gb-256gb-ssd-6/</t>
+  </si>
+  <si>
+    <t>ThinkPad P1 4th Gen</t>
+  </si>
+  <si>
+    <t>16.0 2K+ 2560*1600 IPS 400 Nit 60Hz 8 Bit</t>
+  </si>
+  <si>
+    <t>Intel i7-11800H 2.3GHz, Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/</t>
+  </si>
+  <si>
+    <t>ThinkPad P15 2nd Gen</t>
+  </si>
+  <si>
+    <t>Intel i5-11500H 2.9GHz, Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p15-2nd-gen-15-6-fhd-ips-300-nit-i5-11500h-32gb-1tb-rtx-a2000/</t>
+  </si>
+  <si>
+    <t>Precision 5560</t>
+  </si>
+  <si>
+    <t>i9-11950H 2.6GHz, Max turbo dažnis 5.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-5560-15-6-fhd-ips-i9-11950h-32gb-1tb-a2000-4gb-16/</t>
+  </si>
+  <si>
+    <t>Ryzen 5 7520U 2.8GHz, Max turbo dažnis 4.3GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-vivobook-go-14-fhd-tn-matinis-ryzen-5-7520u-8gb-512gb-ssd-10/</t>
+  </si>
+  <si>
+    <t>EliteBook 845 G11</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 PRO 8640HS 3.5GHz, Max turbo dažnis 4.9GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/845-g11-ips-ryzen-5-8640hs-16-256gb-36-men-garantija-baterijai-12-men/</t>
+  </si>
+  <si>
+    <t>HP ZBook 17 G7</t>
+  </si>
+  <si>
+    <t>Intel i7-10850H 2.7GHz, Max turbo dažnis 5.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-17-g7-17-3-fhd-ips-i7-10850h-32gb-512gb-rtx-5000-16gb-max-q-32-su-korpuso-defektu/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija-c-grade/</t>
+  </si>
+  <si>
+    <t>Thinkpad T14s Gen 2</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 4650U 2.1GHz, Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t14s-gen-2-14-0-fhd-ips-ryzen-5-4650u-16gb-256gb-0-trukumas-1vnt-usb-c-neveikia/</t>
+  </si>
+  <si>
+    <t>ThinkPad L13 Gen 2</t>
+  </si>
+  <si>
+    <t>Intel i7-1165G7 2.8GHz, Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-l13-gen-2-13-3-fhd-ips-i7-1165g7-16gb-512gb-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad P14s Gen 2</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 IPS Matinis Touchscreen</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p14s-gen-2-p14s-ts-i7-1165g7-16gb-512gb-quadro-t500-4gb-14/</t>
+  </si>
+  <si>
+    <t>ThinkPad P1 Gen 1</t>
+  </si>
+  <si>
+    <t>Intel i7-8750H 2.2GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/</t>
+  </si>
+  <si>
+    <t>ThinkPad P17 Gen 1</t>
+  </si>
+  <si>
+    <t>Intel i5-10400H 2.6GHz, Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p17-gen-1-17-3-fhd-ips-i5-10400h-32gb-1tb-ssd-quadro-t1000-4gb-0/</t>
+  </si>
+  <si>
+    <t>Precision 7530</t>
+  </si>
+  <si>
+    <t>Intel i7-8850H 2.6GHz, Max turbo dažnis 4.3GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/</t>
+  </si>
+  <si>
+    <t>Precision 3520</t>
+  </si>
+  <si>
+    <t>Intel i7-7700HQ 2.8GHz, Max turbo dažnis 3.8GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3520-15-6-fhd-ips-i7-7700hq-32gb-512gb-ssd-quadro-m620-2gb/</t>
+  </si>
+  <si>
+    <t>ZenBook UX325J</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-zenbook-ux325j-13-3-fhd-ips-i7-1065g7-16gb-512gb-nauja-baterija-a-grade/</t>
+  </si>
+  <si>
+    <t>Precision 5480</t>
+  </si>
+  <si>
+    <t>14.0" 2560x1600 Touchscreen</t>
+  </si>
+  <si>
+    <t>i7-13800H 14 branduolių Max turbo dažnis 5.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-5480-14-0-ts-i7-13800h-32gb-512gb-rtx-ada-2000-8gb-0-2028-04-15/</t>
+  </si>
+  <si>
+    <t>Precision 7680</t>
+  </si>
+  <si>
+    <t>16.0 1920*1200 IPS Matinis 500 Nit</t>
+  </si>
+  <si>
+    <t>i7-13850HX 20 branduolių Max turbo dažnis 5.3GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-7680-16-500-nit-i7-13850hx-64gb-1tb-rtx-ada-3500-12gb-16-garantija-iki-12-menesiu/</t>
+  </si>
+  <si>
+    <t>Thinkpad P15 2nd</t>
+  </si>
+  <si>
+    <t>15.6 4K Touchscreen OLED</t>
+  </si>
+  <si>
+    <t>i9-11950H 8 branduolių 2.6GHz Max turbo dažnis 5.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p15-gen-2-15-6-4k-ts-oled-i9-11950h-64-512gb-rtx-a4000-8gb-15-a-grade/</t>
+  </si>
+  <si>
+    <t>ZBook Power G10</t>
+  </si>
+  <si>
+    <t>15.6 FHD+ 1920*1200 IPS</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-power-g10-15-6-fhd-i7-13800h-32gb-512gb-rtx-2000-8gb-garantija-iki-2027-05-16/</t>
+  </si>
+  <si>
+    <t>ThinkPad L13 Yoga 3rd Gen</t>
+  </si>
+  <si>
+    <t>13.3 1920*1200 IPS Touchscreen</t>
+  </si>
+  <si>
+    <t>i5-1235U 3.3GHz, Max turbo dažnis 4.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-l13-yoga-3rd-gen-13-3-fhd-touchscreen-i5-1235u-16gb-12-men-garantija/</t>
+  </si>
+  <si>
+    <t>Precision 3581</t>
+  </si>
+  <si>
+    <t>15.6 FHD+ 1920*1200 IPS Matinis ekranas</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3581-15-6-fhdi7-13800h-32gb-512gb-rtx-ada-a500-4gb-gddr6-27-12-menesiu-garantija/</t>
+  </si>
+  <si>
+    <t>Tecra X40-E</t>
+  </si>
+  <si>
+    <t>Intel i7-8850U 1.8GHz, Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-tecra-x40-e-dynabook-portege-x40-e-14-fhd-ips-touch-i7-8550u-16gb-256gb-ssd-18/</t>
+  </si>
+  <si>
+    <t>Portege X30-E</t>
+  </si>
+  <si>
+    <t>Intel i5-8250U 1.6GHz, Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-portege-x30-e-dynabook-13-3%e2%80%b3-fhd-ips-i5-8250u-16gb-256gb-ssd-10/</t>
+  </si>
+  <si>
+    <t>EliteBook 840 G6</t>
+  </si>
+  <si>
+    <t>Intel i5-8365U 1.6GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-840-g6-14-0-fhd-ips-i5-8365u-16gb-256gb-ssd-18/</t>
+  </si>
+  <si>
+    <t>T14 Gen 4 AMD</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 7 7840U 3.3GHz, Max turbo dažnis 5.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-t14-gen-4-14-0-fhd-ips-ryzen-7-7840u-32gb-ram-512gb-ssd-24-men-garantija-baterijai-taipogi-24-men/</t>
+  </si>
+  <si>
+    <t>Thinkpad T16 Gen 2</t>
+  </si>
+  <si>
+    <t>16.0 2560*1600 IPS Matinis</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/t16-g2-16-0-25601440-ryzen-7-7840u-32gb-1tb-ssd-24-men-garantija-baterijai-taipogi-24-men-garantija/</t>
+  </si>
+  <si>
+    <t>14.0" 1920*1080 FHD Matinis IPS</t>
+  </si>
+  <si>
+    <t>Intel Core i5-8365U 1.6GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-840-g6-14-0-fhd-i5-8365u-16gb-256gb-18/</t>
+  </si>
+  <si>
+    <t>ThinkPad X1 Carbon 8th gen</t>
+  </si>
+  <si>
+    <t>Intel i5-10310U 1.7GHz, Max turbo dažnis 4.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x1-8th-gen-touch-14-0-500-nit-i5-10310u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>TUF Gaming FX505DV</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 120Hz</t>
+  </si>
+  <si>
+    <t>Ryzen 7 3750H 2.3GHz Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-tuf-gaming-fx505dv-15-6-120hz-ryzen-7-3750h-16gb-512gb-rtx-2060-37/</t>
+  </si>
+  <si>
+    <t>Thinkpad E15</t>
+  </si>
+  <si>
+    <t>Intel i5-10210U 1.6GHz, Max turbo dažnis 4.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e15-15-6-i5-10210u-8gb-256gb-12/</t>
+  </si>
+  <si>
+    <t>Aspire 5 A515-51</t>
+  </si>
+  <si>
+    <t>Intel i3-8130U 2.2GHz, Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-5-a515-51-15-6-fhd-ips-i3-8130u-8gb-256gb-17-windows-11-home/</t>
+  </si>
+  <si>
+    <t>Latitude 3520</t>
+  </si>
+  <si>
+    <t>Intel i5-1135G7 2.4GHz, Max turbo dažnis 4.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-3520-156-fhd-ips-i5-1135g7-8gb-256gb-ssd-0/</t>
+  </si>
+  <si>
+    <t>T440s</t>
+  </si>
+  <si>
+    <t>Intel i7-4600u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/thinkpad-t440s-fhd-ips-i7-4600u-8gb-256gb/</t>
+  </si>
+  <si>
+    <t>EliteBook 8570p</t>
+  </si>
+  <si>
+    <t>15.6 HD+ 1600*900 TN Matinis</t>
+  </si>
+  <si>
+    <t>Intel i7-3740QM</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E6440</t>
+  </si>
+  <si>
+    <t>Intel i5-4200M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E7240</t>
+  </si>
+  <si>
+    <t>Intel i5-4300U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E5450</t>
+  </si>
+  <si>
+    <t>Intel i3-5010U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>14.0 1600*900 TN</t>
+  </si>
+  <si>
+    <t>Intel i3-4030U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E5440</t>
+  </si>
+  <si>
+    <t>Intel i3-4010U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>LifeBook E734</t>
+  </si>
+  <si>
+    <t>13.3 1366*768 TN</t>
+  </si>
+  <si>
+    <t>Intel i5-4210M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Z30-B-106</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Celsius H720</t>
+  </si>
+  <si>
+    <t>I5-3340M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-celsius-h720-15-6-hd-i5-3340m-8gb-256gb-quadro-k2000m-2gb/</t>
+  </si>
+  <si>
+    <t>LIFEBOOK E744</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>LifeBook U745</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-u745-14-0-i5-5200u-8gb-256gb-ssd-13/</t>
+  </si>
+  <si>
+    <t>Thinkpad E460</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/</t>
+  </si>
+  <si>
+    <t>Thinkpad L430</t>
+  </si>
+  <si>
+    <t>Intel i5-3210M</t>
+  </si>
+  <si>
+    <t>120GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad L420</t>
+  </si>
+  <si>
+    <t>I5-2320M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T430</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T420</t>
+  </si>
+  <si>
+    <t>Intel i5-2410M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T430S</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T420S</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T410</t>
+  </si>
+  <si>
+    <t>14.1 HD Matinis</t>
+  </si>
+  <si>
+    <t>Intel i5-520M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t410-14-1-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/</t>
+  </si>
+  <si>
+    <t>TravelMate P273</t>
+  </si>
+  <si>
+    <t>17.3 1600*900</t>
+  </si>
+  <si>
+    <t>i3-2348M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/</t>
+  </si>
+  <si>
+    <t>Satellite C870D-11M</t>
+  </si>
+  <si>
+    <t>AMD E1-1200</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t440s-14-0-1600900-i5-4300u-8gb-128gb-ssd-talpi-baterija-su-6-susidevejimu-vidine/</t>
+  </si>
+  <si>
+    <t>Thinkpad T450</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t450-14-0-1600900-i5-5300u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>HP EliteBook 725 G3</t>
+  </si>
+  <si>
+    <t>AMD PRO A10-8700B 1.8GHz, Max turbo dažnis 3.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/</t>
+  </si>
+  <si>
+    <t>Amilo Li 3910</t>
+  </si>
+  <si>
+    <t>18.4 Raiška netestuota</t>
+  </si>
+  <si>
+    <t>Intel Pentium T3200 2.00GHz</t>
+  </si>
+  <si>
+    <t>3GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/</t>
+  </si>
+  <si>
+    <t>Aspire 8730</t>
+  </si>
+  <si>
+    <t>18.4 1920*1080</t>
+  </si>
+  <si>
+    <t>Intel Pentium T6400 2.00GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/</t>
+  </si>
+  <si>
+    <t>EliteBook 850 G1</t>
+  </si>
+  <si>
+    <t>Intel i5-4210U 1.7GHz, Max turbo dažnis 2.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-850-g115-6-fhd-blizgus-i3-6006u-8gb-256gb-ssd-16/</t>
+  </si>
+  <si>
+    <t>V145-15AST</t>
+  </si>
+  <si>
+    <t>AMD A6-9225 R4 2.6GHz, Max turbo dažnis 3.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/</t>
+  </si>
+  <si>
+    <t>Thinkpad T530</t>
+  </si>
+  <si>
+    <t>Intel i7-3610QE 2.3GHz, Max turbo dažnis 3.3GHz</t>
+  </si>
+  <si>
+    <t>192GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t530-15-6-19201080-i7-3610qe-8gb-192gb-ssd-nvidia-quadro-5400m-1gb-49/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-15-6hd-i7-4600u-16gb-256gb-ssd-mirusi-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-hd-ips-i3-5005u-8gb-500gb-hdd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/tecra-z40-b-14-0-1600900-i5-5200u-8gb-500gb-ssd-19/</t>
+  </si>
+  <si>
+    <t>Latitude E7270</t>
+  </si>
+  <si>
+    <t>Intel i5-6300U 2.4GHz, Max turbo dažnis 3.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/</t>
+  </si>
+  <si>
+    <t>ThinkPad A485</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 3 2300U 2.0GHz, Max turbo dažnis 3.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-3-2300u-16gb-128gb-ssd-1vnt-baterija/</t>
+  </si>
+  <si>
+    <t>V330-14IKB</t>
+  </si>
+  <si>
+    <t>Untested</t>
+  </si>
+  <si>
+    <t>0GB</t>
+  </si>
+  <si>
+    <t>0GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/</t>
+  </si>
+  <si>
+    <t>Zenbook 14 UX434F</t>
+  </si>
+  <si>
+    <t>Intel i7-10510u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/</t>
+  </si>
+  <si>
+    <t>E31-70, E31-80</t>
+  </si>
+  <si>
+    <t>Intel i3-5005U, Intel i3-6006u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/</t>
+  </si>
+  <si>
+    <t>Microsoft</t>
+  </si>
+  <si>
+    <t>Surface 5 Pro</t>
+  </si>
+  <si>
+    <t>12.3 2736*1824 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-7300U</t>
+  </si>
+  <si>
+    <t>128GB arba 256GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/</t>
+  </si>
+  <si>
+    <t>Ideapad S540-13IML</t>
+  </si>
+  <si>
+    <t>Intel i5-10210U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/</t>
+  </si>
+  <si>
+    <t>Notebook 14-ck1864no</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-19201080-ips-i3-7100u-4gb-be-ssd-gyva-baterija-su-klaviaturos-defektu-5vnt-mygtukai-neveikia/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Thinkpad E485</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e485-14-0-fhd-ips-ryzen-5-2500u-8gb-0gb-ssd-10-kosmetinei-defektai/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/</t>
   </si>
   <si>
     <t>Latitude 5580</t>
   </si>
   <si>
-    <t>15.6 1920*1080 IPS</t>
-[...224 lines deleted...]
-    <t>Aspire R7-571</t>
+    <t>Intel i5-6440HQ</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/</t>
+  </si>
+  <si>
+    <t>Microsfot Surface 5 Pro</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/</t>
+  </si>
+  <si>
+    <t>Yoga 510-14ISK</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/</t>
+  </si>
+  <si>
+    <t>Dell Latitude 5310</t>
+  </si>
+  <si>
+    <t>Intel i5-10310u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/</t>
+  </si>
+  <si>
+    <t>Inspiron 17 5748 </t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/</t>
+  </si>
+  <si>
+    <t>IdeaPad 330S-15IKB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-330s-15ikb-15-6-fhd-i5-8250u-8gb-128gb-ssd-10-bloga-klaviat8ra-ekrane-matosi-nuospaudos-nuo-klaviaturos/</t>
+  </si>
+  <si>
+    <t>H730 Celsius</t>
+  </si>
+  <si>
+    <t>Intel i7-4710MQ</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-i7-4710mq-32gb-ram-256gb-ssd-quadro-k1100m-2gb-keli-trukumai-nekritiniai/</t>
+  </si>
+  <si>
+    <t>LifeBook E544</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-e544-15-6-fhd-ips-i5-4210m-8gb-256gb-ssd-20-keli-defektai/</t>
+  </si>
+  <si>
+    <t>Aspire E5-532</t>
+  </si>
+  <si>
+    <t>15.6 1366*768</t>
+  </si>
+  <si>
+    <t>Intel i3-4005U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-e5-532-15-6-1366768-i3-4005u-8gb-128gb-ssd-12-touchpad-neveikia/</t>
+  </si>
+  <si>
+    <t>Aspire ES1-512</t>
+  </si>
+  <si>
+    <t>Celeron N2920</t>
+  </si>
+  <si>
+    <t>1TB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-es1-512-15-6-celeron-n2920-8gb-1tb-hdd-bloga-baterija-ir-touchpad/</t>
+  </si>
+  <si>
+    <t>Lenovo Yoga 710-14IKB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-710-14ikb-su-defektais-14-0-fhd-ips-i5-7200u-4gb-256gb-ssd-ekrano-defektais-camera-neveikia-klaviatura-neidealiai-veikia/</t>
+  </si>
+  <si>
+    <t>Notebook 17</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i5-6200u-8gb-be-disko-r5-m330-keli-nebaisus-trukumai/</t>
+  </si>
+  <si>
+    <t>Pavilion 15-P294no</t>
+  </si>
+  <si>
+    <t>AMD A10-7300</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-a10-7300-8gb-r7-m260-bloga-baterija-ir-touchpad/</t>
+  </si>
+  <si>
+    <t>E1-572G</t>
+  </si>
+  <si>
+    <t>Intel i5-4200U</t>
+  </si>
+  <si>
+    <t>750GB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-e1-572g-15-6-i5-4200u-8gb-750gb-hdd-bloga-baterija-ir-truksta-vieno-klaviso/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-fhd-ips-idealus-ekranas-i5-8265u-8gb-0gb-ssd-su-defektu-klaviaturos-nevisi-mygtukai-veikia-baterijos-nera/</t>
+  </si>
+  <si>
+    <t>Thinkpad Carbon x1 3rd Gen</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-carbon-x1-3rd-gen-14-0-fhd-i5-5300u-8gb-0gb-ssd-bloga-klaviatura/</t>
+  </si>
+  <si>
+    <t>14 Colių</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t450-14-0-i5-5300u-4gb-128gb-ssd-1vnt-usb-neveikiantis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-a285-12-5-hd-amd-ryzen-5-2500u-8gb-256gb-ssd-vienas-is-dvieju-usb-c-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Thinkpad T490</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t490-14-0-fhd-ips-i5-8265u-8gb-256gb-0-vienas-usb-c-neveikiantis/</t>
+  </si>
+  <si>
+    <t>IdeaPad S340-14IIL</t>
+  </si>
+  <si>
+    <t>Intel i5-1035G1 1.0GHz, Max turbo dažnis 3.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-s340-14iil-14-0-fhd-i5-1035g1-4gb-512gb-su-defektais-ram-lizdas-neveikia-ir-web-camera-neveikia/</t>
+  </si>
+  <si>
+    <t>Inspiron 13 5370</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-inspiron-13-5370-13-3-fhd-ips-i5-8250u-8gb-256gb-45-neveikia-web-camera/</t>
+  </si>
+  <si>
+    <t>Latitude 7200</t>
+  </si>
+  <si>
+    <t>12.3 1920*1080 IPS Touchscreen</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-7200-touch-12-3-19201080-touchscreen-i5-8365u-16gb-256gb-baterija-i-pabaiga/</t>
+  </si>
+  <si>
+    <t>PU500C</t>
+  </si>
+  <si>
+    <t>15.6 1366*768 Matinis</t>
+  </si>
+  <si>
+    <t>Intel i5-3337U 1.8GHz, Max turbo dažnis 2.7GHz</t>
+  </si>
+  <si>
+    <t>10GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-pu500c-15-6-hd-matinis-i5-3337u-10gb-ram-128gb-ssd-14/</t>
+  </si>
+  <si>
+    <t>Thinkpad T480S</t>
+  </si>
+  <si>
+    <t>Intel i5-8350U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8350u-8gb-256-ssd-18-neveikia-1vnt-usb-ir-1vnt-usb-c/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-n53s-15-6-i7-cpu-4gb-ram-be-ssd-neveikiantis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/x1-yoga-5th-gen-i7-10510u-16gb-ram-gera-baterija-12-duzes-ekranas-neveikia-vienas-usb-c-is-dvieju/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/neveikiantis-thinkbook-13s-g2-itl-i5-1135g7-8gb-ram-ilituoti-0gb-ssd-yra-baterija-netestuota/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-np930xdb-13-3-amoled-supilta-pagrindine-plokste-dalimis-arba-visas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-360-np930qdb-13-3-x360-touchscreen-amoled-mb-jau-buvo-lituota-ankstesnio-savininko/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-y540-17irh-neveikiantis-i5-9300h-gtx-1660-ti-6gb-s-n-pf1zvzkv/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-legion-y530-15ich-15-6-144hz-neveikiantis-i5-8300h-gtx-1060-6gb-8gb-ram-s-n-pf1efx10/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-omen-15-en0802no-200w-ryzen-5-4600h-1660ti-6gb-neveikiantis-s-n-5cd0256bds/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-xps-15-9550-15-6-i7-6700hq-960m-2gb-s-n-1ldnj72-sulietas-neveikiantis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-vvn7-591g-738g-i7-4720hq-gtx-960m-2gb-8gb-128gb-ssd-1tb-hdd-baterija-yra-laiko-veikia-blogi-vyriai/</t>
+  </si>
+  <si>
+    <t>Spectre 13-3000eo</t>
+  </si>
+  <si>
+    <t>13.3 2560*1440 IPS Touch</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-spectre-13-3000eo-13-3-25601440-ips-touchscreen-i5-4200u-8gb-256gb-ssd-23-truputi-dzerzgia-garsiakalbiai/</t>
+  </si>
+  <si>
+    <t>ProBook 430 G5</t>
+  </si>
+  <si>
+    <t>13.3 1920*1080 TN</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-probook-430-g5-13-3-fhd-ips-i5-8250u-8gb-128gb-500gb-14-kosmetinis-defektas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-255-g3-15-6-hd-matinis-a4-5000-4gb-1tb-hdd-bloga-baterija-nuskiles-korpuso-kamputis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-x53s-i3-2310m-8gb-be-disko-bloga-baterija/</t>
+  </si>
+  <si>
+    <t>IdeaPad C340-15IML</t>
   </si>
   <si>
     <t>15.6 IPS 1920*1080 Touchscreen</t>
   </si>
   <si>
-    <t>Intel i7-3537U 2.0GHz Max turbo dažnis 3.1GHz</t>
-[...1012 lines deleted...]
-  <si>
     <t>Intel i7-10510U 1.8GHz, Max turbo dažnis 4.9GHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-ideapad-c340-15iml-15-6-fhd-ips-touch-i7-10510u-16gb-256gb-ssd-14/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-elitebook-860-16-i7-1355u-neveikiantis/</t>
   </si>
   <si>
-    <t>AMD Ryzen 5 PRO 4650U 2.1GHz, Max turbo dažnis 4.0GHz</t>
-[...4 lines deleted...]
-  <si>
     <t>Thinkpad P51</t>
   </si>
   <si>
     <t>Intel i7-7820HQ 2.9GHz, Max turbo dažnis 3.9GHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-thinkpad-p51-i7-7820hq-32gb-1tb-ssd-m2200-4gb-9/</t>
   </si>
   <si>
     <t>PORTEGE Z30-A</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/nesiojamas-kompiuteris-toshiba-portege-z30-a-13-3-hd-tn-i5-4210u-8gb-256gb-20-truputi-laisvesni-vyriai/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/su-defektu-lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-5-2500u-8gb-256gb-ssd-abejos-baterijos-blogos-be-kroviklio-galima-dalimis-pirkti/</t>
   </si>
   <si>
     <t>EliteBook 745 G5</t>
   </si>
   <si>
     <t>Ryzen 3 Pro 2300U 2.0GHz, Max turbo dažnis 3.4GHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/</t>
   </si>
   <si>
-    <t>46vnt geiminiai laptopai dalimis</t>
-[...8 lines deleted...]
-    <t>https://eridas.lt/preke/6vnt-vienodo-hp-650-g2-i3-6100-8gb-128gb-ssd-su-krovikliais/</t>
+    <t>TravelMate P214 Series (N19Q7)</t>
+  </si>
+  <si>
+    <t>Intel i3-1115G4 3.0GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/veikiantis-laptopas-uz-ekrano-kaina-travelmate-p214-series-n19q7-i3-1115g4-8gb-256gb-ssd-24-isluze-vyriai-korpuso-defektas/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="3">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="16"/>
       <b/>
     </font>
     <font>
       <name val="Calibri"/>
@@ -2303,349 +2321,341 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/>
 <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/>
 <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/>
-<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/>
-[...1 lines deleted...]
-<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
+<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dimm-ddr3-4gb-ram-atmintis-pc3-12800u-1600mhz/" TargetMode="External"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/" TargetMode="External"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w/" TargetMode="External"/>
 <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/originalus-naudotas-hp-ikroviklis-65w-7-5x-5-0mm/" TargetMode="External"/>
 <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/3005/" TargetMode="External"/>
 <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dimm-ddr3-18gb-1-5v-1600mhz-parenkamas-atsitiktinis-gamintojas/" TargetMode="External"/>
 <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dimm-ddr3-18gb-1-35v-1600mhz-parenkamas-atsitiktinis-gamintojas/" TargetMode="External"/>
 <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nvidia-quadro-p4000-8gb-gddr5/" TargetMode="External"/>
 <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-type-c-45w-ikroviklis-20v-2-25a-5v-3a-9v-9a-15v-3a-turime-dideli-kieki/" TargetMode="External"/>
 <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w-kopija/" TargetMode="External"/>
 <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/so-dimm-ddr3-1vnt-16gb-pc3-12800s-laptopo-atmintis-vienoje-ploksteleje-16gb-ram-reta-preke/" TargetMode="External"/>
 <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ddr3-4gb-ploksteliu-laptopu-ir-stacionariu-rinkinys-po-4vnt-vienodus-5-skirtingu-pociziju-su-nuolaida/" TargetMode="External"/>
 <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-530s-14ikb-14-0-fhd-ips-touchscreen-i5-8250u-0gb-ram-0gb-ssd-mx-130-2gb-gpu/" TargetMode="External"/>
 <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/1vnt-nvidia-gtx-1080-ti-11gb-gddr5-be-ausintuvo-aktyvaus-pasyvus-dabar-uzdetas/" TargetMode="External"/>
-<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/50-nuolaida-so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/" TargetMode="External"/>
-<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/usb-c-universal-dock-be-maitinimo-saltinio/" TargetMode="External"/></Relationships>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/50-nuolaida-so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-esprimo-e720-i7-4790-8gb-ram-240gb-ssd/" TargetMode="External"/>
-[...61 lines deleted...]
-<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-prodesk-400-g4-dm-i5-8500t-16gb-256gb-mini-pc-wifi-3vnt-display-port-jungtys-su-defektu-kosmetiniu-bei-2vnt-usb-neveikia/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-esprimo-e720-i7-4790-8gb-ram-240gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/2804/" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/imac-core-i7-3-1-21-5-late-2013-16gb-i7-4770s/" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z210-i5-2400-16gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-0gb-ssd-240w-psu/" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z210-workstation-sff-i5-2400-16gb-ram-ddr3-128gb-ssd-240w-psu/" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-128gb-ssd-240w-psu/" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-m81-sff-i5-2400-16gb-ram-ddr3-0gb-ssd-240w-psu/" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700-16gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700k-16gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-e720-e90i5-457016gb-ram-sff-kopija/" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-p910-li5-3470-16gb-ram-medium-tower/" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-e720-e85-i5-4590-16gb-ram-sff/" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-compaq-8200-micro-tower-i7-2600-16gb-128gb-ssd-500gb-hdd-windows-suinstaliuoti/" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-prodesk-600-g1-i7-4790-16gb-128gb-ssd-500gb-hdd-320w-psu-windows-suinstaliuoti/" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkcentre-m93p-i5-4570-16gb-128gb-ssd-500gb-hdd-windows-suinsaliuoti/" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-p720-medium-tower-i7-4790-16gb-0gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-prodesk-600-g2-sff-i3-6100-8gb-ddr4-0gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-prodesk-600-g3-sff-i3-6100-8gb-ddr4-0gb-ssd-dedasi-nmve-diskas/" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-ddr4-0gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-tower-z230-xeon-e3-1225-v3-16gb-180gb-ssd-750gb-hdd-nvidia-gtx-1060-3gb-gddr5-windows-suinstaliuoti/" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-16gb-256gb-ssd-kopija/" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z420-tower-e5-1650-v2-32gb-ram-240gb-ssd-quadro-k2000/" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb/" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-32gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z2-mini-g4-i5-9500-16gb-512gb-amd-pro-wx-3200-4gb/" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-inspiron-5675-ryzen-5-1400-16gb-512gb-ssd-1tb-hdd-rx-570-4gb-460w/" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-inspiron-5675-amd-ryzen-7-1700x-16gb-512gb-ssd-1tb-hdd-rx-570-4gb-wifi/" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/6650/" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkcentre-m800-medium-tower-i5-6400-16gb-ddr4-ram-be-ssd-disku-b-grade/" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkstation-p320-i7-7700-32gb-256gb-400w-psu-platinum/" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/is-kokybisku-daliu-surinkti-zaidimu-kompiuteriai-i5-9600k-16gb-1tb-ssd-rtx-2060-650w-80-plus-gold-psu/" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5820-tower-i9-7900x-64gb-ram-512gb-ssd-rtx-2080-8gb-950w-psu/" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3630-xeon-e2136-32gb-512gb-rtx-4000-8gb-460w-psu/" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-t7610-xeon-e5-2687w-v2-2vnt-64gb-256gb-k4000-3gb-1300w/" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-esprimo-d556-sff-i5-6500-16gb-ram-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-705-g5-mini-pc-ryzen-5-3400g-16gb-256gb-wifi-6vnt-usb-1vnt-usb-c-lan-hdmi-ir-2vnt-display-port/" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-optiplex-3070-sff-i7-9700-16gb-256gb-ssd-1tb-hdd/" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g2-tower-i5-6500-16gb-256gb-ssd1tb-hdd/" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-prodesk-600-g2-medium-tower-i5-6500-16gb-256gb-ssd1tb-hdd/" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/optiplex-3060-sff-i5-9400f-16gb-256gb-1tb-hdd-nvidia-gt-730-2gb/" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-prodesk-400-g4-dm-i5-8500t-16gb-256gb-mini-pc-wifi-3vnt-display-port-jungtys-su-defektu-kosmetiniu-bei-2vnt-usb-neveikia/" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3620-i7-6700-16gb-512gb-ssd-quadro-k2200-4gb-windows-11-pro/" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3620-i7-6700k-16gb-512gb-ssd-intel-hd-530-windows-11-pro/" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/proone-400-g5-20-1600900-all-in-one-i5-8400t-16gb-128gb-ssd-750gb-hdd/" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-800-g3-mini-pc-i5-6500t-8gb-be-ssd-disko/" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-m720s-sff-i7-8700-16gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-prodesk-600-g5-mini-pc-i3-9100t-16gb-256gb-2vnt-display-port-jungtys/" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-optiplex-7040m-mini-pc-i5-6500t-16gb-128gb-ssd-hdmi-display-port-vga-wifi/" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-optiplex-7050-mini-pc-i5-7500t-8gb-256gb-display-port-2vnt-com-port-jungtys/" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-prodesk-400-g3-mini-pc-i5-7500t-8gb-be-ssd-disko-display-port-2vnt-com-port-jungtys/" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-engage-flex-pro-c-base-model-retail-system-i5-8400-32gb-256-ssd1tb-hdd-14vnt-usb-2x-com-port/" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-m720s-sff-i7-8700k-32gb-512gb-ssd-nmve/" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5820t-w-2123-16gb-256gb-p4000-8gb-psu-950w-80-plus-gold/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/" TargetMode="External"/>
-[...76 lines deleted...]
-<Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-u7512-15-6-fhd-ips-i7-1270p-64gb-ram-1tb-ssd-4/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkpad-x395-13-3-fhd-ips-ryzen-5-pro-3500u-16gb-256gb/" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-u728-12-5-ips-i5-8250u-8gb-256gb-svoris-tik-1-105kg/" TargetMode="External"/>
+<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-u748-14-fhd-ips-i5-8250u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-5495/" TargetMode="External"/>
+<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-5495-14-0-fhd-ips-amd-ryzen-5-2500u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-l14-gen-1-ryzen-7-4750u-16gb-512gb-ssd-12-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkpad-l14-fhd-ryzen-5-4650u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-e756-15-6-fhd-ips-i5-6200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e495-14-0-fhd-ips-ryzen-5-3500u-8-256gb/" TargetMode="External"/>
+<Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd-2/" TargetMode="External"/>
+<Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-u747-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd-copy/" TargetMode="External"/>
+<Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-z30-c-16m-13-3-fhd-ips-i7-6500u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-z30-c-120-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-u727-14-0-fhd-ips-i5-7200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-inspiron-16-16-0-fhd-i5-1235u-8gb-512gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/surface-laptop-go-12-4-ips-i5-1035g1-4gb-64gb/" TargetMode="External"/>
+<Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/latitude-5410-14-0-i7-10610u-8gb-512tb-ssd-21/" TargetMode="External"/>
+<Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba14-0-hd-tn-matinis-i5-7200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/3618/" TargetMode="External"/>
+<Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-hp-zbook-17-g3-fhd-ips-xeon-e3-1535m-v5-16gb-ram-512gb-ssd-quadro-m5000m-8gb-gddr5/" TargetMode="External"/>
+<Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-845-g9-fhd-ips-ryzen-5-6650-16-256gb/" TargetMode="External"/>
+<Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-15-g1-workstation-15-6-fhd-matinis-i7-4700mq-8gb-256gb-ssd-nvidia-quadro-k1100m-2gb-gddr5/" TargetMode="External"/>
+<Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkpad-t14-gen-1-14-0-hd-tn-ryzen-7-4750u-16gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/cepter-n520-02-15-6-fhd-i5-8250u-16gb-512gb-ssd-1/" TargetMode="External"/>
+<Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/medion-s6445-15-6-fhd-ips-i5-8265u-8gb-1tb-ssd-10/" TargetMode="External"/>
+<Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-vostro-14-3420-fhd-ips-i7-1255u-16gb-512gb-ssd-24-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-14-3440-14-0-fhd-ips-i5-1335u-8gb-256gb-ssd-24-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-14-g7-firefly-14-0-fhd-ips-i7-10610u-32gb-1tb-ssd-nvidia-quadro-p520-4gb-gddr5/" TargetMode="External"/>
+<Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-fhd-ips-ryzen-5-4500u-16gb-512gb-ssd-0/" TargetMode="External"/>
+<Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/isparduodame-lenovo-thinkpad-x13-gen-1-1-14-0-fhd-ips-ryzen-3-4450u-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/microsoft-surface-laptop-3-13-5-i7-1065g7-16gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t440s-fhd-ips-touchscreen-i7-4600u-12gb-256gb-ssd-21-50/" TargetMode="External"/>
+<Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-17-g3-fhd-xeon-e3-1535m-v5-16gb-256gb-m3000m-4gb/" TargetMode="External"/>
+<Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-845-g8-fhd-ips-ryzen-5650u-16gb-256gb-30/" TargetMode="External"/>
+<Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/" TargetMode="External"/>
+<Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/" TargetMode="External"/>
+<Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/" TargetMode="External"/>
+<Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/msi-ge60-15-6-19201080-tn-i7-4700mq-8gb-480gb-ssd-nvidia-gt-750m-2gb-gddr5-baterija-mirusi/" TargetMode="External"/>
+<Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/" TargetMode="External"/>
+<Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-7320-13-3-ips-touchscreen-i7-1185g7-32gb-ram-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/6351/" TargetMode="External"/>
+<Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-640-g9-i5-1235u-16gb-256gb-ssd-17/" TargetMode="External"/>
+<Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitetebook-x360-830-g9-2-in-1-i5-1245u-16-256-2026-03-7/" TargetMode="External"/>
+<Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-vivobook-go-14-ryzen-3-7320u-8gb-256gb-12-men-garantija-0/" TargetMode="External"/>
+<Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-fury-17-g8-17-3-fhd-ips-i7-11850h-64gb-2tb-ssd-rtx-a5000-16gb/" TargetMode="External"/>
+<Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/latitude-7340-13-3-fhd-ips-i7-1365u-32gb-512gb-ssd-0/" TargetMode="External"/>
+<Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/medion-e15413-15-6-fhd-ips-i7-1255u-16gb-256gb-ssd-0/" TargetMode="External"/>
+<Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5540-15-6-4k-ips-touch-i7-9850h-16gb-512gb-t1000-4gb-0/" TargetMode="External"/>
+<Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p15v-gen-3-15-6-fhd-ips-i7-12700h-16gb-1tb-ssd-t1200-4gb-8/" TargetMode="External"/>
+<Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-probook-445-g8-14-0-fhd-ips-probook-ryzen-5-4500u-16gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamas-kompiuteris-lenovo-ideapad-3-15alc6-15-6-fhd-ryzen-5-5500u-8gb-256gb-ssd-6/" TargetMode="External"/>
+<Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/" TargetMode="External"/>
+<Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p15-2nd-gen-15-6-fhd-ips-300-nit-i5-11500h-32gb-1tb-rtx-a2000/" TargetMode="External"/>
+<Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5560-15-6-fhd-ips-i9-11950h-32gb-1tb-a2000-4gb-16/" TargetMode="External"/>
+<Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-vivobook-go-14-fhd-tn-matinis-ryzen-5-7520u-8gb-512gb-ssd-10/" TargetMode="External"/>
+<Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/845-g11-ips-ryzen-5-8640hs-16-256gb-36-men-garantija-baterijai-12-men/" TargetMode="External"/>
+<Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-17-g7-17-3-fhd-ips-i7-10850h-32gb-512gb-rtx-5000-16gb-max-q-32-su-korpuso-defektu/" TargetMode="External"/>
+<Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija-c-grade/" TargetMode="External"/>
+<Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t14s-gen-2-14-0-fhd-ips-ryzen-5-4650u-16gb-256gb-0-trukumas-1vnt-usb-c-neveikia/" TargetMode="External"/>
+<Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-l13-gen-2-13-3-fhd-ips-i7-1165g7-16gb-512gb-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p14s-gen-2-p14s-ts-i7-1165g7-16gb-512gb-quadro-t500-4gb-14/" TargetMode="External"/>
+<Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/" TargetMode="External"/>
+<Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p17-gen-1-17-3-fhd-ips-i5-10400h-32gb-1tb-ssd-quadro-t1000-4gb-0/" TargetMode="External"/>
+<Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/" TargetMode="External"/>
+<Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3520-15-6-fhd-ips-i7-7700hq-32gb-512gb-ssd-quadro-m620-2gb/" TargetMode="External"/>
+<Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-zenbook-ux325j-13-3-fhd-ips-i7-1065g7-16gb-512gb-nauja-baterija-a-grade/" TargetMode="External"/>
+<Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5480-14-0-ts-i7-13800h-32gb-512gb-rtx-ada-2000-8gb-0-2028-04-15/" TargetMode="External"/>
+<Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-7680-16-500-nit-i7-13850hx-64gb-1tb-rtx-ada-3500-12gb-16-garantija-iki-12-menesiu/" TargetMode="External"/>
+<Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p15-gen-2-15-6-4k-ts-oled-i9-11950h-64-512gb-rtx-a4000-8gb-15-a-grade/" TargetMode="External"/>
+<Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-power-g10-15-6-fhd-i7-13800h-32gb-512gb-rtx-2000-8gb-garantija-iki-2027-05-16/" TargetMode="External"/>
+<Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-l13-yoga-3rd-gen-13-3-fhd-touchscreen-i5-1235u-16gb-12-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3581-15-6-fhdi7-13800h-32gb-512gb-rtx-ada-a500-4gb-gddr6-27-12-menesiu-garantija/" TargetMode="External"/>
+<Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-tecra-x40-e-dynabook-portege-x40-e-14-fhd-ips-touch-i7-8550u-16gb-256gb-ssd-18/" TargetMode="External"/>
+<Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-portege-x30-e-dynabook-13-3%e2%80%b3-fhd-ips-i5-8250u-16gb-256gb-ssd-10/" TargetMode="External"/>
+<Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-840-g6-14-0-fhd-ips-i5-8365u-16gb-256gb-ssd-18/" TargetMode="External"/>
+<Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-t14-gen-4-14-0-fhd-ips-ryzen-7-7840u-32gb-ram-512gb-ssd-24-men-garantija-baterijai-taipogi-24-men/" TargetMode="External"/>
+<Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/t16-g2-16-0-25601440-ryzen-7-7840u-32gb-1tb-ssd-24-men-garantija-baterijai-taipogi-24-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-840-g6-14-0-fhd-i5-8365u-16gb-256gb-18/" TargetMode="External"/>
+<Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-x1-8th-gen-touch-14-0-500-nit-i5-10310u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-tuf-gaming-fx505dv-15-6-120hz-ryzen-7-3750h-16gb-512gb-rtx-2060-37/" TargetMode="External"/>
+<Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e15-15-6-i5-10210u-8gb-256gb-12/" TargetMode="External"/>
+<Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-5-a515-51-15-6-fhd-ips-i3-8130u-8gb-256gb-17-windows-11-home/" TargetMode="External"/>
+<Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-3520-156-fhd-ips-i5-1135g7-8gb-256gb-ssd-0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkpad-t440s-fhd-ips-i7-4600u-8gb-256gb/" TargetMode="External"/>
-[...41 lines deleted...]
-<Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkpad-t440s-fhd-ips-i7-4600u-8gb-256gb/" TargetMode="External"/>
+<Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/" TargetMode="External"/>
+<Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-celsius-h720-15-6-hd-i5-3340m-8gb-256gb-quadro-k2000m-2gb/" TargetMode="External"/>
+<Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-u745-14-0-i5-5200u-8gb-256gb-ssd-13/" TargetMode="External"/>
+<Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/" TargetMode="External"/>
+<Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t410-14-1-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/" TargetMode="External"/>
+<Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/" TargetMode="External"/>
+<Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/" TargetMode="External"/>
+<Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t440s-14-0-1600900-i5-4300u-8gb-128gb-ssd-talpi-baterija-su-6-susidevejimu-vidine/" TargetMode="External"/>
+<Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t450-14-0-1600900-i5-5300u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/" TargetMode="External"/>
+<Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/" TargetMode="External"/>
+<Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/" TargetMode="External"/>
+<Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-850-g115-6-fhd-blizgus-i3-6006u-8gb-256gb-ssd-16/" TargetMode="External"/>
+<Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/" TargetMode="External"/>
+<Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t530-15-6-19201080-i7-3610qe-8gb-192gb-ssd-nvidia-quadro-5400m-1gb-49/" TargetMode="External"/>
+<Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/" TargetMode="External"/>
+<Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-15-6hd-i7-4600u-16gb-256gb-ssd-mirusi-baterija/" TargetMode="External"/>
+<Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-hd-ips-i3-5005u-8gb-500gb-hdd/" TargetMode="External"/>
+<Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/tecra-z40-b-14-0-1600900-i5-5200u-8gb-500gb-ssd-19/" TargetMode="External"/>
+<Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/" TargetMode="External"/>
+<Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-3-2300u-16gb-128gb-ssd-1vnt-baterija/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/" TargetMode="External"/>
-[...69 lines deleted...]
-<Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/6vnt-vienodo-hp-650-g2-i3-6100-8gb-128gb-ssd-su-krovikliais/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/" TargetMode="External"/>
+<Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/" TargetMode="External"/>
+<Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/" TargetMode="External"/>
+<Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/" TargetMode="External"/>
+<Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/" TargetMode="External"/>
+<Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/" TargetMode="External"/>
+<Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/" TargetMode="External"/>
+<Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/" TargetMode="External"/>
+<Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-19201080-ips-i3-7100u-4gb-be-ssd-gyva-baterija-su-klaviaturos-defektu-5vnt-mygtukai-neveikia/" TargetMode="External"/>
+<Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e485-14-0-fhd-ips-ryzen-5-2500u-8gb-0gb-ssd-10-kosmetinei-defektai/" TargetMode="External"/>
+<Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/" TargetMode="External"/>
+<Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/" TargetMode="External"/>
+<Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/" TargetMode="External"/>
+<Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/" TargetMode="External"/>
+<Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/" TargetMode="External"/>
+<Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/" TargetMode="External"/>
+<Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/" TargetMode="External"/>
+<Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/" TargetMode="External"/>
+<Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/" TargetMode="External"/>
+<Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-330s-15ikb-15-6-fhd-i5-8250u-8gb-128gb-ssd-10-bloga-klaviat8ra-ekrane-matosi-nuospaudos-nuo-klaviaturos/" TargetMode="External"/>
+<Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-i7-4710mq-32gb-ram-256gb-ssd-quadro-k1100m-2gb-keli-trukumai-nekritiniai/" TargetMode="External"/>
+<Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-e544-15-6-fhd-ips-i5-4210m-8gb-256gb-ssd-20-keli-defektai/" TargetMode="External"/>
+<Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-e5-532-15-6-1366768-i3-4005u-8gb-128gb-ssd-12-touchpad-neveikia/" TargetMode="External"/>
+<Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-es1-512-15-6-celeron-n2920-8gb-1tb-hdd-bloga-baterija-ir-touchpad/" TargetMode="External"/>
+<Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-710-14ikb-su-defektais-14-0-fhd-ips-i5-7200u-4gb-256gb-ssd-ekrano-defektais-camera-neveikia-klaviatura-neidealiai-veikia/" TargetMode="External"/>
+<Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i5-6200u-8gb-be-disko-r5-m330-keli-nebaisus-trukumai/" TargetMode="External"/>
+<Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-a10-7300-8gb-r7-m260-bloga-baterija-ir-touchpad/" TargetMode="External"/>
+<Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-e1-572g-15-6-i5-4200u-8gb-750gb-hdd-bloga-baterija-ir-truksta-vieno-klaviso/" TargetMode="External"/>
+<Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-fhd-ips-idealus-ekranas-i5-8265u-8gb-0gb-ssd-su-defektu-klaviaturos-nevisi-mygtukai-veikia-baterijos-nera/" TargetMode="External"/>
+<Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-carbon-x1-3rd-gen-14-0-fhd-i5-5300u-8gb-0gb-ssd-bloga-klaviatura/" TargetMode="External"/>
+<Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t450-14-0-i5-5300u-4gb-128gb-ssd-1vnt-usb-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-a285-12-5-hd-amd-ryzen-5-2500u-8gb-256gb-ssd-vienas-is-dvieju-usb-c-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t490-14-0-fhd-ips-i5-8265u-8gb-256gb-0-vienas-usb-c-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-s340-14iil-14-0-fhd-i5-1035g1-4gb-512gb-su-defektais-ram-lizdas-neveikia-ir-web-camera-neveikia/" TargetMode="External"/>
+<Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-inspiron-13-5370-13-3-fhd-ips-i5-8250u-8gb-256gb-45-neveikia-web-camera/" TargetMode="External"/>
+<Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-7200-touch-12-3-19201080-touchscreen-i5-8365u-16gb-256gb-baterija-i-pabaiga/" TargetMode="External"/>
+<Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-pu500c-15-6-hd-matinis-i5-3337u-10gb-ram-128gb-ssd-14/" TargetMode="External"/>
+<Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8350u-8gb-256-ssd-18-neveikia-1vnt-usb-ir-1vnt-usb-c/" TargetMode="External"/>
+<Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-n53s-15-6-i7-cpu-4gb-ram-be-ssd-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/x1-yoga-5th-gen-i7-10510u-16gb-ram-gera-baterija-12-duzes-ekranas-neveikia-vienas-usb-c-is-dvieju/" TargetMode="External"/>
+<Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/neveikiantis-thinkbook-13s-g2-itl-i5-1135g7-8gb-ram-ilituoti-0gb-ssd-yra-baterija-netestuota/" TargetMode="External"/>
+<Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-np930xdb-13-3-amoled-supilta-pagrindine-plokste-dalimis-arba-visas/" TargetMode="External"/>
+<Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-360-np930qdb-13-3-x360-touchscreen-amoled-mb-jau-buvo-lituota-ankstesnio-savininko/" TargetMode="External"/>
+<Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-y540-17irh-neveikiantis-i5-9300h-gtx-1660-ti-6gb-s-n-pf1zvzkv/" TargetMode="External"/>
+<Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-legion-y530-15ich-15-6-144hz-neveikiantis-i5-8300h-gtx-1060-6gb-8gb-ram-s-n-pf1efx10/" TargetMode="External"/>
+<Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-omen-15-en0802no-200w-ryzen-5-4600h-1660ti-6gb-neveikiantis-s-n-5cd0256bds/" TargetMode="External"/>
+<Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-xps-15-9550-15-6-i7-6700hq-960m-2gb-s-n-1ldnj72-sulietas-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-vvn7-591g-738g-i7-4720hq-gtx-960m-2gb-8gb-128gb-ssd-1tb-hdd-baterija-yra-laiko-veikia-blogi-vyriai/" TargetMode="External"/>
+<Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-spectre-13-3000eo-13-3-25601440-ips-touchscreen-i5-4200u-8gb-256gb-ssd-23-truputi-dzerzgia-garsiakalbiai/" TargetMode="External"/>
+<Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-probook-430-g5-13-3-fhd-ips-i5-8250u-8gb-128gb-500gb-14-kosmetinis-defektas/" TargetMode="External"/>
+<Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-255-g3-15-6-hd-matinis-a4-5000-4gb-1tb-hdd-bloga-baterija-nuskiles-korpuso-kamputis/" TargetMode="External"/>
+<Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-x53s-i3-2310m-8gb-be-disko-bloga-baterija/" TargetMode="External"/>
+<Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-c340-15iml-15-6-fhd-ips-touch-i7-10510u-16gb-256gb-ssd-14/" TargetMode="External"/>
+<Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-860-16-i7-1355u-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p51-i7-7820hq-32gb-1tb-ssd-m2200-4gb-9/" TargetMode="External"/>
+<Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamas-kompiuteris-toshiba-portege-z30-a-13-3-hd-tn-i5-4210u-8gb-256gb-20-truputi-laisvesni-vyriai/" TargetMode="External"/>
+<Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/su-defektu-lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-5-2500u-8gb-256gb-ssd-abejos-baterijos-blogos-be-kroviklio-galima-dalimis-pirkti/" TargetMode="External"/>
+<Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/" TargetMode="External"/>
+<Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/veikiantis-laptopas-uz-ekrano-kaina-travelmate-p214-series-n19q7-i3-1115g4-8gb-256gb-ssd-24-isluze-vyriai-korpuso-defektas/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E17"/>
+  <dimension ref="A1:E16"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
@@ -2880,8476 +2890,8387 @@
       <c r="C15" s="3">
         <v>107.44</v>
       </c>
       <c r="D15">
         <v>130</v>
       </c>
       <c r="E15" t="s" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>6803</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="3">
         <v>1.65</v>
       </c>
       <c r="D16">
         <v>2</v>
       </c>
       <c r="E16" t="s" s="4">
         <v>34</v>
-      </c>
-[...15 lines deleted...]
-        <v>36</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1" location="" display="https://eridas.lt/preke/dimm-ddr3-4gb-ram-atmintis-pc3-12800u-1600mhz/"/>
     <hyperlink ref="E3" r:id="rId2" location="" display="https://eridas.lt/preke/so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/"/>
     <hyperlink ref="E4" r:id="rId3" location="" display="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w/"/>
     <hyperlink ref="E5" r:id="rId4" location="" display="https://eridas.lt/preke/originalus-naudotas-hp-ikroviklis-65w-7-5x-5-0mm/"/>
     <hyperlink ref="E6" r:id="rId5" location="" display="https://eridas.lt/preke/3005/"/>
     <hyperlink ref="E7" r:id="rId6" location="" display="https://eridas.lt/preke/dimm-ddr3-18gb-1-5v-1600mhz-parenkamas-atsitiktinis-gamintojas/"/>
     <hyperlink ref="E8" r:id="rId7" location="" display="https://eridas.lt/preke/dimm-ddr3-18gb-1-35v-1600mhz-parenkamas-atsitiktinis-gamintojas/"/>
     <hyperlink ref="E9" r:id="rId8" location="" display="https://eridas.lt/preke/nvidia-quadro-p4000-8gb-gddr5/"/>
     <hyperlink ref="E10" r:id="rId9" location="" display="https://eridas.lt/preke/asus-type-c-45w-ikroviklis-20v-2-25a-5v-3a-9v-9a-15v-3a-turime-dideli-kieki/"/>
     <hyperlink ref="E11" r:id="rId10" location="" display="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w-kopija/"/>
     <hyperlink ref="E12" r:id="rId11" location="" display="https://eridas.lt/preke/so-dimm-ddr3-1vnt-16gb-pc3-12800s-laptopo-atmintis-vienoje-ploksteleje-16gb-ram-reta-preke/"/>
     <hyperlink ref="E13" r:id="rId12" location="" display="https://eridas.lt/preke/ddr3-4gb-ploksteliu-laptopu-ir-stacionariu-rinkinys-po-4vnt-vienodus-5-skirtingu-pociziju-su-nuolaida/"/>
     <hyperlink ref="E14" r:id="rId13" location="" display="https://eridas.lt/preke/lenovo-ideapad-530s-14ikb-14-0-fhd-ips-touchscreen-i5-8250u-0gb-ram-0gb-ssd-mx-130-2gb-gpu/"/>
     <hyperlink ref="E15" r:id="rId14" location="" display="https://eridas.lt/preke/1vnt-nvidia-gtx-1080-ti-11gb-gddr5-be-ausintuvo-aktyvaus-pasyvus-dabar-uzdetas/"/>
     <hyperlink ref="E16" r:id="rId15" location="" display="https://eridas.lt/preke/50-nuolaida-so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/"/>
-    <hyperlink ref="E17" r:id="rId16" location="" display="https://eridas.lt/preke/usb-c-universal-dock-be-maitinimo-saltinio/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K64"/>
+  <dimension ref="A1:K58"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
-    <col min="3" max="3" width="31" customWidth="1"/>
+    <col min="3" max="3" width="43" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
     <col min="11" max="11" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
+        <v>35</v>
+      </c>
+      <c r="C1" t="s" s="2">
+        <v>36</v>
+      </c>
+      <c r="D1" t="s" s="2">
         <v>37</v>
       </c>
-      <c r="C1" t="s" s="2">
+      <c r="E1" t="s" s="2">
         <v>38</v>
       </c>
-      <c r="D1" t="s" s="2">
+      <c r="F1" t="s" s="2">
         <v>39</v>
       </c>
-      <c r="E1" t="s" s="2">
+      <c r="G1" t="s" s="2">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="K1" t="s" s="2">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2781</v>
       </c>
       <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" t="s">
         <v>44</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>45</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>46</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="H2" s="3">
         <v>82.64</v>
       </c>
       <c r="I2">
         <v>99.99</v>
       </c>
       <c r="J2" t="s" s="4">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K2"/>
     </row>
     <row r="3">
       <c r="A3">
         <v>2804</v>
       </c>
       <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D3" t="s">
         <v>51</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>52</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>53</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="H3" s="3">
         <v>206.61</v>
       </c>
       <c r="I3">
         <v>250</v>
       </c>
       <c r="J3" t="s" s="4">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="K3"/>
     </row>
     <row r="4">
       <c r="A4">
         <v>2884</v>
       </c>
       <c r="B4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D4" t="s">
         <v>58</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>59</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>53</v>
+      </c>
+      <c r="G4" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
       <c r="H4" s="3">
         <v>165.29</v>
       </c>
       <c r="I4">
         <v>200</v>
       </c>
       <c r="J4" t="s" s="4">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="K4"/>
     </row>
     <row r="5">
       <c r="A5">
         <v>3009</v>
       </c>
       <c r="B5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>64</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
         <v>65</v>
-      </c>
-[...10 lines deleted...]
-        <v>67</v>
       </c>
       <c r="H5" s="3">
         <v>30.58</v>
       </c>
       <c r="I5">
         <v>37</v>
       </c>
       <c r="J5" t="s" s="4">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="K5"/>
     </row>
     <row r="6">
       <c r="A6">
         <v>3152</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
+        <v>67</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>68</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
       <c r="H6" s="3">
         <v>28.93</v>
       </c>
       <c r="I6">
         <v>35.01</v>
       </c>
       <c r="J6" t="s" s="4">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K6"/>
     </row>
     <row r="7">
       <c r="A7">
         <v>3156</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D7" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E7" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F7" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G7" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H7" s="3">
         <v>30.58</v>
       </c>
       <c r="I7">
         <v>37</v>
       </c>
       <c r="J7" t="s" s="4">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="K7"/>
     </row>
     <row r="8">
       <c r="A8">
         <v>3159</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E8" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G8" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H8" s="3">
         <v>34.71</v>
       </c>
       <c r="I8">
         <v>42</v>
       </c>
       <c r="J8" t="s" s="4">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="K8"/>
     </row>
     <row r="9">
       <c r="A9">
         <v>3160</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D9" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E9" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F9" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H9" s="3">
         <v>28.10</v>
       </c>
       <c r="I9">
         <v>34</v>
       </c>
       <c r="J9" t="s" s="4">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="K9"/>
     </row>
     <row r="10">
       <c r="A10">
         <v>3175</v>
       </c>
       <c r="B10" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F10" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G10" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H10">
         <v>125</v>
       </c>
       <c r="I10">
         <v>151.25</v>
       </c>
       <c r="J10" t="s" s="4">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="K10"/>
     </row>
     <row r="11">
       <c r="A11">
         <v>3178</v>
       </c>
       <c r="B11" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D11" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F11" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H11">
         <v>135</v>
       </c>
       <c r="I11">
         <v>163.35</v>
       </c>
       <c r="J11" t="s" s="4">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="K11"/>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3320</v>
+        <v>3322</v>
       </c>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12" s="3">
-        <v>19.83</v>
+        <v>23.14</v>
       </c>
       <c r="I12">
-        <v>23.99</v>
+        <v>28</v>
       </c>
       <c r="J12" t="s" s="4">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="K12"/>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3322</v>
+        <v>3323</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13" s="3">
-        <v>23.14</v>
+        <v>19.83</v>
       </c>
       <c r="I13">
-        <v>28</v>
+        <v>23.99</v>
       </c>
       <c r="J13" t="s" s="4">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="K13"/>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3323</v>
+        <v>3327</v>
       </c>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14" s="3">
-        <v>19.83</v>
+        <v>23.14</v>
       </c>
       <c r="I14">
-        <v>23.99</v>
+        <v>28</v>
       </c>
       <c r="J14" t="s" s="4">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="K14"/>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3327</v>
-[...8 lines deleted...]
-        <v>23.14</v>
+        <v>3454</v>
+      </c>
+      <c r="B15" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
+      <c r="F15" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15">
+        <v>60</v>
       </c>
       <c r="I15">
-        <v>28</v>
+        <v>72.6</v>
       </c>
       <c r="J15" t="s" s="4">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="K15"/>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3454</v>
+        <v>3457</v>
       </c>
       <c r="B16" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" t="s">
+        <v>45</v>
+      </c>
+      <c r="F16" t="s">
+        <v>53</v>
+      </c>
+      <c r="G16" t="s">
         <v>88</v>
       </c>
-      <c r="D16" t="s">
-[...8 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" s="3">
+        <v>78.51</v>
+      </c>
+      <c r="I16">
+        <v>95</v>
+      </c>
+      <c r="J16" t="s" s="4">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="K16"/>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3457</v>
+        <v>3459</v>
       </c>
       <c r="B17" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" t="s">
+        <v>86</v>
+      </c>
+      <c r="E17" t="s">
         <v>93</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G17" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="H17" s="3">
-        <v>78.51</v>
+        <v>53.72</v>
       </c>
       <c r="I17">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="J17" t="s" s="4">
         <v>94</v>
       </c>
       <c r="K17"/>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3459</v>
+        <v>3704</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
         <v>95</v>
       </c>
       <c r="D18" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E18" t="s">
+        <v>45</v>
+      </c>
+      <c r="F18" t="s">
+        <v>53</v>
+      </c>
+      <c r="G18" t="s">
+        <v>69</v>
+      </c>
+      <c r="H18">
+        <v>55</v>
+      </c>
+      <c r="I18">
+        <v>66.55</v>
+      </c>
+      <c r="J18" t="s" s="4">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="K18"/>
     </row>
     <row r="19">
       <c r="A19">
-        <v>3704</v>
+        <v>4011</v>
       </c>
       <c r="B19" t="s">
+        <v>62</v>
+      </c>
+      <c r="C19" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" t="s">
         <v>44</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>98</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>69</v>
+      </c>
+      <c r="H19" s="3">
+        <v>24.79</v>
       </c>
       <c r="I19">
-        <v>66.55</v>
+        <v>30</v>
       </c>
       <c r="J19" t="s" s="4">
         <v>99</v>
       </c>
       <c r="K19"/>
     </row>
     <row r="20">
       <c r="A20">
-        <v>4011</v>
+        <v>4013</v>
       </c>
       <c r="B20" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C20" t="s">
         <v>100</v>
       </c>
       <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>98</v>
+      </c>
+      <c r="F20" t="s">
         <v>46</v>
       </c>
-      <c r="E20" t="s">
+      <c r="G20" t="s">
+        <v>69</v>
+      </c>
+      <c r="H20">
+        <v>30</v>
+      </c>
+      <c r="I20">
+        <v>36.3</v>
+      </c>
+      <c r="J20" t="s" s="4">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
       <c r="K20"/>
     </row>
     <row r="21">
       <c r="A21">
-        <v>4013</v>
+        <v>4015</v>
       </c>
       <c r="B21" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C21" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" t="s">
         <v>103</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H21">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="I21">
-        <v>36.3</v>
+        <v>75.02</v>
       </c>
       <c r="J21" t="s" s="4">
         <v>104</v>
       </c>
       <c r="K21"/>
     </row>
     <row r="22">
       <c r="A22">
-        <v>4015</v>
+        <v>4299</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
         <v>105</v>
       </c>
       <c r="D22" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E22" t="s">
         <v>106</v>
       </c>
       <c r="F22" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G22" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>107</v>
+      </c>
+      <c r="H22" s="3">
+        <v>148.76</v>
       </c>
       <c r="I22">
-        <v>75.02</v>
+        <v>180</v>
       </c>
       <c r="J22" t="s" s="4">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K22"/>
     </row>
     <row r="23">
       <c r="A23">
-        <v>4299</v>
+        <v>4322</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C23" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D23" t="s">
+        <v>44</v>
+      </c>
+      <c r="E23" t="s">
+        <v>103</v>
+      </c>
+      <c r="F23" t="s">
         <v>53</v>
       </c>
-      <c r="E23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G23" t="s">
+        <v>65</v>
+      </c>
+      <c r="H23" s="3">
+        <v>74.38</v>
+      </c>
+      <c r="I23">
+        <v>90</v>
+      </c>
+      <c r="J23" t="s" s="4">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
       <c r="K23"/>
     </row>
     <row r="24">
       <c r="A24">
-        <v>4322</v>
+        <v>4394</v>
       </c>
       <c r="B24" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
+        <v>111</v>
+      </c>
+      <c r="D24" t="s">
+        <v>86</v>
+      </c>
+      <c r="E24" t="s">
         <v>112</v>
       </c>
-      <c r="D24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="G24" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="H24" s="3">
-        <v>74.38</v>
+        <v>355.37</v>
       </c>
       <c r="I24">
-        <v>90</v>
+        <v>430</v>
       </c>
       <c r="J24" t="s" s="4">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K24"/>
     </row>
     <row r="25">
       <c r="A25">
-        <v>4394</v>
+        <v>4714</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C25" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D25" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E25" t="s">
-        <v>115</v>
+        <v>45</v>
       </c>
       <c r="F25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G25" t="s">
+        <v>47</v>
+      </c>
+      <c r="H25">
+        <v>60</v>
+      </c>
+      <c r="I25">
+        <v>72.6</v>
+      </c>
+      <c r="J25" t="s" s="4">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
       <c r="K25"/>
     </row>
     <row r="26">
       <c r="A26">
-        <v>4714</v>
+        <v>4715</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D26" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" t="s">
         <v>118</v>
       </c>
-      <c r="D26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="G26" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>119</v>
+      </c>
+      <c r="H26" s="3">
+        <v>99.17</v>
       </c>
       <c r="I26">
-        <v>72.6</v>
+        <v>120</v>
       </c>
       <c r="J26" t="s" s="4">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K26"/>
     </row>
     <row r="27">
       <c r="A27">
-        <v>4715</v>
+        <v>4724</v>
       </c>
       <c r="B27" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C27" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D27" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E27" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F27" t="s">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="G27" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H27" s="3">
-        <v>99.17</v>
+        <v>321.49</v>
       </c>
       <c r="I27">
-        <v>120</v>
+        <v>389</v>
       </c>
       <c r="J27" t="s" s="4">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K27"/>
     </row>
     <row r="28">
       <c r="A28">
-        <v>4724</v>
+        <v>5172</v>
       </c>
       <c r="B28" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C28" t="s">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="D28" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E28" t="s">
+        <v>112</v>
+      </c>
+      <c r="F28" t="s">
+        <v>113</v>
+      </c>
+      <c r="G28" t="s">
+        <v>54</v>
+      </c>
+      <c r="H28" s="3">
+        <v>206.61</v>
+      </c>
+      <c r="I28">
+        <v>250</v>
+      </c>
+      <c r="J28" t="s" s="4">
         <v>125</v>
-      </c>
-[...13 lines deleted...]
-        <v>127</v>
       </c>
       <c r="K28"/>
     </row>
     <row r="29">
       <c r="A29">
-        <v>5172</v>
+        <v>5727</v>
       </c>
       <c r="B29" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C29" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D29" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E29" t="s">
-        <v>115</v>
+        <v>45</v>
       </c>
       <c r="F29" t="s">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="G29" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H29" s="3">
-        <v>206.61</v>
+        <v>79.83</v>
       </c>
       <c r="I29">
-        <v>250</v>
+        <v>96.59</v>
       </c>
       <c r="J29" t="s" s="4">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="K29"/>
     </row>
     <row r="30">
       <c r="A30">
-        <v>5727</v>
+        <v>6529</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C30" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="D30"/>
       <c r="E30" t="s">
-        <v>47</v>
+        <v>128</v>
       </c>
       <c r="F30" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G30" t="s">
-        <v>49</v>
+        <v>129</v>
       </c>
       <c r="H30" s="3">
-        <v>79.83</v>
+        <v>223.14</v>
       </c>
       <c r="I30">
-        <v>96.59</v>
+        <v>270</v>
       </c>
       <c r="J30" t="s" s="4">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K30"/>
     </row>
     <row r="31">
       <c r="A31">
-        <v>6488</v>
+        <v>6554</v>
       </c>
       <c r="B31" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="C31" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F31" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="G31" t="s">
-        <v>56</v>
+        <v>134</v>
       </c>
       <c r="H31" s="3">
-        <v>553.72</v>
+        <v>247.93</v>
       </c>
       <c r="I31">
-        <v>670</v>
+        <v>300</v>
       </c>
       <c r="J31" t="s" s="4">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="K31"/>
     </row>
     <row r="32">
       <c r="A32">
-        <v>6529</v>
+        <v>6572</v>
       </c>
       <c r="B32" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="C32" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F32" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G32" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H32" s="3">
-        <v>223.14</v>
+        <v>297.52</v>
       </c>
       <c r="I32">
-        <v>270</v>
+        <v>360</v>
       </c>
       <c r="J32" t="s" s="4">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K32"/>
     </row>
     <row r="33">
       <c r="A33">
-        <v>6554</v>
+        <v>6650</v>
       </c>
       <c r="B33" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C33" t="s">
         <v>139</v>
       </c>
       <c r="D33"/>
       <c r="E33" t="s">
         <v>140</v>
       </c>
       <c r="F33" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G33" t="s">
         <v>141</v>
       </c>
       <c r="H33" s="3">
-        <v>247.93</v>
+        <v>78.51</v>
       </c>
       <c r="I33">
-        <v>300</v>
+        <v>95</v>
       </c>
       <c r="J33" t="s" s="4">
         <v>142</v>
       </c>
       <c r="K33"/>
     </row>
     <row r="34">
       <c r="A34">
-        <v>6567</v>
+        <v>7157</v>
       </c>
       <c r="B34" t="s">
-        <v>138</v>
+        <v>49</v>
       </c>
       <c r="C34" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="D34"/>
+        <v>143</v>
+      </c>
+      <c r="D34" t="s">
+        <v>86</v>
+      </c>
       <c r="E34" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F34" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G34" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>314.05</v>
+        <v>69</v>
+      </c>
+      <c r="H34">
+        <v>60</v>
       </c>
       <c r="I34">
-        <v>380</v>
+        <v>72.6</v>
       </c>
       <c r="J34" t="s" s="4">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K34"/>
     </row>
     <row r="35">
       <c r="A35">
-        <v>6572</v>
+        <v>7252</v>
       </c>
       <c r="B35" t="s">
-        <v>138</v>
+        <v>49</v>
       </c>
       <c r="C35" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="D35"/>
+        <v>146</v>
+      </c>
+      <c r="D35" t="s">
+        <v>86</v>
+      </c>
       <c r="E35" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F35" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="G35" t="s">
-        <v>146</v>
+        <v>47</v>
       </c>
       <c r="H35" s="3">
-        <v>297.52</v>
+        <v>165.29</v>
       </c>
       <c r="I35">
-        <v>360</v>
+        <v>200</v>
       </c>
       <c r="J35" t="s" s="4">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="K35"/>
     </row>
     <row r="36">
       <c r="A36">
-        <v>6650</v>
-[...6 lines deleted...]
-      </c>
+        <v>7301</v>
+      </c>
+      <c r="B36"/>
+      <c r="C36"/>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>149</v>
       </c>
       <c r="F36" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G36" t="s">
         <v>150</v>
       </c>
       <c r="H36" s="3">
-        <v>78.51</v>
+        <v>330.58</v>
       </c>
       <c r="I36">
-        <v>95</v>
+        <v>400</v>
       </c>
       <c r="J36" t="s" s="4">
         <v>151</v>
       </c>
       <c r="K36"/>
     </row>
     <row r="37">
       <c r="A37">
-        <v>6654</v>
+        <v>7444</v>
       </c>
       <c r="B37" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C37" t="s">
         <v>152</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>153</v>
       </c>
       <c r="F37" t="s">
-        <v>55</v>
+        <v>154</v>
       </c>
       <c r="G37" t="s">
-        <v>146</v>
+        <v>54</v>
       </c>
       <c r="H37" s="3">
-        <v>198.35</v>
+        <v>471.07</v>
       </c>
       <c r="I37">
-        <v>240</v>
+        <v>569.99</v>
       </c>
       <c r="J37" t="s" s="4">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K37"/>
     </row>
     <row r="38">
       <c r="A38">
-        <v>7053</v>
+        <v>7457</v>
       </c>
       <c r="B38" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C38" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="D38"/>
       <c r="E38" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F38" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G38" t="s">
-        <v>157</v>
+        <v>54</v>
       </c>
       <c r="H38" s="3">
-        <v>297.52</v>
+        <v>495.04</v>
       </c>
       <c r="I38">
-        <v>360</v>
+        <v>599</v>
       </c>
       <c r="J38" t="s" s="4">
         <v>158</v>
       </c>
       <c r="K38"/>
     </row>
     <row r="39">
       <c r="A39">
-        <v>7157</v>
+        <v>7464</v>
       </c>
       <c r="B39" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="C39" t="s">
         <v>159</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D39"/>
       <c r="E39" t="s">
         <v>160</v>
       </c>
       <c r="F39" t="s">
-        <v>55</v>
+        <v>154</v>
       </c>
       <c r="G39" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>47</v>
+      </c>
+      <c r="H39" s="3">
+        <v>230.58</v>
       </c>
       <c r="I39">
-        <v>72.6</v>
+        <v>279</v>
       </c>
       <c r="J39" t="s" s="4">
         <v>161</v>
       </c>
       <c r="K39"/>
     </row>
     <row r="40">
       <c r="A40">
-        <v>7177</v>
+        <v>7505</v>
       </c>
       <c r="B40" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="C40" t="s">
         <v>162</v>
       </c>
       <c r="D40" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E40" t="s">
+        <v>103</v>
+      </c>
+      <c r="F40" t="s">
+        <v>53</v>
+      </c>
+      <c r="G40" t="s">
+        <v>47</v>
+      </c>
+      <c r="H40" s="3">
+        <v>74.38</v>
+      </c>
+      <c r="I40">
+        <v>90</v>
+      </c>
+      <c r="J40" t="s" s="4">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>164</v>
       </c>
       <c r="K40"/>
     </row>
     <row r="41">
       <c r="A41">
-        <v>7252</v>
+        <v>7546</v>
       </c>
       <c r="B41" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C41" t="s">
+        <v>164</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41" t="s">
         <v>165</v>
       </c>
-      <c r="D41" t="s">
-[...2 lines deleted...]
-      <c r="E41" t="s">
+      <c r="F41" t="s">
+        <v>53</v>
+      </c>
+      <c r="G41" t="s">
+        <v>47</v>
+      </c>
+      <c r="H41" s="3">
+        <v>132.23</v>
+      </c>
+      <c r="I41">
+        <v>160</v>
+      </c>
+      <c r="J41" t="s" s="4">
         <v>166</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
       <c r="K41"/>
     </row>
     <row r="42">
       <c r="A42">
-        <v>7301</v>
-[...2 lines deleted...]
-      <c r="C42"/>
+        <v>7572</v>
+      </c>
+      <c r="B42" t="s">
+        <v>131</v>
+      </c>
+      <c r="C42" t="s">
+        <v>167</v>
+      </c>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>168</v>
       </c>
       <c r="F42" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G42" t="s">
+        <v>137</v>
+      </c>
+      <c r="H42" s="3">
+        <v>198.35</v>
+      </c>
+      <c r="I42">
+        <v>240</v>
+      </c>
+      <c r="J42" t="s" s="4">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>170</v>
       </c>
       <c r="K42"/>
     </row>
     <row r="43">
       <c r="A43">
-        <v>7444</v>
+        <v>7587</v>
       </c>
       <c r="B43" t="s">
-        <v>138</v>
+        <v>62</v>
       </c>
       <c r="C43" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
+        <v>171</v>
+      </c>
+      <c r="F43" t="s">
+        <v>53</v>
+      </c>
+      <c r="G43" t="s">
+        <v>137</v>
+      </c>
+      <c r="H43" s="3">
+        <v>66.11</v>
+      </c>
+      <c r="I43">
+        <v>79.99</v>
+      </c>
+      <c r="J43" t="s" s="4">
         <v>172</v>
-      </c>
-[...13 lines deleted...]
-        <v>174</v>
       </c>
       <c r="K43"/>
     </row>
     <row r="44">
       <c r="A44">
-        <v>7457</v>
+        <v>7591</v>
       </c>
       <c r="B44" t="s">
-        <v>138</v>
+        <v>62</v>
       </c>
       <c r="C44" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="F44" t="s">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="G44" t="s">
-        <v>56</v>
+        <v>137</v>
       </c>
       <c r="H44" s="3">
-        <v>495.04</v>
+        <v>66.11</v>
       </c>
       <c r="I44">
-        <v>599</v>
+        <v>79.99</v>
       </c>
       <c r="J44" t="s" s="4">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="K44"/>
     </row>
     <row r="45">
       <c r="A45">
-        <v>7461</v>
+        <v>7605</v>
       </c>
       <c r="B45" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C45" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F45" t="s">
-        <v>177</v>
+        <v>53</v>
       </c>
       <c r="G45" t="s">
-        <v>56</v>
+        <v>137</v>
       </c>
       <c r="H45" s="3">
-        <v>528.93</v>
+        <v>157.02</v>
       </c>
       <c r="I45">
-        <v>640.01</v>
+        <v>189.99</v>
       </c>
       <c r="J45" t="s" s="4">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="K45"/>
     </row>
     <row r="46">
       <c r="A46">
-        <v>7464</v>
+        <v>7627</v>
       </c>
       <c r="B46" t="s">
-        <v>138</v>
+        <v>62</v>
       </c>
       <c r="C46" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="F46" t="s">
-        <v>173</v>
+        <v>53</v>
       </c>
       <c r="G46" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H46" s="3">
-        <v>230.58</v>
+        <v>107.44</v>
       </c>
       <c r="I46">
-        <v>279</v>
+        <v>130</v>
       </c>
       <c r="J46" t="s" s="4">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="K46"/>
     </row>
     <row r="47">
       <c r="A47">
-        <v>7467</v>
+        <v>7632</v>
       </c>
       <c r="B47" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="C47" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D47"/>
       <c r="E47" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F47" t="s">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="G47" t="s">
-        <v>141</v>
+        <v>54</v>
       </c>
       <c r="H47" s="3">
-        <v>355.37</v>
+        <v>148.76</v>
       </c>
       <c r="I47">
-        <v>430</v>
+        <v>180</v>
       </c>
       <c r="J47" t="s" s="4">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="K47"/>
     </row>
     <row r="48">
       <c r="A48">
-        <v>7505</v>
+        <v>7671</v>
       </c>
       <c r="B48" t="s">
-        <v>44</v>
+        <v>131</v>
       </c>
       <c r="C48" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="D48"/>
       <c r="E48" t="s">
-        <v>106</v>
+        <v>183</v>
       </c>
       <c r="F48" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G48" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H48" s="3">
-        <v>74.38</v>
+        <v>123.97</v>
       </c>
       <c r="I48">
-        <v>90</v>
+        <v>150</v>
       </c>
       <c r="J48" t="s" s="4">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="K48"/>
     </row>
     <row r="49">
       <c r="A49">
-        <v>7511</v>
+        <v>7755</v>
       </c>
       <c r="B49" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C49" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D49"/>
       <c r="E49" t="s">
+        <v>186</v>
+      </c>
+      <c r="F49" t="s">
+        <v>53</v>
+      </c>
+      <c r="G49" t="s">
+        <v>187</v>
+      </c>
+      <c r="H49" s="3">
+        <v>148.76</v>
+      </c>
+      <c r="I49">
+        <v>180</v>
+      </c>
+      <c r="J49" t="s" s="4">
         <v>188</v>
-      </c>
-[...13 lines deleted...]
-        <v>189</v>
       </c>
       <c r="K49"/>
     </row>
     <row r="50">
       <c r="A50">
-        <v>7541</v>
+        <v>7879</v>
       </c>
       <c r="B50" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C50" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D50"/>
       <c r="E50" t="s">
+        <v>190</v>
+      </c>
+      <c r="F50" t="s">
+        <v>46</v>
+      </c>
+      <c r="G50" t="s">
+        <v>69</v>
+      </c>
+      <c r="H50" s="3">
+        <v>57.85</v>
+      </c>
+      <c r="I50">
+        <v>70</v>
+      </c>
+      <c r="J50" t="s" s="4">
         <v>191</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
       <c r="K50"/>
     </row>
     <row r="51">
       <c r="A51">
-        <v>7546</v>
+        <v>7909</v>
       </c>
       <c r="B51" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C51" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D51"/>
       <c r="E51" t="s">
+        <v>193</v>
+      </c>
+      <c r="F51" t="s">
+        <v>53</v>
+      </c>
+      <c r="G51" t="s">
+        <v>129</v>
+      </c>
+      <c r="H51" s="3">
+        <v>190.08</v>
+      </c>
+      <c r="I51">
+        <v>230</v>
+      </c>
+      <c r="J51" t="s" s="4">
         <v>194</v>
-      </c>
-[...13 lines deleted...]
-        <v>195</v>
       </c>
       <c r="K51"/>
     </row>
     <row r="52">
       <c r="A52">
-        <v>7572</v>
+        <v>7914</v>
       </c>
       <c r="B52" t="s">
-        <v>138</v>
+        <v>62</v>
       </c>
       <c r="C52" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D52"/>
       <c r="E52" t="s">
+        <v>196</v>
+      </c>
+      <c r="F52" t="s">
+        <v>53</v>
+      </c>
+      <c r="G52" t="s">
+        <v>47</v>
+      </c>
+      <c r="H52" s="3">
+        <v>99.17</v>
+      </c>
+      <c r="I52">
+        <v>120</v>
+      </c>
+      <c r="J52" t="s" s="4">
         <v>197</v>
-      </c>
-[...13 lines deleted...]
-        <v>198</v>
       </c>
       <c r="K52"/>
     </row>
     <row r="53">
       <c r="A53">
-        <v>7580</v>
+        <v>8045</v>
       </c>
       <c r="B53" t="s">
-        <v>44</v>
+        <v>131</v>
       </c>
       <c r="C53" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="D53"/>
       <c r="E53" t="s">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="F53" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G53" t="s">
-        <v>146</v>
+        <v>65</v>
       </c>
       <c r="H53" s="3">
-        <v>60.33</v>
+        <v>86.78</v>
       </c>
       <c r="I53">
-        <v>73</v>
+        <v>105</v>
       </c>
       <c r="J53" t="s" s="4">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="K53"/>
     </row>
     <row r="54">
       <c r="A54">
-        <v>7583</v>
+        <v>8107</v>
       </c>
       <c r="B54" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C54" t="s">
+        <v>200</v>
+      </c>
+      <c r="D54" t="s">
         <v>201</v>
       </c>
-      <c r="D54"/>
       <c r="E54" t="s">
         <v>202</v>
       </c>
       <c r="F54" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G54" t="s">
-        <v>146</v>
+        <v>47</v>
       </c>
       <c r="H54" s="3">
-        <v>53.72</v>
+        <v>82.64</v>
       </c>
       <c r="I54">
-        <v>65</v>
+        <v>99.99</v>
       </c>
       <c r="J54" t="s" s="4">
         <v>203</v>
       </c>
       <c r="K54"/>
     </row>
     <row r="55">
       <c r="A55">
-        <v>7587</v>
+        <v>8110</v>
       </c>
       <c r="B55" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C55" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D55"/>
+        <v>200</v>
+      </c>
+      <c r="D55" t="s">
+        <v>201</v>
+      </c>
       <c r="E55" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="F55" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G55" t="s">
-        <v>146</v>
+        <v>69</v>
       </c>
       <c r="H55" s="3">
         <v>66.11</v>
       </c>
       <c r="I55">
         <v>79.99</v>
       </c>
       <c r="J55" t="s" s="4">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="K55"/>
     </row>
     <row r="56">
       <c r="A56">
-        <v>7591</v>
+        <v>8125</v>
       </c>
       <c r="B56" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C56" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D56"/>
       <c r="E56" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F56" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="G56" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="H56" s="3">
-        <v>66.11</v>
+        <v>198.35</v>
       </c>
       <c r="I56">
-        <v>79.99</v>
+        <v>240</v>
       </c>
       <c r="J56" t="s" s="4">
         <v>207</v>
       </c>
       <c r="K56"/>
     </row>
     <row r="57">
       <c r="A57">
-        <v>7595</v>
+        <v>8128</v>
       </c>
       <c r="B57" t="s">
-        <v>208</v>
+        <v>49</v>
       </c>
       <c r="C57" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="D57"/>
       <c r="E57" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F57" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="G57" t="s">
-        <v>146</v>
+        <v>129</v>
       </c>
       <c r="H57" s="3">
-        <v>45.45</v>
+        <v>214.88</v>
       </c>
       <c r="I57">
-        <v>54.99</v>
+        <v>260</v>
       </c>
       <c r="J57" t="s" s="4">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="K57"/>
     </row>
     <row r="58">
       <c r="A58">
-        <v>7600</v>
+        <v>8209</v>
       </c>
       <c r="B58" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C58" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D58"/>
       <c r="E58" t="s">
+        <v>211</v>
+      </c>
+      <c r="F58" t="s">
+        <v>53</v>
+      </c>
+      <c r="G58" t="s">
+        <v>47</v>
+      </c>
+      <c r="H58" s="3">
+        <v>272.73</v>
+      </c>
+      <c r="I58">
+        <v>330</v>
+      </c>
+      <c r="J58" t="s" s="4">
         <v>212</v>
       </c>
-      <c r="F58" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K58"/>
-    </row>
-[...184 lines deleted...]
-      <c r="K64"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId17" location="" display="https://eridas.lt/preke/fujitsu-esprimo-e720-i7-4790-8gb-ram-240gb-ssd/"/>
-[...61 lines deleted...]
-    <hyperlink ref="J64" r:id="rId79" location="" display="https://eridas.lt/preke/hp-prodesk-400-g4-dm-i5-8500t-16gb-256gb-mini-pc-wifi-3vnt-display-port-jungtys-su-defektu-kosmetiniu-bei-2vnt-usb-neveikia/"/>
+    <hyperlink ref="J2" r:id="rId16" location="" display="https://eridas.lt/preke/fujitsu-esprimo-e720-i7-4790-8gb-ram-240gb-ssd/"/>
+    <hyperlink ref="J3" r:id="rId17" location="" display="https://eridas.lt/preke/2804/"/>
+    <hyperlink ref="J4" r:id="rId18" location="" display="https://eridas.lt/preke/imac-core-i7-3-1-21-5-late-2013-16gb-i7-4770s/"/>
+    <hyperlink ref="J5" r:id="rId19" location="" display="https://eridas.lt/preke/hp-z210-i5-2400-16gb-128gb-ssd/"/>
+    <hyperlink ref="J6" r:id="rId20" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-0gb-ssd-240w-psu/"/>
+    <hyperlink ref="J7" r:id="rId21" location="" display="https://eridas.lt/preke/hp-z210-workstation-sff-i5-2400-16gb-ram-ddr3-128gb-ssd-240w-psu/"/>
+    <hyperlink ref="J8" r:id="rId22" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-128gb-ssd-240w-psu/"/>
+    <hyperlink ref="J9" r:id="rId23" location="" display="https://eridas.lt/preke/lenovo-m81-sff-i5-2400-16gb-ram-ddr3-0gb-ssd-240w-psu/"/>
+    <hyperlink ref="J10" r:id="rId24" location="" display="https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700-16gb-256gb-ssd/"/>
+    <hyperlink ref="J11" r:id="rId25" location="" display="https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700k-16gb-256gb-ssd/"/>
+    <hyperlink ref="J12" r:id="rId26" location="" display="https://eridas.lt/preke/fujitsu-e720-e90i5-457016gb-ram-sff-kopija/"/>
+    <hyperlink ref="J13" r:id="rId27" location="" display="https://eridas.lt/preke/fujitsu-p910-li5-3470-16gb-ram-medium-tower/"/>
+    <hyperlink ref="J14" r:id="rId28" location="" display="https://eridas.lt/preke/fujitsu-e720-e85-i5-4590-16gb-ram-sff/"/>
+    <hyperlink ref="J15" r:id="rId29" location="" display="https://eridas.lt/preke/hp-compaq-8200-micro-tower-i7-2600-16gb-128gb-ssd-500gb-hdd-windows-suinstaliuoti/"/>
+    <hyperlink ref="J16" r:id="rId30" location="" display="https://eridas.lt/preke/hp-prodesk-600-g1-i7-4790-16gb-128gb-ssd-500gb-hdd-320w-psu-windows-suinstaliuoti/"/>
+    <hyperlink ref="J17" r:id="rId31" location="" display="https://eridas.lt/preke/lenovo-thinkcentre-m93p-i5-4570-16gb-128gb-ssd-500gb-hdd-windows-suinsaliuoti/"/>
+    <hyperlink ref="J18" r:id="rId32" location="" display="https://eridas.lt/preke/fujitsu-p720-medium-tower-i7-4790-16gb-0gb-ssd/"/>
+    <hyperlink ref="J19" r:id="rId33" location="" display="https://eridas.lt/preke/hp-prodesk-600-g2-sff-i3-6100-8gb-ddr4-0gb-ssd/"/>
+    <hyperlink ref="J20" r:id="rId34" location="" display="https://eridas.lt/preke/hp-prodesk-600-g3-sff-i3-6100-8gb-ddr4-0gb-ssd-dedasi-nmve-diskas/"/>
+    <hyperlink ref="J21" r:id="rId35" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-ddr4-0gb-ssd/"/>
+    <hyperlink ref="J22" r:id="rId36" location="" display="https://eridas.lt/preke/hp-tower-z230-xeon-e3-1225-v3-16gb-180gb-ssd-750gb-hdd-nvidia-gtx-1060-3gb-gddr5-windows-suinstaliuoti/"/>
+    <hyperlink ref="J23" r:id="rId37" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-128gb-ssd/"/>
+    <hyperlink ref="J24" r:id="rId38" location="" display="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/"/>
+    <hyperlink ref="J25" r:id="rId39" location="" display="https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-16gb-256gb-ssd-kopija/"/>
+    <hyperlink ref="J26" r:id="rId40" location="" display="https://eridas.lt/preke/hp-z420-tower-e5-1650-v2-32gb-ram-240gb-ssd-quadro-k2000/"/>
+    <hyperlink ref="J27" r:id="rId41" location="" display="https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/"/>
+    <hyperlink ref="J28" r:id="rId42" location="" display="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb/"/>
+    <hyperlink ref="J29" r:id="rId43" location="" display="https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-32gb-256gb-ssd/"/>
+    <hyperlink ref="J30" r:id="rId44" location="" display="https://eridas.lt/preke/hp-z2-mini-g4-i5-9500-16gb-512gb-amd-pro-wx-3200-4gb/"/>
+    <hyperlink ref="J31" r:id="rId45" location="" display="https://eridas.lt/preke/dell-inspiron-5675-ryzen-5-1400-16gb-512gb-ssd-1tb-hdd-rx-570-4gb-460w/"/>
+    <hyperlink ref="J32" r:id="rId46" location="" display="https://eridas.lt/preke/dell-inspiron-5675-amd-ryzen-7-1700x-16gb-512gb-ssd-1tb-hdd-rx-570-4gb-wifi/"/>
+    <hyperlink ref="J33" r:id="rId47" location="" display="https://eridas.lt/preke/6650/"/>
+    <hyperlink ref="J34" r:id="rId48" location="" display="https://eridas.lt/preke/lenovo-thinkcentre-m800-medium-tower-i5-6400-16gb-ddr4-ram-be-ssd-disku-b-grade/"/>
+    <hyperlink ref="J35" r:id="rId49" location="" display="https://eridas.lt/preke/lenovo-thinkstation-p320-i7-7700-32gb-256gb-400w-psu-platinum/"/>
+    <hyperlink ref="J36" r:id="rId50" location="" display="https://eridas.lt/preke/is-kokybisku-daliu-surinkti-zaidimu-kompiuteriai-i5-9600k-16gb-1tb-ssd-rtx-2060-650w-80-plus-gold-psu/"/>
+    <hyperlink ref="J37" r:id="rId51" location="" display="https://eridas.lt/preke/dell-precision-5820-tower-i9-7900x-64gb-ram-512gb-ssd-rtx-2080-8gb-950w-psu/"/>
+    <hyperlink ref="J38" r:id="rId52" location="" display="https://eridas.lt/preke/dell-precision-3630-xeon-e2136-32gb-512gb-rtx-4000-8gb-460w-psu/"/>
+    <hyperlink ref="J39" r:id="rId53" location="" display="https://eridas.lt/preke/dell-precision-t7610-xeon-e5-2687w-v2-2vnt-64gb-256gb-k4000-3gb-1300w/"/>
+    <hyperlink ref="J40" r:id="rId54" location="" display="https://eridas.lt/preke/fujitsu-esprimo-d556-sff-i5-6500-16gb-ram-256gb-ssd/"/>
+    <hyperlink ref="J41" r:id="rId55" location="" display="https://eridas.lt/preke/hp-elitedesk-705-g5-mini-pc-ryzen-5-3400g-16gb-256gb-wifi-6vnt-usb-1vnt-usb-c-lan-hdmi-ir-2vnt-display-port/"/>
+    <hyperlink ref="J42" r:id="rId56" location="" display="https://eridas.lt/preke/dell-optiplex-3070-sff-i7-9700-16gb-256gb-ssd-1tb-hdd/"/>
+    <hyperlink ref="J43" r:id="rId57" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g2-tower-i5-6500-16gb-256gb-ssd1tb-hdd/"/>
+    <hyperlink ref="J44" r:id="rId58" location="" display="https://eridas.lt/preke/hp-prodesk-600-g2-medium-tower-i5-6500-16gb-256gb-ssd1tb-hdd/"/>
+    <hyperlink ref="J45" r:id="rId59" location="" display="https://eridas.lt/preke/optiplex-3060-sff-i5-9400f-16gb-256gb-1tb-hdd-nvidia-gt-730-2gb/"/>
+    <hyperlink ref="J46" r:id="rId60" location="" display="https://eridas.lt/preke/hp-prodesk-400-g4-dm-i5-8500t-16gb-256gb-mini-pc-wifi-3vnt-display-port-jungtys-su-defektu-kosmetiniu-bei-2vnt-usb-neveikia/"/>
+    <hyperlink ref="J47" r:id="rId61" location="" display="https://eridas.lt/preke/dell-precision-3620-i7-6700-16gb-512gb-ssd-quadro-k2200-4gb-windows-11-pro/"/>
+    <hyperlink ref="J48" r:id="rId62" location="" display="https://eridas.lt/preke/dell-precision-3620-i7-6700k-16gb-512gb-ssd-intel-hd-530-windows-11-pro/"/>
+    <hyperlink ref="J49" r:id="rId63" location="" display="https://eridas.lt/preke/proone-400-g5-20-1600900-all-in-one-i5-8400t-16gb-128gb-ssd-750gb-hdd/"/>
+    <hyperlink ref="J50" r:id="rId64" location="" display="https://eridas.lt/preke/hp-elitebook-800-g3-mini-pc-i5-6500t-8gb-be-ssd-disko/"/>
+    <hyperlink ref="J51" r:id="rId65" location="" display="https://eridas.lt/preke/lenovo-m720s-sff-i7-8700-16gb-256gb-ssd/"/>
+    <hyperlink ref="J52" r:id="rId66" location="" display="https://eridas.lt/preke/hp-prodesk-600-g5-mini-pc-i3-9100t-16gb-256gb-2vnt-display-port-jungtys/"/>
+    <hyperlink ref="J53" r:id="rId67" location="" display="https://eridas.lt/preke/dell-optiplex-7040m-mini-pc-i5-6500t-16gb-128gb-ssd-hdmi-display-port-vga-wifi/"/>
+    <hyperlink ref="J54" r:id="rId68" location="" display="https://eridas.lt/preke/dell-optiplex-7050-mini-pc-i5-7500t-8gb-256gb-display-port-2vnt-com-port-jungtys/"/>
+    <hyperlink ref="J55" r:id="rId69" location="" display="https://eridas.lt/preke/hp-prodesk-400-g3-mini-pc-i5-7500t-8gb-be-ssd-disko-display-port-2vnt-com-port-jungtys/"/>
+    <hyperlink ref="J56" r:id="rId70" location="" display="https://eridas.lt/preke/hp-engage-flex-pro-c-base-model-retail-system-i5-8400-32gb-256-ssd1tb-hdd-14vnt-usb-2x-com-port/"/>
+    <hyperlink ref="J57" r:id="rId71" location="" display="https://eridas.lt/preke/lenovo-m720s-sff-i7-8700k-32gb-512gb-ssd-nmve/"/>
+    <hyperlink ref="J58" r:id="rId72" location="" display="https://eridas.lt/preke/dell-precision-5820t-w-2123-16gb-256gb-p4000-8gb-psu-950w-80-plus-gold/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G2"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="16" customWidth="1"/>
     <col min="7" max="7" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C1" t="s" s="2">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D1" t="s" s="2">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2801</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="D2" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="E2" s="3">
         <v>38.84</v>
       </c>
       <c r="F2">
         <v>47</v>
       </c>
       <c r="G2" t="s" s="4">
-        <v>232</v>
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="G2" r:id="rId80" location="" display="https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/"/>
+    <hyperlink ref="G2" r:id="rId73" location="" display="https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L79"/>
+  <dimension ref="A1:L89"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="31" customWidth="1"/>
     <col min="4" max="4" width="42" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="27" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
     <col min="10" max="10" width="16" customWidth="1"/>
     <col min="11" max="11" width="60" customWidth="1"/>
     <col min="12" max="12" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C1" t="s" s="2">
+        <v>36</v>
+      </c>
+      <c r="D1" t="s" s="2">
+        <v>213</v>
+      </c>
+      <c r="E1" t="s" s="2">
         <v>38</v>
       </c>
-      <c r="D1" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="F1" t="s" s="2">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G1" t="s" s="2">
-        <v>233</v>
+        <v>217</v>
       </c>
       <c r="H1" t="s" s="2">
-        <v>234</v>
+        <v>218</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="K1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="L1" t="s" s="2">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2808</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>235</v>
+        <v>219</v>
       </c>
       <c r="D2" t="s">
-        <v>236</v>
+        <v>220</v>
       </c>
       <c r="E2" t="s">
-        <v>237</v>
+        <v>221</v>
       </c>
       <c r="F2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H2"/>
       <c r="I2" s="3">
         <v>115.70</v>
       </c>
       <c r="J2">
         <v>140</v>
       </c>
       <c r="K2" t="s" s="4">
-        <v>238</v>
+        <v>222</v>
       </c>
       <c r="L2"/>
     </row>
     <row r="3">
       <c r="A3">
         <v>2817</v>
       </c>
       <c r="B3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C3" t="s">
-        <v>239</v>
+        <v>223</v>
       </c>
       <c r="D3" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E3" t="s">
-        <v>241</v>
+        <v>225</v>
       </c>
       <c r="F3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H3"/>
       <c r="I3">
         <v>140</v>
       </c>
       <c r="J3">
         <v>169.4</v>
       </c>
       <c r="K3" t="s" s="4">
-        <v>242</v>
+        <v>226</v>
       </c>
       <c r="L3"/>
     </row>
     <row r="4">
       <c r="A4">
         <v>2821</v>
       </c>
       <c r="B4" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>243</v>
+        <v>227</v>
       </c>
       <c r="D4" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E4" t="s">
-        <v>237</v>
+        <v>221</v>
       </c>
       <c r="F4" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G4" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H4"/>
       <c r="I4" s="3">
         <v>140.49</v>
       </c>
       <c r="J4">
         <v>169.99</v>
       </c>
       <c r="K4" t="s" s="4">
-        <v>244</v>
+        <v>228</v>
       </c>
       <c r="L4"/>
     </row>
     <row r="5">
       <c r="A5">
         <v>2829</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="D5" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E5" t="s">
-        <v>237</v>
+        <v>221</v>
       </c>
       <c r="F5" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H5"/>
       <c r="I5" s="3">
         <v>140.49</v>
       </c>
       <c r="J5">
         <v>169.99</v>
       </c>
       <c r="K5" t="s" s="4">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="L5"/>
     </row>
     <row r="6">
       <c r="A6">
         <v>2834</v>
       </c>
       <c r="B6" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C6" t="s">
-        <v>247</v>
+        <v>231</v>
       </c>
       <c r="D6" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E6" t="s">
-        <v>248</v>
+        <v>232</v>
       </c>
       <c r="F6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H6"/>
       <c r="I6" s="3">
         <v>190.08</v>
       </c>
       <c r="J6">
         <v>230</v>
       </c>
       <c r="K6" t="s" s="4">
-        <v>249</v>
+        <v>233</v>
       </c>
       <c r="L6"/>
     </row>
     <row r="7">
       <c r="A7">
         <v>2839</v>
       </c>
       <c r="B7" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C7" t="s">
-        <v>247</v>
+        <v>231</v>
       </c>
       <c r="D7" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E7" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="F7" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G7" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H7"/>
       <c r="I7" s="3">
         <v>165.29</v>
       </c>
       <c r="J7">
         <v>200</v>
       </c>
       <c r="K7" t="s" s="4">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="L7"/>
     </row>
     <row r="8">
       <c r="A8">
         <v>2842</v>
       </c>
       <c r="B8" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
       <c r="D8" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E8" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="F8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H8"/>
       <c r="I8" s="3">
         <v>280.99</v>
       </c>
       <c r="J8">
         <v>340</v>
       </c>
       <c r="K8" t="s" s="4">
-        <v>254</v>
+        <v>238</v>
       </c>
       <c r="L8"/>
     </row>
     <row r="9">
       <c r="A9">
         <v>2854</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C9" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
       <c r="D9" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E9" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="F9" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H9"/>
       <c r="I9" s="3">
         <v>181.82</v>
       </c>
       <c r="J9">
         <v>220</v>
       </c>
       <c r="K9" t="s" s="4">
-        <v>256</v>
+        <v>240</v>
       </c>
       <c r="L9"/>
     </row>
     <row r="10">
       <c r="A10">
         <v>2859</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>257</v>
+        <v>241</v>
       </c>
       <c r="D10" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E10" t="s">
-        <v>258</v>
+        <v>242</v>
       </c>
       <c r="F10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G10" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H10"/>
       <c r="I10" s="3">
         <v>99.17</v>
       </c>
       <c r="J10">
         <v>120</v>
       </c>
       <c r="K10" t="s" s="4">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="L10"/>
     </row>
     <row r="11">
       <c r="A11">
         <v>2863</v>
       </c>
       <c r="B11" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C11" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="D11" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E11" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H11"/>
       <c r="I11" s="3">
         <v>99.17</v>
       </c>
       <c r="J11">
         <v>120</v>
       </c>
       <c r="K11" t="s" s="4">
-        <v>262</v>
+        <v>246</v>
       </c>
       <c r="L11"/>
     </row>
     <row r="12">
       <c r="A12">
         <v>2882</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C12" t="s">
-        <v>263</v>
+        <v>247</v>
       </c>
       <c r="D12" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E12" t="s">
-        <v>241</v>
+        <v>225</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H12"/>
       <c r="I12" s="3">
         <v>131.40</v>
       </c>
       <c r="J12">
         <v>158.99</v>
       </c>
       <c r="K12" t="s" s="4">
-        <v>264</v>
+        <v>248</v>
       </c>
       <c r="L12"/>
     </row>
     <row r="13">
       <c r="A13">
         <v>2953</v>
       </c>
       <c r="B13" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C13" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="D13" t="s">
-        <v>266</v>
+        <v>250</v>
       </c>
       <c r="E13" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G13" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H13"/>
       <c r="I13" s="3">
         <v>107.44</v>
       </c>
       <c r="J13">
         <v>130</v>
       </c>
       <c r="K13" t="s" s="4">
-        <v>268</v>
+        <v>252</v>
       </c>
       <c r="L13"/>
     </row>
     <row r="14">
       <c r="A14">
         <v>2961</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>257</v>
+        <v>241</v>
       </c>
       <c r="D14" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="E14" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="F14" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G14" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H14"/>
       <c r="I14" s="3">
         <v>99.17</v>
       </c>
       <c r="J14">
         <v>120</v>
       </c>
       <c r="K14" t="s" s="4">
-        <v>270</v>
+        <v>254</v>
       </c>
       <c r="L14"/>
     </row>
     <row r="15">
       <c r="A15">
         <v>2963</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>271</v>
+        <v>255</v>
       </c>
       <c r="D15" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="E15" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="F15" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G15" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H15"/>
       <c r="I15" s="3">
         <v>90.91</v>
       </c>
       <c r="J15">
         <v>110</v>
       </c>
       <c r="K15" t="s" s="4">
-        <v>273</v>
+        <v>257</v>
       </c>
       <c r="L15"/>
     </row>
     <row r="16">
       <c r="A16">
         <v>2964</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="D16" t="s">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="E16" t="s">
-        <v>276</v>
+        <v>260</v>
       </c>
       <c r="F16" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G16" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H16"/>
       <c r="I16" s="3">
         <v>123.97</v>
       </c>
       <c r="J16">
         <v>150</v>
       </c>
       <c r="K16" t="s" s="4">
-        <v>277</v>
+        <v>261</v>
       </c>
       <c r="L16"/>
     </row>
     <row r="17">
       <c r="A17">
         <v>2965</v>
       </c>
       <c r="B17" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="C17" t="s">
-        <v>279</v>
+        <v>263</v>
       </c>
       <c r="D17" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="E17" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
       <c r="F17" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" s="3">
         <v>115.70</v>
       </c>
       <c r="J17">
         <v>140</v>
       </c>
       <c r="K17" t="s" s="4">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="L17"/>
     </row>
     <row r="18">
       <c r="A18">
         <v>2966</v>
       </c>
       <c r="B18" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="C18" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="D18" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="E18" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="F18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G18" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H18"/>
       <c r="I18" s="3">
         <v>99.17</v>
       </c>
       <c r="J18">
         <v>120</v>
       </c>
       <c r="K18" t="s" s="4">
-        <v>283</v>
+        <v>267</v>
       </c>
       <c r="L18"/>
     </row>
     <row r="19">
       <c r="A19">
         <v>2968</v>
       </c>
       <c r="B19" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C19" t="s">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="D19" t="s">
-        <v>266</v>
+        <v>250</v>
       </c>
       <c r="E19" t="s">
-        <v>276</v>
+        <v>260</v>
       </c>
       <c r="F19" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G19" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H19"/>
       <c r="I19" s="3">
         <v>107.44</v>
       </c>
       <c r="J19">
         <v>130</v>
       </c>
       <c r="K19" t="s" s="4">
-        <v>285</v>
+        <v>269</v>
       </c>
       <c r="L19"/>
     </row>
     <row r="20">
       <c r="A20">
         <v>3057</v>
       </c>
       <c r="B20" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C20" t="s">
-        <v>286</v>
+        <v>270</v>
       </c>
       <c r="D20" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="E20" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="F20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G20" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H20"/>
       <c r="I20" s="3">
         <v>363.64</v>
       </c>
       <c r="J20">
         <v>440</v>
       </c>
       <c r="K20" t="s" s="4">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="L20"/>
     </row>
     <row r="21">
       <c r="A21">
         <v>3064</v>
       </c>
       <c r="B21" t="s">
-        <v>290</v>
+        <v>274</v>
       </c>
       <c r="C21" t="s">
-        <v>291</v>
+        <v>275</v>
       </c>
       <c r="D21" t="s">
-        <v>292</v>
+        <v>276</v>
       </c>
       <c r="E21" t="s">
-        <v>293</v>
+        <v>277</v>
       </c>
       <c r="F21" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="G21" t="s">
-        <v>295</v>
+        <v>279</v>
       </c>
       <c r="H21"/>
       <c r="I21" s="3">
         <v>181.82</v>
       </c>
       <c r="J21">
         <v>220</v>
       </c>
       <c r="K21" t="s" s="4">
-        <v>296</v>
+        <v>280</v>
       </c>
       <c r="L21"/>
     </row>
     <row r="22">
       <c r="A22">
         <v>3090</v>
       </c>
       <c r="B22" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C22" t="s">
-        <v>297</v>
+        <v>281</v>
       </c>
       <c r="D22" t="s">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="E22" t="s">
-        <v>298</v>
+        <v>282</v>
       </c>
       <c r="F22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G22" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" s="3">
         <v>198.35</v>
       </c>
       <c r="J22">
         <v>240</v>
       </c>
       <c r="K22" t="s" s="4">
-        <v>299</v>
+        <v>283</v>
       </c>
       <c r="L22"/>
     </row>
     <row r="23">
       <c r="A23">
-        <v>3116</v>
+        <v>3134</v>
       </c>
       <c r="B23" t="s">
-        <v>138</v>
+        <v>262</v>
       </c>
       <c r="C23" t="s">
-        <v>300</v>
+        <v>284</v>
       </c>
       <c r="D23" t="s">
-        <v>301</v>
+        <v>285</v>
       </c>
       <c r="E23" t="s">
-        <v>302</v>
+        <v>260</v>
       </c>
       <c r="F23" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G23" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H23"/>
       <c r="I23" s="3">
-        <v>131.40</v>
+        <v>99.17</v>
       </c>
       <c r="J23">
-        <v>158.99</v>
+        <v>120</v>
       </c>
       <c r="K23" t="s" s="4">
-        <v>303</v>
+        <v>286</v>
       </c>
       <c r="L23"/>
     </row>
     <row r="24">
       <c r="A24">
-        <v>3134</v>
+        <v>3618</v>
       </c>
       <c r="B24" t="s">
-        <v>278</v>
+        <v>49</v>
       </c>
       <c r="C24" t="s">
-        <v>304</v>
+        <v>287</v>
       </c>
       <c r="D24" t="s">
-        <v>305</v>
+        <v>288</v>
       </c>
       <c r="E24" t="s">
-        <v>276</v>
+        <v>234</v>
       </c>
       <c r="F24" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G24" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H24"/>
       <c r="I24" s="3">
-        <v>99.17</v>
+        <v>102.07</v>
       </c>
       <c r="J24">
-        <v>120</v>
+        <v>123.5</v>
       </c>
       <c r="K24" t="s" s="4">
-        <v>306</v>
+        <v>289</v>
       </c>
       <c r="L24"/>
     </row>
     <row r="25">
       <c r="A25">
-        <v>3618</v>
+        <v>3754</v>
       </c>
       <c r="B25" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C25" t="s">
-        <v>307</v>
+        <v>290</v>
       </c>
       <c r="D25" t="s">
-        <v>308</v>
+        <v>291</v>
       </c>
       <c r="E25" t="s">
-        <v>250</v>
+        <v>292</v>
       </c>
       <c r="F25" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G25" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H25"/>
       <c r="I25" s="3">
-        <v>102.07</v>
+        <v>376.86</v>
       </c>
       <c r="J25">
-        <v>123.5</v>
+        <v>456</v>
       </c>
       <c r="K25" t="s" s="4">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c r="L25"/>
     </row>
     <row r="26">
       <c r="A26">
-        <v>3754</v>
+        <v>3767</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C26" t="s">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="D26" t="s">
-        <v>311</v>
+        <v>295</v>
       </c>
       <c r="E26" t="s">
-        <v>312</v>
+        <v>296</v>
       </c>
       <c r="F26" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G26" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H26"/>
       <c r="I26" s="3">
-        <v>376.86</v>
+        <v>347.11</v>
       </c>
       <c r="J26">
-        <v>456</v>
+        <v>420</v>
       </c>
       <c r="K26" t="s" s="4">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="L26"/>
     </row>
     <row r="27">
       <c r="A27">
-        <v>3767</v>
+        <v>3894</v>
       </c>
       <c r="B27" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C27" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
       <c r="D27" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="E27" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="F27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G27" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H27"/>
       <c r="I27" s="3">
-        <v>391.78</v>
+        <v>107.44</v>
       </c>
       <c r="J27">
-        <v>474.05</v>
+        <v>130</v>
       </c>
       <c r="K27" t="s" s="4">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="L27"/>
     </row>
     <row r="28">
       <c r="A28">
-        <v>3796</v>
+        <v>3986</v>
       </c>
       <c r="B28" t="s">
-        <v>318</v>
+        <v>49</v>
       </c>
       <c r="C28" t="s">
-        <v>319</v>
+        <v>302</v>
       </c>
       <c r="D28" t="s">
-        <v>301</v>
+        <v>285</v>
       </c>
       <c r="E28" t="s">
-        <v>320</v>
+        <v>237</v>
       </c>
       <c r="F28" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H28"/>
       <c r="I28" s="3">
-        <v>202.48</v>
+        <v>198.35</v>
       </c>
       <c r="J28">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="K28" t="s" s="4">
-        <v>321</v>
+        <v>303</v>
       </c>
       <c r="L28"/>
     </row>
     <row r="29">
       <c r="A29">
-        <v>3894</v>
+        <v>4369</v>
       </c>
       <c r="B29" t="s">
-        <v>64</v>
+        <v>304</v>
       </c>
       <c r="C29" t="s">
-        <v>322</v>
+        <v>305</v>
       </c>
       <c r="D29" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="E29" t="s">
-        <v>324</v>
+        <v>221</v>
       </c>
       <c r="F29" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G29" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H29"/>
       <c r="I29" s="3">
-        <v>107.44</v>
+        <v>173.55</v>
       </c>
       <c r="J29">
-        <v>130</v>
+        <v>210</v>
       </c>
       <c r="K29" t="s" s="4">
-        <v>325</v>
+        <v>306</v>
       </c>
       <c r="L29"/>
     </row>
     <row r="30">
       <c r="A30">
-        <v>3986</v>
+        <v>4377</v>
       </c>
       <c r="B30" t="s">
-        <v>51</v>
+        <v>307</v>
       </c>
       <c r="C30" t="s">
-        <v>326</v>
+        <v>308</v>
       </c>
       <c r="D30" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="E30" t="s">
-        <v>253</v>
+        <v>310</v>
       </c>
       <c r="F30" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G30" t="s">
-        <v>49</v>
+        <v>150</v>
       </c>
       <c r="H30"/>
       <c r="I30" s="3">
-        <v>238.84</v>
+        <v>181.82</v>
       </c>
       <c r="J30">
-        <v>289</v>
+        <v>220</v>
       </c>
       <c r="K30" t="s" s="4">
-        <v>327</v>
+        <v>311</v>
       </c>
       <c r="L30"/>
     </row>
     <row r="31">
       <c r="A31">
-        <v>4369</v>
+        <v>4407</v>
       </c>
       <c r="B31" t="s">
-        <v>318</v>
+        <v>131</v>
       </c>
       <c r="C31" t="s">
-        <v>328</v>
+        <v>312</v>
       </c>
       <c r="D31" t="s">
-        <v>323</v>
+        <v>259</v>
       </c>
       <c r="E31" t="s">
-        <v>237</v>
+        <v>313</v>
       </c>
       <c r="F31" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G31" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H31"/>
       <c r="I31" s="3">
-        <v>173.55</v>
+        <v>404.13</v>
       </c>
       <c r="J31">
-        <v>210</v>
+        <v>489</v>
       </c>
       <c r="K31" t="s" s="4">
-        <v>329</v>
+        <v>314</v>
       </c>
       <c r="L31"/>
     </row>
     <row r="32">
       <c r="A32">
-        <v>4377</v>
+        <v>4413</v>
       </c>
       <c r="B32" t="s">
-        <v>330</v>
+        <v>131</v>
       </c>
       <c r="C32" t="s">
-        <v>331</v>
+        <v>315</v>
       </c>
       <c r="D32" t="s">
-        <v>301</v>
+        <v>259</v>
       </c>
       <c r="E32" t="s">
-        <v>332</v>
+        <v>316</v>
       </c>
       <c r="F32" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G32" t="s">
-        <v>169</v>
+        <v>47</v>
       </c>
       <c r="H32"/>
       <c r="I32" s="3">
-        <v>181.82</v>
+        <v>379.34</v>
       </c>
       <c r="J32">
-        <v>220</v>
+        <v>459</v>
       </c>
       <c r="K32" t="s" s="4">
-        <v>333</v>
+        <v>317</v>
       </c>
       <c r="L32"/>
     </row>
     <row r="33">
       <c r="A33">
-        <v>4407</v>
+        <v>4419</v>
       </c>
       <c r="B33" t="s">
-        <v>138</v>
+        <v>62</v>
       </c>
       <c r="C33" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
       <c r="D33" t="s">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="E33" t="s">
-        <v>335</v>
+        <v>282</v>
       </c>
       <c r="F33" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="G33" t="s">
-        <v>56</v>
+        <v>150</v>
       </c>
       <c r="H33"/>
       <c r="I33" s="3">
-        <v>404.13</v>
+        <v>329.75</v>
       </c>
       <c r="J33">
-        <v>489</v>
+        <v>399</v>
       </c>
       <c r="K33" t="s" s="4">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="L33"/>
     </row>
     <row r="34">
       <c r="A34">
-        <v>4413</v>
+        <v>4498</v>
       </c>
       <c r="B34" t="s">
-        <v>138</v>
+        <v>304</v>
       </c>
       <c r="C34" t="s">
-        <v>337</v>
+        <v>320</v>
       </c>
       <c r="D34" t="s">
-        <v>275</v>
+        <v>309</v>
       </c>
       <c r="E34" t="s">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="F34" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G34" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H34"/>
       <c r="I34" s="3">
-        <v>379.34</v>
+        <v>206.61</v>
       </c>
       <c r="J34">
-        <v>459</v>
+        <v>250</v>
       </c>
       <c r="K34" t="s" s="4">
-        <v>339</v>
+        <v>322</v>
       </c>
       <c r="L34"/>
     </row>
     <row r="35">
       <c r="A35">
-        <v>4419</v>
+        <v>4684</v>
       </c>
       <c r="B35" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C35" t="s">
-        <v>340</v>
+        <v>323</v>
       </c>
       <c r="D35" t="s">
-        <v>275</v>
+        <v>253</v>
       </c>
       <c r="E35" t="s">
-        <v>298</v>
+        <v>324</v>
       </c>
       <c r="F35" t="s">
-        <v>116</v>
+        <v>46</v>
       </c>
       <c r="G35" t="s">
-        <v>169</v>
+        <v>65</v>
       </c>
       <c r="H35"/>
       <c r="I35" s="3">
-        <v>329.75</v>
+        <v>139.67</v>
       </c>
       <c r="J35">
-        <v>399</v>
+        <v>169</v>
       </c>
       <c r="K35" t="s" s="4">
-        <v>341</v>
+        <v>325</v>
       </c>
       <c r="L35"/>
     </row>
     <row r="36">
       <c r="A36">
-        <v>4498</v>
+        <v>4767</v>
       </c>
       <c r="B36" t="s">
-        <v>318</v>
+        <v>274</v>
       </c>
       <c r="C36" t="s">
-        <v>342</v>
+        <v>326</v>
       </c>
       <c r="D36" t="s">
-        <v>301</v>
+        <v>327</v>
       </c>
       <c r="E36" t="s">
-        <v>343</v>
+        <v>328</v>
       </c>
       <c r="F36" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G36" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H36"/>
-      <c r="I36" s="3">
-        <v>206.61</v>
+      <c r="I36">
+        <v>300</v>
       </c>
       <c r="J36">
-        <v>250</v>
+        <v>363</v>
       </c>
       <c r="K36" t="s" s="4">
-        <v>344</v>
+        <v>329</v>
       </c>
       <c r="L36"/>
     </row>
     <row r="37">
       <c r="A37">
-        <v>4684</v>
+        <v>4862</v>
       </c>
       <c r="B37" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C37" t="s">
-        <v>345</v>
+        <v>330</v>
       </c>
       <c r="D37" t="s">
-        <v>269</v>
+        <v>331</v>
       </c>
       <c r="E37" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="F37" t="s">
-        <v>48</v>
+        <v>333</v>
       </c>
       <c r="G37" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="H37"/>
       <c r="I37" s="3">
-        <v>139.67</v>
+        <v>99.17</v>
       </c>
       <c r="J37">
-        <v>169</v>
+        <v>120</v>
       </c>
       <c r="K37" t="s" s="4">
-        <v>347</v>
+        <v>334</v>
       </c>
       <c r="L37"/>
     </row>
     <row r="38">
       <c r="A38">
-        <v>4767</v>
+        <v>5523</v>
       </c>
       <c r="B38" t="s">
-        <v>290</v>
+        <v>62</v>
       </c>
       <c r="C38" t="s">
-        <v>348</v>
+        <v>335</v>
       </c>
       <c r="D38" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="E38" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="F38" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G38" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H38"/>
-      <c r="I38">
-        <v>300</v>
+      <c r="I38" s="3">
+        <v>280.99</v>
       </c>
       <c r="J38">
-        <v>363</v>
+        <v>340</v>
       </c>
       <c r="K38" t="s" s="4">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="L38"/>
     </row>
     <row r="39">
       <c r="A39">
-        <v>4862</v>
+        <v>5676</v>
       </c>
       <c r="B39" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C39" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="D39" t="s">
-        <v>353</v>
+        <v>259</v>
       </c>
       <c r="E39" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
       <c r="F39" t="s">
-        <v>355</v>
+        <v>53</v>
       </c>
       <c r="G39" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H39"/>
       <c r="I39" s="3">
-        <v>99.17</v>
+        <v>280.99</v>
       </c>
       <c r="J39">
-        <v>120</v>
+        <v>340</v>
       </c>
       <c r="K39" t="s" s="4">
-        <v>356</v>
+        <v>341</v>
       </c>
       <c r="L39"/>
     </row>
     <row r="40">
       <c r="A40">
-        <v>5523</v>
+        <v>5699</v>
       </c>
       <c r="B40" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C40" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="D40" t="s">
-        <v>358</v>
+        <v>291</v>
       </c>
       <c r="E40" t="s">
-        <v>359</v>
+        <v>343</v>
       </c>
       <c r="F40" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="G40" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H40"/>
       <c r="I40" s="3">
-        <v>280.99</v>
+        <v>661.16</v>
       </c>
       <c r="J40">
-        <v>340</v>
+        <v>800</v>
       </c>
       <c r="K40" t="s" s="4">
-        <v>360</v>
+        <v>344</v>
       </c>
       <c r="L40"/>
     </row>
     <row r="41">
       <c r="A41">
-        <v>5547</v>
+        <v>5883</v>
       </c>
       <c r="B41" t="s">
-        <v>138</v>
+        <v>345</v>
       </c>
       <c r="C41" t="s">
-        <v>361</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="D41"/>
       <c r="E41" t="s">
-        <v>362</v>
+        <v>347</v>
       </c>
       <c r="F41" t="s">
-        <v>48</v>
+        <v>278</v>
       </c>
       <c r="G41" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="H41"/>
+        <v>65</v>
+      </c>
+      <c r="H41" s="5">
+        <v>0.16</v>
+      </c>
       <c r="I41" s="3">
-        <v>82.64</v>
+        <v>41.32</v>
       </c>
       <c r="J41">
-        <v>99.99</v>
+        <v>50</v>
       </c>
       <c r="K41" t="s" s="4">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="L41"/>
     </row>
     <row r="42">
       <c r="A42">
-        <v>5676</v>
+        <v>6033</v>
       </c>
       <c r="B42" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C42" t="s">
-        <v>364</v>
+        <v>349</v>
       </c>
       <c r="D42" t="s">
-        <v>275</v>
+        <v>299</v>
       </c>
       <c r="E42" t="s">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="F42" t="s">
-        <v>55</v>
+        <v>351</v>
       </c>
       <c r="G42" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="H42"/>
+        <v>352</v>
+      </c>
+      <c r="H42" s="5">
+        <v>0.18</v>
+      </c>
       <c r="I42" s="3">
-        <v>280.99</v>
+        <v>70.25</v>
       </c>
       <c r="J42">
-        <v>340</v>
+        <v>85</v>
       </c>
       <c r="K42" t="s" s="4">
-        <v>366</v>
+        <v>353</v>
       </c>
       <c r="L42"/>
     </row>
     <row r="43">
       <c r="A43">
-        <v>5699</v>
+        <v>6047</v>
       </c>
       <c r="B43" t="s">
-        <v>64</v>
+        <v>354</v>
       </c>
       <c r="C43" t="s">
-        <v>367</v>
+        <v>355</v>
       </c>
       <c r="D43" t="s">
-        <v>311</v>
+        <v>299</v>
       </c>
       <c r="E43" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="F43" t="s">
-        <v>116</v>
+        <v>46</v>
       </c>
       <c r="G43" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="H43"/>
+        <v>123</v>
+      </c>
+      <c r="H43" t="s">
+        <v>357</v>
+      </c>
       <c r="I43" s="3">
-        <v>661.16</v>
+        <v>82.64</v>
       </c>
       <c r="J43">
-        <v>800</v>
+        <v>99.99</v>
       </c>
       <c r="K43" t="s" s="4">
-        <v>369</v>
+        <v>358</v>
       </c>
       <c r="L43"/>
     </row>
     <row r="44">
       <c r="A44">
-        <v>5832</v>
+        <v>6173</v>
       </c>
       <c r="B44" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C44" t="s">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="D44" t="s">
-        <v>275</v>
+        <v>360</v>
       </c>
       <c r="E44" t="s">
-        <v>371</v>
+        <v>361</v>
       </c>
       <c r="F44" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G44" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="H44"/>
+        <v>88</v>
+      </c>
+      <c r="H44" s="5">
+        <v>0.36</v>
+      </c>
       <c r="I44" s="3">
-        <v>107.44</v>
+        <v>66.11</v>
       </c>
       <c r="J44">
-        <v>130</v>
+        <v>79.99</v>
       </c>
       <c r="K44" t="s" s="4">
-        <v>372</v>
+        <v>362</v>
       </c>
       <c r="L44"/>
     </row>
     <row r="45">
       <c r="A45">
-        <v>5883</v>
+        <v>6203</v>
       </c>
       <c r="B45" t="s">
-        <v>208</v>
+        <v>131</v>
       </c>
       <c r="C45" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="D45"/>
+        <v>363</v>
+      </c>
+      <c r="D45" t="s">
+        <v>360</v>
+      </c>
       <c r="E45" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
       <c r="F45" t="s">
-        <v>294</v>
+        <v>113</v>
       </c>
       <c r="G45" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H45"/>
       <c r="I45" s="3">
-        <v>41.32</v>
+        <v>256.20</v>
       </c>
       <c r="J45">
-        <v>50</v>
+        <v>310</v>
       </c>
       <c r="K45" t="s" s="4">
-        <v>375</v>
+        <v>365</v>
       </c>
       <c r="L45"/>
     </row>
     <row r="46">
       <c r="A46">
-        <v>6013</v>
+        <v>6351</v>
       </c>
       <c r="B46" t="s">
-        <v>208</v>
+        <v>62</v>
       </c>
       <c r="C46" t="s">
-        <v>376</v>
+        <v>366</v>
       </c>
       <c r="D46" t="s">
-        <v>377</v>
+        <v>295</v>
       </c>
       <c r="E46" t="s">
-        <v>378</v>
+        <v>367</v>
       </c>
       <c r="F46" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G46" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H46"/>
       <c r="I46" s="3">
-        <v>90.91</v>
+        <v>355.37</v>
       </c>
       <c r="J46">
-        <v>110</v>
+        <v>430</v>
       </c>
       <c r="K46" t="s" s="4">
-        <v>380</v>
+        <v>368</v>
       </c>
       <c r="L46"/>
     </row>
     <row r="47">
       <c r="A47">
-        <v>6033</v>
+        <v>6358</v>
       </c>
       <c r="B47" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C47" t="s">
-        <v>381</v>
+        <v>369</v>
       </c>
       <c r="D47" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="E47"/>
       <c r="F47" t="s">
-        <v>383</v>
+        <v>53</v>
       </c>
       <c r="G47" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H47"/>
       <c r="I47" s="3">
-        <v>70.25</v>
+        <v>314.05</v>
       </c>
       <c r="J47">
-        <v>85</v>
+        <v>380</v>
       </c>
       <c r="K47" t="s" s="4">
-        <v>385</v>
+        <v>370</v>
       </c>
       <c r="L47"/>
     </row>
     <row r="48">
       <c r="A48">
-        <v>6047</v>
+        <v>6365</v>
       </c>
       <c r="B48" t="s">
-        <v>386</v>
+        <v>62</v>
       </c>
       <c r="C48" t="s">
-        <v>387</v>
+        <v>371</v>
       </c>
       <c r="D48" t="s">
-        <v>323</v>
+        <v>372</v>
       </c>
       <c r="E48" t="s">
-        <v>388</v>
+        <v>367</v>
       </c>
       <c r="F48" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G48" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H48"/>
       <c r="I48" s="3">
-        <v>82.64</v>
+        <v>438.02</v>
       </c>
       <c r="J48">
-        <v>99.99</v>
+        <v>530</v>
       </c>
       <c r="K48" t="s" s="4">
-        <v>389</v>
+        <v>373</v>
       </c>
       <c r="L48"/>
     </row>
     <row r="49">
       <c r="A49">
-        <v>6173</v>
+        <v>6381</v>
       </c>
       <c r="B49" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C49" t="s">
-        <v>390</v>
+        <v>374</v>
       </c>
       <c r="D49" t="s">
-        <v>391</v>
+        <v>295</v>
       </c>
       <c r="E49" t="s">
-        <v>392</v>
+        <v>375</v>
       </c>
       <c r="F49" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G49" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H49"/>
       <c r="I49" s="3">
-        <v>66.11</v>
+        <v>404.13</v>
       </c>
       <c r="J49">
-        <v>79.99</v>
+        <v>489</v>
       </c>
       <c r="K49" t="s" s="4">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="L49"/>
     </row>
     <row r="50">
       <c r="A50">
-        <v>6197</v>
+        <v>6792</v>
       </c>
       <c r="B50" t="s">
-        <v>64</v>
+        <v>377</v>
       </c>
       <c r="C50" t="s">
-        <v>394</v>
+        <v>378</v>
       </c>
       <c r="D50" t="s">
-        <v>395</v>
+        <v>379</v>
       </c>
       <c r="E50" t="s">
-        <v>396</v>
+        <v>380</v>
       </c>
       <c r="F50" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G50" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H50"/>
       <c r="I50" s="3">
-        <v>140.50</v>
+        <v>206.61</v>
       </c>
       <c r="J50">
-        <v>170.01</v>
+        <v>250</v>
       </c>
       <c r="K50" t="s" s="4">
-        <v>397</v>
+        <v>381</v>
       </c>
       <c r="L50"/>
     </row>
     <row r="51">
       <c r="A51">
-        <v>6203</v>
+        <v>6851</v>
       </c>
       <c r="B51" t="s">
-        <v>138</v>
+        <v>62</v>
       </c>
       <c r="C51" t="s">
-        <v>398</v>
+        <v>382</v>
       </c>
       <c r="D51" t="s">
-        <v>391</v>
+        <v>291</v>
       </c>
       <c r="E51" t="s">
-        <v>399</v>
+        <v>383</v>
       </c>
       <c r="F51" t="s">
-        <v>116</v>
+        <v>154</v>
       </c>
       <c r="G51" t="s">
-        <v>49</v>
+        <v>384</v>
       </c>
       <c r="H51"/>
       <c r="I51" s="3">
-        <v>256.20</v>
+        <v>1033.06</v>
       </c>
       <c r="J51">
-        <v>310</v>
+        <v>1250</v>
       </c>
       <c r="K51" t="s" s="4">
-        <v>400</v>
+        <v>385</v>
       </c>
       <c r="L51"/>
     </row>
     <row r="52">
       <c r="A52">
-        <v>6218</v>
+        <v>6902</v>
       </c>
       <c r="B52" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="C52" t="s">
-        <v>401</v>
+        <v>386</v>
       </c>
       <c r="D52" t="s">
-        <v>301</v>
+        <v>253</v>
       </c>
       <c r="E52" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="F52" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G52" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H52"/>
       <c r="I52" s="3">
-        <v>413.22</v>
+        <v>578.51</v>
       </c>
       <c r="J52">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="K52" t="s" s="4">
-        <v>403</v>
+        <v>388</v>
       </c>
       <c r="L52"/>
     </row>
     <row r="53">
       <c r="A53">
-        <v>6351</v>
+        <v>7023</v>
       </c>
       <c r="B53" t="s">
-        <v>64</v>
+        <v>307</v>
       </c>
       <c r="C53" t="s">
-        <v>404</v>
+        <v>389</v>
       </c>
       <c r="D53" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="E53" t="s">
-        <v>405</v>
+        <v>390</v>
       </c>
       <c r="F53" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G53" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H53"/>
       <c r="I53" s="3">
-        <v>355.37</v>
+        <v>289.26</v>
       </c>
       <c r="J53">
-        <v>430</v>
+        <v>350</v>
       </c>
       <c r="K53" t="s" s="4">
-        <v>406</v>
+        <v>391</v>
       </c>
       <c r="L53"/>
     </row>
     <row r="54">
       <c r="A54">
-        <v>6358</v>
+        <v>7039</v>
       </c>
       <c r="B54" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="C54" t="s">
-        <v>407</v>
+        <v>392</v>
       </c>
       <c r="D54" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="E54"/>
+        <v>393</v>
+      </c>
+      <c r="E54" t="s">
+        <v>394</v>
+      </c>
       <c r="F54" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G54" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H54"/>
       <c r="I54" s="3">
-        <v>314.05</v>
+        <v>355.37</v>
       </c>
       <c r="J54">
-        <v>380</v>
+        <v>430</v>
       </c>
       <c r="K54" t="s" s="4">
-        <v>408</v>
+        <v>395</v>
       </c>
       <c r="L54"/>
     </row>
     <row r="55">
       <c r="A55">
-        <v>6365</v>
+        <v>7181</v>
       </c>
       <c r="B55" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C55" t="s">
-        <v>409</v>
+        <v>396</v>
       </c>
       <c r="D55" t="s">
-        <v>410</v>
+        <v>397</v>
       </c>
       <c r="E55" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="F55" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G55" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="H55"/>
+        <v>150</v>
+      </c>
+      <c r="H55" s="5">
+        <v>0.08</v>
+      </c>
       <c r="I55" s="3">
-        <v>438.02</v>
+        <v>595.04</v>
       </c>
       <c r="J55">
-        <v>530</v>
+        <v>720</v>
       </c>
       <c r="K55" t="s" s="4">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="L55"/>
     </row>
     <row r="56">
       <c r="A56">
-        <v>6381</v>
+        <v>7257</v>
       </c>
       <c r="B56" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C56" t="s">
-        <v>412</v>
+        <v>400</v>
       </c>
       <c r="D56" t="s">
-        <v>315</v>
+        <v>259</v>
       </c>
       <c r="E56" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="F56" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G56" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H56"/>
       <c r="I56" s="3">
-        <v>446.28</v>
+        <v>223.14</v>
       </c>
       <c r="J56">
-        <v>540</v>
+        <v>270</v>
       </c>
       <c r="K56" t="s" s="4">
-        <v>414</v>
+        <v>402</v>
       </c>
       <c r="L56"/>
     </row>
     <row r="57">
       <c r="A57">
-        <v>6494</v>
+        <v>7332</v>
       </c>
       <c r="B57" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C57" t="s">
-        <v>415</v>
+        <v>403</v>
       </c>
       <c r="D57" t="s">
-        <v>416</v>
+        <v>299</v>
       </c>
       <c r="E57" t="s">
-        <v>417</v>
+        <v>404</v>
       </c>
       <c r="F57" t="s">
-        <v>173</v>
+        <v>46</v>
       </c>
       <c r="G57" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="H57"/>
+        <v>47</v>
+      </c>
+      <c r="H57" s="5">
+        <v>0.06</v>
+      </c>
       <c r="I57" s="3">
-        <v>619.83</v>
+        <v>223.14</v>
       </c>
       <c r="J57">
-        <v>749.99</v>
+        <v>270</v>
       </c>
       <c r="K57" t="s" s="4">
-        <v>418</v>
+        <v>405</v>
       </c>
       <c r="L57"/>
     </row>
     <row r="58">
       <c r="A58">
-        <v>6501</v>
+        <v>7338</v>
       </c>
       <c r="B58" t="s">
-        <v>138</v>
+        <v>49</v>
       </c>
       <c r="C58" t="s">
-        <v>419</v>
+        <v>406</v>
       </c>
       <c r="D58" t="s">
-        <v>301</v>
+        <v>407</v>
       </c>
       <c r="E58" t="s">
-        <v>420</v>
+        <v>408</v>
       </c>
       <c r="F58" t="s">
-        <v>173</v>
+        <v>113</v>
       </c>
       <c r="G58" t="s">
-        <v>421</v>
+        <v>54</v>
       </c>
       <c r="H58"/>
       <c r="I58" s="3">
-        <v>537.19</v>
+        <v>614.88</v>
       </c>
       <c r="J58">
-        <v>650</v>
+        <v>744</v>
       </c>
       <c r="K58" t="s" s="4">
-        <v>422</v>
+        <v>409</v>
       </c>
       <c r="L58"/>
     </row>
     <row r="59">
       <c r="A59">
-        <v>6746</v>
+        <v>7346</v>
       </c>
       <c r="B59" t="s">
-        <v>290</v>
+        <v>49</v>
       </c>
       <c r="C59" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="D59"/>
+        <v>410</v>
+      </c>
+      <c r="D59" t="s">
+        <v>309</v>
+      </c>
       <c r="E59" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>411</v>
+      </c>
+      <c r="F59" t="s">
+        <v>113</v>
       </c>
       <c r="G59" t="s">
-        <v>49</v>
+        <v>150</v>
       </c>
       <c r="H59"/>
       <c r="I59" s="3">
-        <v>206.61</v>
+        <v>471.07</v>
       </c>
       <c r="J59">
-        <v>250</v>
+        <v>569.99</v>
       </c>
       <c r="K59" t="s" s="4">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="L59"/>
     </row>
     <row r="60">
       <c r="A60">
-        <v>6792</v>
+        <v>7404</v>
       </c>
       <c r="B60" t="s">
-        <v>426</v>
+        <v>131</v>
       </c>
       <c r="C60" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="D60" t="s">
-        <v>428</v>
+        <v>309</v>
       </c>
       <c r="E60" t="s">
-        <v>429</v>
+        <v>414</v>
       </c>
       <c r="F60" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="G60" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="H60"/>
+        <v>150</v>
+      </c>
+      <c r="H60" s="5">
+        <v>0.16</v>
+      </c>
       <c r="I60" s="3">
-        <v>206.61</v>
+        <v>718.18</v>
       </c>
       <c r="J60">
-        <v>250</v>
+        <v>869</v>
       </c>
       <c r="K60" t="s" s="4">
-        <v>430</v>
+        <v>415</v>
       </c>
       <c r="L60"/>
     </row>
     <row r="61">
       <c r="A61">
-        <v>6851</v>
+        <v>7413</v>
       </c>
       <c r="B61" t="s">
-        <v>64</v>
+        <v>377</v>
       </c>
       <c r="C61" t="s">
-        <v>431</v>
+        <v>378</v>
       </c>
       <c r="D61" t="s">
-        <v>311</v>
+        <v>379</v>
       </c>
       <c r="E61" t="s">
-        <v>432</v>
+        <v>416</v>
       </c>
       <c r="F61" t="s">
-        <v>173</v>
+        <v>46</v>
       </c>
       <c r="G61" t="s">
-        <v>421</v>
-[...1 lines deleted...]
-      <c r="H61"/>
+        <v>54</v>
+      </c>
+      <c r="H61" s="5">
+        <v>0.1</v>
+      </c>
       <c r="I61" s="3">
-        <v>1033.06</v>
+        <v>206.61</v>
       </c>
       <c r="J61">
-        <v>1250</v>
+        <v>250</v>
       </c>
       <c r="K61" t="s" s="4">
-        <v>433</v>
+        <v>417</v>
       </c>
       <c r="L61"/>
     </row>
     <row r="62">
       <c r="A62">
-        <v>6902</v>
+        <v>7524</v>
       </c>
       <c r="B62" t="s">
-        <v>138</v>
+        <v>62</v>
       </c>
       <c r="C62" t="s">
-        <v>434</v>
+        <v>418</v>
       </c>
       <c r="D62" t="s">
-        <v>269</v>
+        <v>295</v>
       </c>
       <c r="E62" t="s">
-        <v>435</v>
+        <v>419</v>
       </c>
       <c r="F62" t="s">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="G62" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H62"/>
       <c r="I62" s="3">
-        <v>578.51</v>
+        <v>577.69</v>
       </c>
       <c r="J62">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="K62" t="s" s="4">
-        <v>436</v>
+        <v>420</v>
       </c>
       <c r="L62"/>
     </row>
     <row r="63">
       <c r="A63">
-        <v>7023</v>
+        <v>7650</v>
       </c>
       <c r="B63" t="s">
-        <v>330</v>
+        <v>62</v>
       </c>
       <c r="C63" t="s">
-        <v>437</v>
+        <v>421</v>
       </c>
       <c r="D63" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="E63" t="s">
-        <v>438</v>
+        <v>422</v>
       </c>
       <c r="F63" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="G63" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H63"/>
       <c r="I63" s="3">
-        <v>289.26</v>
+        <v>537.19</v>
       </c>
       <c r="J63">
-        <v>350</v>
+        <v>650</v>
       </c>
       <c r="K63" t="s" s="4">
-        <v>439</v>
+        <v>423</v>
       </c>
       <c r="L63"/>
     </row>
     <row r="64">
       <c r="A64">
-        <v>7039</v>
+        <v>7675</v>
       </c>
       <c r="B64" t="s">
-        <v>138</v>
+        <v>62</v>
       </c>
       <c r="C64" t="s">
-        <v>440</v>
+        <v>374</v>
       </c>
       <c r="D64" t="s">
-        <v>441</v>
+        <v>295</v>
       </c>
       <c r="E64" t="s">
-        <v>442</v>
+        <v>375</v>
       </c>
       <c r="F64" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G64" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H64"/>
       <c r="I64" s="3">
-        <v>355.37</v>
+        <v>371.90</v>
       </c>
       <c r="J64">
-        <v>430</v>
+        <v>450</v>
       </c>
       <c r="K64" t="s" s="4">
-        <v>443</v>
+        <v>424</v>
       </c>
       <c r="L64"/>
     </row>
     <row r="65">
       <c r="A65">
-        <v>7181</v>
+        <v>7708</v>
       </c>
       <c r="B65" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C65" t="s">
-        <v>444</v>
+        <v>425</v>
       </c>
       <c r="D65" t="s">
-        <v>445</v>
+        <v>259</v>
       </c>
       <c r="E65" t="s">
-        <v>446</v>
+        <v>426</v>
       </c>
       <c r="F65" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G65" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H65"/>
       <c r="I65" s="3">
-        <v>595.04</v>
+        <v>190.08</v>
       </c>
       <c r="J65">
-        <v>720</v>
+        <v>230</v>
       </c>
       <c r="K65" t="s" s="4">
-        <v>447</v>
+        <v>427</v>
       </c>
       <c r="L65"/>
     </row>
     <row r="66">
       <c r="A66">
-        <v>7197</v>
+        <v>7716</v>
       </c>
       <c r="B66" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C66" t="s">
-        <v>448</v>
+        <v>428</v>
       </c>
       <c r="D66" t="s">
-        <v>323</v>
+        <v>253</v>
       </c>
       <c r="E66" t="s">
-        <v>449</v>
+        <v>429</v>
       </c>
       <c r="F66" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G66" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="H66"/>
       <c r="I66" s="3">
-        <v>247.11</v>
+        <v>198.35</v>
       </c>
       <c r="J66">
-        <v>299</v>
+        <v>240</v>
       </c>
       <c r="K66" t="s" s="4">
-        <v>450</v>
+        <v>430</v>
       </c>
       <c r="L66"/>
     </row>
     <row r="67">
       <c r="A67">
-        <v>7234</v>
+        <v>7722</v>
       </c>
       <c r="B67" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C67" t="s">
-        <v>451</v>
+        <v>431</v>
       </c>
       <c r="D67" t="s">
-        <v>275</v>
+        <v>432</v>
       </c>
       <c r="E67" t="s">
-        <v>452</v>
+        <v>429</v>
       </c>
       <c r="F67" t="s">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="G67" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="H67"/>
       <c r="I67" s="3">
-        <v>322.31</v>
+        <v>305.78</v>
       </c>
       <c r="J67">
-        <v>390</v>
+        <v>369.99</v>
       </c>
       <c r="K67" t="s" s="4">
-        <v>453</v>
+        <v>433</v>
       </c>
       <c r="L67"/>
     </row>
     <row r="68">
       <c r="A68">
-        <v>7257</v>
+        <v>7731</v>
       </c>
       <c r="B68" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C68" t="s">
-        <v>454</v>
+        <v>434</v>
       </c>
       <c r="D68" t="s">
-        <v>275</v>
+        <v>309</v>
       </c>
       <c r="E68" t="s">
-        <v>455</v>
+        <v>435</v>
       </c>
       <c r="F68" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G68" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H68"/>
       <c r="I68" s="3">
-        <v>223.14</v>
+        <v>238.84</v>
       </c>
       <c r="J68">
-        <v>270</v>
+        <v>289</v>
       </c>
       <c r="K68" t="s" s="4">
-        <v>456</v>
+        <v>436</v>
       </c>
       <c r="L68"/>
     </row>
     <row r="69">
       <c r="A69">
-        <v>7263</v>
+        <v>7748</v>
       </c>
       <c r="B69" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C69" t="s">
-        <v>457</v>
+        <v>437</v>
       </c>
       <c r="D69" t="s">
-        <v>323</v>
+        <v>291</v>
       </c>
       <c r="E69" t="s">
-        <v>458</v>
+        <v>438</v>
       </c>
       <c r="F69" t="s">
-        <v>355</v>
+        <v>113</v>
       </c>
       <c r="G69" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="H69"/>
       <c r="I69" s="3">
-        <v>181.82</v>
+        <v>395.87</v>
       </c>
       <c r="J69">
-        <v>220</v>
+        <v>479</v>
       </c>
       <c r="K69" t="s" s="4">
-        <v>459</v>
+        <v>439</v>
       </c>
       <c r="L69"/>
     </row>
     <row r="70">
       <c r="A70">
-        <v>7332</v>
+        <v>7760</v>
       </c>
       <c r="B70" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="C70" t="s">
-        <v>460</v>
+        <v>440</v>
       </c>
       <c r="D70" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="E70" t="s">
-        <v>461</v>
+        <v>441</v>
       </c>
       <c r="F70" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G70" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H70"/>
       <c r="I70" s="3">
-        <v>223.14</v>
+        <v>264.46</v>
       </c>
       <c r="J70">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="K70" t="s" s="4">
-        <v>462</v>
+        <v>442</v>
       </c>
       <c r="L70"/>
     </row>
     <row r="71">
       <c r="A71">
-        <v>7338</v>
+        <v>7827</v>
       </c>
       <c r="B71" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="C71" t="s">
-        <v>463</v>
+        <v>443</v>
       </c>
       <c r="D71" t="s">
-        <v>464</v>
+        <v>309</v>
       </c>
       <c r="E71" t="s">
-        <v>465</v>
+        <v>444</v>
       </c>
       <c r="F71" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G71" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H71"/>
       <c r="I71" s="3">
-        <v>614.88</v>
+        <v>173.55</v>
       </c>
       <c r="J71">
-        <v>744</v>
+        <v>210</v>
       </c>
       <c r="K71" t="s" s="4">
-        <v>466</v>
+        <v>445</v>
       </c>
       <c r="L71"/>
     </row>
     <row r="72">
       <c r="A72">
-        <v>7346</v>
+        <v>7939</v>
       </c>
       <c r="B72" t="s">
-        <v>51</v>
+        <v>377</v>
       </c>
       <c r="C72" t="s">
-        <v>467</v>
+        <v>446</v>
       </c>
       <c r="D72" t="s">
-        <v>301</v>
+        <v>253</v>
       </c>
       <c r="E72" t="s">
-        <v>468</v>
+        <v>328</v>
       </c>
       <c r="F72" t="s">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="G72" t="s">
-        <v>169</v>
+        <v>54</v>
       </c>
       <c r="H72"/>
       <c r="I72" s="3">
-        <v>553.72</v>
+        <v>247.93</v>
       </c>
       <c r="J72">
-        <v>670</v>
+        <v>300</v>
       </c>
       <c r="K72" t="s" s="4">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="L72"/>
     </row>
     <row r="73">
       <c r="A73">
-        <v>7404</v>
+        <v>7967</v>
       </c>
       <c r="B73" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C73" t="s">
-        <v>470</v>
+        <v>448</v>
       </c>
       <c r="D73" t="s">
-        <v>301</v>
+        <v>449</v>
       </c>
       <c r="E73" t="s">
-        <v>471</v>
+        <v>450</v>
       </c>
       <c r="F73" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G73" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="H73"/>
       <c r="I73" s="3">
-        <v>718.18</v>
+        <v>909.09</v>
       </c>
       <c r="J73">
-        <v>869</v>
+        <v>1100</v>
       </c>
       <c r="K73" t="s" s="4">
-        <v>472</v>
+        <v>451</v>
       </c>
       <c r="L73"/>
     </row>
     <row r="74">
       <c r="A74">
-        <v>7413</v>
+        <v>7976</v>
       </c>
       <c r="B74" t="s">
-        <v>426</v>
+        <v>131</v>
       </c>
       <c r="C74" t="s">
-        <v>427</v>
+        <v>452</v>
       </c>
       <c r="D74" t="s">
-        <v>428</v>
+        <v>453</v>
       </c>
       <c r="E74" t="s">
-        <v>473</v>
+        <v>454</v>
       </c>
       <c r="F74" t="s">
-        <v>48</v>
+        <v>154</v>
       </c>
       <c r="G74" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="H74"/>
       <c r="I74" s="3">
-        <v>206.61</v>
+        <v>1322.31</v>
       </c>
       <c r="J74">
-        <v>250</v>
+        <v>1600</v>
       </c>
       <c r="K74" t="s" s="4">
-        <v>474</v>
+        <v>455</v>
       </c>
       <c r="L74"/>
     </row>
     <row r="75">
       <c r="A75">
-        <v>7524</v>
+        <v>7985</v>
       </c>
       <c r="B75" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C75" t="s">
-        <v>475</v>
+        <v>456</v>
       </c>
       <c r="D75" t="s">
-        <v>315</v>
+        <v>457</v>
       </c>
       <c r="E75" t="s">
-        <v>476</v>
+        <v>458</v>
       </c>
       <c r="F75" t="s">
-        <v>55</v>
+        <v>154</v>
       </c>
       <c r="G75" t="s">
-        <v>49</v>
+        <v>129</v>
       </c>
       <c r="H75"/>
       <c r="I75" s="3">
-        <v>577.69</v>
+        <v>842.97</v>
       </c>
       <c r="J75">
-        <v>699</v>
+        <v>1019.99</v>
       </c>
       <c r="K75" t="s" s="4">
-        <v>477</v>
+        <v>459</v>
       </c>
       <c r="L75"/>
     </row>
     <row r="76">
       <c r="A76">
-        <v>7529</v>
+        <v>7994</v>
       </c>
       <c r="B76" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C76" t="s">
-        <v>478</v>
+        <v>460</v>
       </c>
       <c r="D76" t="s">
-        <v>479</v>
+        <v>461</v>
       </c>
       <c r="E76" t="s">
-        <v>480</v>
+        <v>450</v>
       </c>
       <c r="F76" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="G76" t="s">
-        <v>49</v>
+        <v>129</v>
       </c>
       <c r="H76"/>
       <c r="I76" s="3">
-        <v>446.28</v>
+        <v>1073.55</v>
       </c>
       <c r="J76">
-        <v>540</v>
+        <v>1299</v>
       </c>
       <c r="K76" t="s" s="4">
-        <v>481</v>
+        <v>462</v>
       </c>
       <c r="L76"/>
     </row>
     <row r="77">
       <c r="A77">
-        <v>7551</v>
+        <v>8002</v>
       </c>
       <c r="B77" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C77" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D77"/>
+        <v>463</v>
+      </c>
+      <c r="D77" t="s">
+        <v>464</v>
+      </c>
       <c r="E77" t="s">
-        <v>483</v>
+        <v>465</v>
       </c>
       <c r="F77" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G77" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H77"/>
       <c r="I77" s="3">
-        <v>635.54</v>
+        <v>363.63</v>
       </c>
       <c r="J77">
-        <v>769</v>
+        <v>439.99</v>
       </c>
       <c r="K77" t="s" s="4">
-        <v>484</v>
+        <v>466</v>
       </c>
       <c r="L77"/>
     </row>
     <row r="78">
       <c r="A78">
-        <v>7558</v>
+        <v>8019</v>
       </c>
       <c r="B78" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="C78" t="s">
-        <v>485</v>
+        <v>467</v>
       </c>
       <c r="D78" t="s">
-        <v>311</v>
+        <v>468</v>
       </c>
       <c r="E78" t="s">
-        <v>461</v>
+        <v>450</v>
       </c>
       <c r="F78" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="G78" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H78"/>
       <c r="I78" s="3">
-        <v>231.40</v>
+        <v>644.63</v>
       </c>
       <c r="J78">
-        <v>279.99</v>
+        <v>780</v>
       </c>
       <c r="K78" t="s" s="4">
-        <v>486</v>
+        <v>469</v>
       </c>
       <c r="L78"/>
     </row>
     <row r="79">
       <c r="A79">
-        <v>7565</v>
+        <v>8050</v>
       </c>
       <c r="B79" t="s">
-        <v>44</v>
+        <v>262</v>
       </c>
       <c r="C79" t="s">
-        <v>487</v>
+        <v>470</v>
       </c>
       <c r="D79" t="s">
-        <v>301</v>
+        <v>259</v>
       </c>
       <c r="E79" t="s">
-        <v>488</v>
+        <v>471</v>
       </c>
       <c r="F79" t="s">
-        <v>173</v>
+        <v>53</v>
       </c>
       <c r="G79" t="s">
-        <v>169</v>
+        <v>47</v>
       </c>
       <c r="H79"/>
       <c r="I79" s="3">
-        <v>462.81</v>
+        <v>173.55</v>
       </c>
       <c r="J79">
-        <v>560</v>
+        <v>210</v>
       </c>
       <c r="K79" t="s" s="4">
+        <v>472</v>
+      </c>
+      <c r="L79"/>
+    </row>
+    <row r="80">
+      <c r="A80">
+        <v>8058</v>
+      </c>
+      <c r="B80" t="s">
+        <v>262</v>
+      </c>
+      <c r="C80" t="s">
+        <v>473</v>
+      </c>
+      <c r="D80" t="s">
+        <v>253</v>
+      </c>
+      <c r="E80" t="s">
+        <v>474</v>
+      </c>
+      <c r="F80" t="s">
+        <v>53</v>
+      </c>
+      <c r="G80" t="s">
+        <v>47</v>
+      </c>
+      <c r="H80"/>
+      <c r="I80" s="3">
+        <v>140.49</v>
+      </c>
+      <c r="J80">
+        <v>169.99</v>
+      </c>
+      <c r="K80" t="s" s="4">
+        <v>475</v>
+      </c>
+      <c r="L80"/>
+    </row>
+    <row r="81">
+      <c r="A81">
+        <v>8070</v>
+      </c>
+      <c r="B81" t="s">
+        <v>62</v>
+      </c>
+      <c r="C81" t="s">
+        <v>476</v>
+      </c>
+      <c r="D81" t="s">
+        <v>253</v>
+      </c>
+      <c r="E81" t="s">
+        <v>477</v>
+      </c>
+      <c r="F81" t="s">
+        <v>53</v>
+      </c>
+      <c r="G81" t="s">
+        <v>47</v>
+      </c>
+      <c r="H81"/>
+      <c r="I81" s="3">
+        <v>148.76</v>
+      </c>
+      <c r="J81">
+        <v>180</v>
+      </c>
+      <c r="K81" t="s" s="4">
+        <v>478</v>
+      </c>
+      <c r="L81"/>
+    </row>
+    <row r="82">
+      <c r="A82">
+        <v>8132</v>
+      </c>
+      <c r="B82" t="s">
+        <v>49</v>
+      </c>
+      <c r="C82" t="s">
+        <v>479</v>
+      </c>
+      <c r="D82" t="s">
+        <v>295</v>
+      </c>
+      <c r="E82" t="s">
+        <v>480</v>
+      </c>
+      <c r="F82" t="s">
+        <v>113</v>
+      </c>
+      <c r="G82" t="s">
+        <v>129</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82" s="3">
+        <v>619.83</v>
+      </c>
+      <c r="J82">
+        <v>749.99</v>
+      </c>
+      <c r="K82" t="s" s="4">
+        <v>481</v>
+      </c>
+      <c r="L82"/>
+    </row>
+    <row r="83">
+      <c r="A83">
+        <v>8139</v>
+      </c>
+      <c r="B83" t="s">
+        <v>49</v>
+      </c>
+      <c r="C83" t="s">
+        <v>482</v>
+      </c>
+      <c r="D83" t="s">
+        <v>483</v>
+      </c>
+      <c r="E83" t="s">
+        <v>480</v>
+      </c>
+      <c r="F83" t="s">
+        <v>113</v>
+      </c>
+      <c r="G83" t="s">
+        <v>150</v>
+      </c>
+      <c r="H83"/>
+      <c r="I83" s="3">
+        <v>785.12</v>
+      </c>
+      <c r="J83">
+        <v>950</v>
+      </c>
+      <c r="K83" t="s" s="4">
+        <v>484</v>
+      </c>
+      <c r="L83"/>
+    </row>
+    <row r="84">
+      <c r="A84">
+        <v>8154</v>
+      </c>
+      <c r="B84" t="s">
+        <v>62</v>
+      </c>
+      <c r="C84" t="s">
+        <v>476</v>
+      </c>
+      <c r="D84" t="s">
+        <v>485</v>
+      </c>
+      <c r="E84" t="s">
+        <v>486</v>
+      </c>
+      <c r="F84" t="s">
+        <v>53</v>
+      </c>
+      <c r="G84" t="s">
+        <v>47</v>
+      </c>
+      <c r="H84"/>
+      <c r="I84" s="3">
+        <v>148.76</v>
+      </c>
+      <c r="J84">
+        <v>180</v>
+      </c>
+      <c r="K84" t="s" s="4">
+        <v>487</v>
+      </c>
+      <c r="L84"/>
+    </row>
+    <row r="85">
+      <c r="A85">
+        <v>8165</v>
+      </c>
+      <c r="B85" t="s">
+        <v>49</v>
+      </c>
+      <c r="C85" t="s">
+        <v>488</v>
+      </c>
+      <c r="D85" t="s">
+        <v>432</v>
+      </c>
+      <c r="E85" t="s">
         <v>489</v>
       </c>
-      <c r="L79"/>
+      <c r="F85" t="s">
+        <v>46</v>
+      </c>
+      <c r="G85" t="s">
+        <v>47</v>
+      </c>
+      <c r="H85"/>
+      <c r="I85" s="3">
+        <v>263.63</v>
+      </c>
+      <c r="J85">
+        <v>318.99</v>
+      </c>
+      <c r="K85" t="s" s="4">
+        <v>490</v>
+      </c>
+      <c r="L85"/>
+    </row>
+    <row r="86">
+      <c r="A86">
+        <v>8180</v>
+      </c>
+      <c r="B86" t="s">
+        <v>377</v>
+      </c>
+      <c r="C86" t="s">
+        <v>491</v>
+      </c>
+      <c r="D86" t="s">
+        <v>492</v>
+      </c>
+      <c r="E86" t="s">
+        <v>493</v>
+      </c>
+      <c r="F86" t="s">
+        <v>53</v>
+      </c>
+      <c r="G86" t="s">
+        <v>54</v>
+      </c>
+      <c r="H86"/>
+      <c r="I86" s="3">
+        <v>322.31</v>
+      </c>
+      <c r="J86">
+        <v>390</v>
+      </c>
+      <c r="K86" t="s" s="4">
+        <v>494</v>
+      </c>
+      <c r="L86"/>
+    </row>
+    <row r="87">
+      <c r="A87">
+        <v>8188</v>
+      </c>
+      <c r="B87" t="s">
+        <v>49</v>
+      </c>
+      <c r="C87" t="s">
+        <v>495</v>
+      </c>
+      <c r="D87" t="s">
+        <v>299</v>
+      </c>
+      <c r="E87" t="s">
+        <v>496</v>
+      </c>
+      <c r="F87" t="s">
+        <v>46</v>
+      </c>
+      <c r="G87" t="s">
+        <v>47</v>
+      </c>
+      <c r="H87"/>
+      <c r="I87" s="3">
+        <v>181.82</v>
+      </c>
+      <c r="J87">
+        <v>220</v>
+      </c>
+      <c r="K87" t="s" s="4">
+        <v>497</v>
+      </c>
+      <c r="L87"/>
+    </row>
+    <row r="88">
+      <c r="A88">
+        <v>8214</v>
+      </c>
+      <c r="B88" t="s">
+        <v>345</v>
+      </c>
+      <c r="C88" t="s">
+        <v>498</v>
+      </c>
+      <c r="D88" t="s">
+        <v>309</v>
+      </c>
+      <c r="E88" t="s">
+        <v>499</v>
+      </c>
+      <c r="F88" t="s">
+        <v>46</v>
+      </c>
+      <c r="G88" t="s">
+        <v>47</v>
+      </c>
+      <c r="H88"/>
+      <c r="I88" s="3">
+        <v>136.36</v>
+      </c>
+      <c r="J88">
+        <v>165</v>
+      </c>
+      <c r="K88" t="s" s="4">
+        <v>500</v>
+      </c>
+      <c r="L88"/>
+    </row>
+    <row r="89">
+      <c r="A89">
+        <v>8221</v>
+      </c>
+      <c r="B89" t="s">
+        <v>131</v>
+      </c>
+      <c r="C89" t="s">
+        <v>501</v>
+      </c>
+      <c r="D89" t="s">
+        <v>309</v>
+      </c>
+      <c r="E89" t="s">
+        <v>502</v>
+      </c>
+      <c r="F89" t="s">
+        <v>46</v>
+      </c>
+      <c r="G89" t="s">
+        <v>47</v>
+      </c>
+      <c r="H89"/>
+      <c r="I89">
+        <v>219</v>
+      </c>
+      <c r="J89">
+        <v>264.99</v>
+      </c>
+      <c r="K89" t="s" s="4">
+        <v>503</v>
+      </c>
+      <c r="L89"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="K2" r:id="rId81" location="" display="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/"/>
-[...76 lines deleted...]
-    <hyperlink ref="K79" r:id="rId158" location="" display="https://eridas.lt/preke/fujitsu-lifebook-u7512-15-6-fhd-ips-i7-1270p-64gb-ram-1tb-ssd-4/"/>
+    <hyperlink ref="K2" r:id="rId74" location="" display="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/"/>
+    <hyperlink ref="K3" r:id="rId75" location="" display="https://eridas.lt/preke/thinkpad-x395-13-3-fhd-ips-ryzen-5-pro-3500u-16gb-256gb/"/>
+    <hyperlink ref="K4" r:id="rId76" location="" display="https://eridas.lt/preke/lifebook-u728-12-5-ips-i5-8250u-8gb-256gb-svoris-tik-1-105kg/"/>
+    <hyperlink ref="K5" r:id="rId77" location="" display="https://eridas.lt/preke/fujitsu-lifebook-u748-14-fhd-ips-i5-8250u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K6" r:id="rId78" location="" display="https://eridas.lt/preke/dell-latitude-5495/"/>
+    <hyperlink ref="K7" r:id="rId79" location="" display="https://eridas.lt/preke/dell-latitude-5495-14-0-fhd-ips-amd-ryzen-5-2500u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K8" r:id="rId80" location="" display="https://eridas.lt/preke/lenovo-thinkpad-l14-gen-1-ryzen-7-4750u-16gb-512gb-ssd-12-men-garantija/"/>
+    <hyperlink ref="K9" r:id="rId81" location="" display="https://eridas.lt/preke/thinkpad-l14-fhd-ryzen-5-4650u-8gb-128gb-ssd/"/>
+    <hyperlink ref="K10" r:id="rId82" location="" display="https://eridas.lt/preke/fujitsu-lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K11" r:id="rId83" location="" display="https://eridas.lt/preke/fujitsu-lifebook-e756-15-6-fhd-ips-i5-6200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K12" r:id="rId84" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e495-14-0-fhd-ips-ryzen-5-3500u-8-256gb/"/>
+    <hyperlink ref="K13" r:id="rId85" location="" display="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd-2/"/>
+    <hyperlink ref="K14" r:id="rId86" location="" display="https://eridas.lt/preke/lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K15" r:id="rId87" location="" display="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K16" r:id="rId88" location="" display="https://eridas.lt/preke/lifebook-u747-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd-copy/"/>
+    <hyperlink ref="K17" r:id="rId89" location="" display="https://eridas.lt/preke/toshiba-z30-c-16m-13-3-fhd-ips-i7-6500u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K18" r:id="rId90" location="" display="https://eridas.lt/preke/toshiba-z30-c-120-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K19" r:id="rId91" location="" display="https://eridas.lt/preke/lifebook-u727-14-0-fhd-ips-i5-7200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K20" r:id="rId92" location="" display="https://eridas.lt/preke/dell-inspiron-16-16-0-fhd-i5-1235u-8gb-512gb-ssd/"/>
+    <hyperlink ref="K21" r:id="rId93" location="" display="https://eridas.lt/preke/surface-laptop-go-12-4-ips-i5-1035g1-4gb-64gb/"/>
+    <hyperlink ref="K22" r:id="rId94" location="" display="https://eridas.lt/preke/latitude-5410-14-0-i7-10610u-8gb-512tb-ssd-21/"/>
+    <hyperlink ref="K23" r:id="rId95" location="" display="https://eridas.lt/preke/toshiba14-0-hd-tn-matinis-i5-7200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K24" r:id="rId96" location="" display="https://eridas.lt/preke/3618/"/>
+    <hyperlink ref="K25" r:id="rId97" location="" display="https://eridas.lt/preke/17-3-hp-zbook-17-g3-fhd-ips-xeon-e3-1535m-v5-16gb-ram-512gb-ssd-quadro-m5000m-8gb-gddr5/"/>
+    <hyperlink ref="K26" r:id="rId98" location="" display="https://eridas.lt/preke/hp-elitebook-845-g9-fhd-ips-ryzen-5-6650-16-256gb/"/>
+    <hyperlink ref="K27" r:id="rId99" location="" display="https://eridas.lt/preke/hp-zbook-15-g1-workstation-15-6-fhd-matinis-i7-4700mq-8gb-256gb-ssd-nvidia-quadro-k1100m-2gb-gddr5/"/>
+    <hyperlink ref="K28" r:id="rId100" location="" display="https://eridas.lt/preke/thinkpad-t14-gen-1-14-0-hd-tn-ryzen-7-4750u-16gb-256gb-ssd/"/>
+    <hyperlink ref="K29" r:id="rId101" location="" display="https://eridas.lt/preke/cepter-n520-02-15-6-fhd-i5-8250u-16gb-512gb-ssd-1/"/>
+    <hyperlink ref="K30" r:id="rId102" location="" display="https://eridas.lt/preke/medion-s6445-15-6-fhd-ips-i5-8265u-8gb-1tb-ssd-10/"/>
+    <hyperlink ref="K31" r:id="rId103" location="" display="https://eridas.lt/preke/dell-vostro-14-3420-fhd-ips-i7-1255u-16gb-512gb-ssd-24-men-garantija/"/>
+    <hyperlink ref="K32" r:id="rId104" location="" display="https://eridas.lt/preke/dell-latitude-14-3440-14-0-fhd-ips-i5-1335u-8gb-256gb-ssd-24-men-garantija/"/>
+    <hyperlink ref="K33" r:id="rId105" location="" display="https://eridas.lt/preke/hp-zbook-14-g7-firefly-14-0-fhd-ips-i7-10610u-32gb-1tb-ssd-nvidia-quadro-p520-4gb-gddr5/"/>
+    <hyperlink ref="K34" r:id="rId106" location="" display="https://eridas.lt/preke/15-6-fhd-ips-ryzen-5-4500u-16gb-512gb-ssd-0/"/>
+    <hyperlink ref="K35" r:id="rId107" location="" display="https://eridas.lt/preke/isparduodame-lenovo-thinkpad-x13-gen-1-1-14-0-fhd-ips-ryzen-3-4450u-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="K36" r:id="rId108" location="" display="https://eridas.lt/preke/microsoft-surface-laptop-3-13-5-i7-1065g7-16gb-256gb-ssd/"/>
+    <hyperlink ref="K37" r:id="rId109" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t440s-fhd-ips-touchscreen-i7-4600u-12gb-256gb-ssd-21-50/"/>
+    <hyperlink ref="K38" r:id="rId110" location="" display="https://eridas.lt/preke/hp-zbook-17-g3-fhd-xeon-e3-1535m-v5-16gb-256gb-m3000m-4gb/"/>
+    <hyperlink ref="K39" r:id="rId111" location="" display="https://eridas.lt/preke/hp-elitebook-845-g8-fhd-ips-ryzen-5650u-16gb-256gb-30/"/>
+    <hyperlink ref="K40" r:id="rId112" location="" display="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/"/>
+    <hyperlink ref="K41" r:id="rId113" location="" display="https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/"/>
+    <hyperlink ref="K42" r:id="rId114" location="" display="https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/"/>
+    <hyperlink ref="K43" r:id="rId115" location="" display="https://eridas.lt/preke/msi-ge60-15-6-19201080-tn-i7-4700mq-8gb-480gb-ssd-nvidia-gt-750m-2gb-gddr5-baterija-mirusi/"/>
+    <hyperlink ref="K44" r:id="rId116" location="" display="https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/"/>
+    <hyperlink ref="K45" r:id="rId117" location="" display="https://eridas.lt/preke/dell-latitude-7320-13-3-ips-touchscreen-i7-1185g7-32gb-ram-256gb-ssd/"/>
+    <hyperlink ref="K46" r:id="rId118" location="" display="https://eridas.lt/preke/6351/"/>
+    <hyperlink ref="K47" r:id="rId119" location="" display="https://eridas.lt/preke/hp-elitebook-640-g9-i5-1235u-16gb-256gb-ssd-17/"/>
+    <hyperlink ref="K48" r:id="rId120" location="" display="https://eridas.lt/preke/hp-elitetebook-x360-830-g9-2-in-1-i5-1245u-16-256-2026-03-7/"/>
+    <hyperlink ref="K49" r:id="rId121" location="" display="https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija/"/>
+    <hyperlink ref="K50" r:id="rId122" location="" display="https://eridas.lt/preke/asus-vivobook-go-14-ryzen-3-7320u-8gb-256gb-12-men-garantija-0/"/>
+    <hyperlink ref="K51" r:id="rId123" location="" display="https://eridas.lt/preke/hp-zbook-fury-17-g8-17-3-fhd-ips-i7-11850h-64gb-2tb-ssd-rtx-a5000-16gb/"/>
+    <hyperlink ref="K52" r:id="rId124" location="" display="https://eridas.lt/preke/latitude-7340-13-3-fhd-ips-i7-1365u-32gb-512gb-ssd-0/"/>
+    <hyperlink ref="K53" r:id="rId125" location="" display="https://eridas.lt/preke/medion-e15413-15-6-fhd-ips-i7-1255u-16gb-256gb-ssd-0/"/>
+    <hyperlink ref="K54" r:id="rId126" location="" display="https://eridas.lt/preke/dell-precision-5540-15-6-4k-ips-touch-i7-9850h-16gb-512gb-t1000-4gb-0/"/>
+    <hyperlink ref="K55" r:id="rId127" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p15v-gen-3-15-6-fhd-ips-i7-12700h-16gb-1tb-ssd-t1200-4gb-8/"/>
+    <hyperlink ref="K56" r:id="rId128" location="" display="https://eridas.lt/preke/hp-probook-445-g8-14-0-fhd-ips-probook-ryzen-5-4500u-16gb-256gb-ssd/"/>
+    <hyperlink ref="K57" r:id="rId129" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-lenovo-ideapad-3-15alc6-15-6-fhd-ryzen-5-5500u-8gb-256gb-ssd-6/"/>
+    <hyperlink ref="K58" r:id="rId130" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/"/>
+    <hyperlink ref="K59" r:id="rId131" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p15-2nd-gen-15-6-fhd-ips-300-nit-i5-11500h-32gb-1tb-rtx-a2000/"/>
+    <hyperlink ref="K60" r:id="rId132" location="" display="https://eridas.lt/preke/dell-precision-5560-15-6-fhd-ips-i9-11950h-32gb-1tb-a2000-4gb-16/"/>
+    <hyperlink ref="K61" r:id="rId133" location="" display="https://eridas.lt/preke/asus-vivobook-go-14-fhd-tn-matinis-ryzen-5-7520u-8gb-512gb-ssd-10/"/>
+    <hyperlink ref="K62" r:id="rId134" location="" display="https://eridas.lt/preke/845-g11-ips-ryzen-5-8640hs-16-256gb-36-men-garantija-baterijai-12-men/"/>
+    <hyperlink ref="K63" r:id="rId135" location="" display="https://eridas.lt/preke/hp-zbook-17-g7-17-3-fhd-ips-i7-10850h-32gb-512gb-rtx-5000-16gb-max-q-32-su-korpuso-defektu/"/>
+    <hyperlink ref="K64" r:id="rId136" location="" display="https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija-c-grade/"/>
+    <hyperlink ref="K65" r:id="rId137" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t14s-gen-2-14-0-fhd-ips-ryzen-5-4650u-16gb-256gb-0-trukumas-1vnt-usb-c-neveikia/"/>
+    <hyperlink ref="K66" r:id="rId138" location="" display="https://eridas.lt/preke/lenovo-thinkpad-l13-gen-2-13-3-fhd-ips-i7-1165g7-16gb-512gb-gera-baterija/"/>
+    <hyperlink ref="K67" r:id="rId139" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p14s-gen-2-p14s-ts-i7-1165g7-16gb-512gb-quadro-t500-4gb-14/"/>
+    <hyperlink ref="K68" r:id="rId140" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/"/>
+    <hyperlink ref="K69" r:id="rId141" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p17-gen-1-17-3-fhd-ips-i5-10400h-32gb-1tb-ssd-quadro-t1000-4gb-0/"/>
+    <hyperlink ref="K70" r:id="rId142" location="" display="https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/"/>
+    <hyperlink ref="K71" r:id="rId143" location="" display="https://eridas.lt/preke/dell-precision-3520-15-6-fhd-ips-i7-7700hq-32gb-512gb-ssd-quadro-m620-2gb/"/>
+    <hyperlink ref="K72" r:id="rId144" location="" display="https://eridas.lt/preke/asus-zenbook-ux325j-13-3-fhd-ips-i7-1065g7-16gb-512gb-nauja-baterija-a-grade/"/>
+    <hyperlink ref="K73" r:id="rId145" location="" display="https://eridas.lt/preke/dell-precision-5480-14-0-ts-i7-13800h-32gb-512gb-rtx-ada-2000-8gb-0-2028-04-15/"/>
+    <hyperlink ref="K74" r:id="rId146" location="" display="https://eridas.lt/preke/dell-precision-7680-16-500-nit-i7-13850hx-64gb-1tb-rtx-ada-3500-12gb-16-garantija-iki-12-menesiu/"/>
+    <hyperlink ref="K75" r:id="rId147" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p15-gen-2-15-6-4k-ts-oled-i9-11950h-64-512gb-rtx-a4000-8gb-15-a-grade/"/>
+    <hyperlink ref="K76" r:id="rId148" location="" display="https://eridas.lt/preke/hp-zbook-power-g10-15-6-fhd-i7-13800h-32gb-512gb-rtx-2000-8gb-garantija-iki-2027-05-16/"/>
+    <hyperlink ref="K77" r:id="rId149" location="" display="https://eridas.lt/preke/lenovo-thinkpad-l13-yoga-3rd-gen-13-3-fhd-touchscreen-i5-1235u-16gb-12-men-garantija/"/>
+    <hyperlink ref="K78" r:id="rId150" location="" display="https://eridas.lt/preke/dell-precision-3581-15-6-fhdi7-13800h-32gb-512gb-rtx-ada-a500-4gb-gddr6-27-12-menesiu-garantija/"/>
+    <hyperlink ref="K79" r:id="rId151" location="" display="https://eridas.lt/preke/toshiba-tecra-x40-e-dynabook-portege-x40-e-14-fhd-ips-touch-i7-8550u-16gb-256gb-ssd-18/"/>
+    <hyperlink ref="K80" r:id="rId152" location="" display="https://eridas.lt/preke/toshiba-portege-x30-e-dynabook-13-3%e2%80%b3-fhd-ips-i5-8250u-16gb-256gb-ssd-10/"/>
+    <hyperlink ref="K81" r:id="rId153" location="" display="https://eridas.lt/preke/hp-elitebook-840-g6-14-0-fhd-ips-i5-8365u-16gb-256gb-ssd-18/"/>
+    <hyperlink ref="K82" r:id="rId154" location="" display="https://eridas.lt/preke/lenovo-t14-gen-4-14-0-fhd-ips-ryzen-7-7840u-32gb-ram-512gb-ssd-24-men-garantija-baterijai-taipogi-24-men/"/>
+    <hyperlink ref="K83" r:id="rId155" location="" display="https://eridas.lt/preke/t16-g2-16-0-25601440-ryzen-7-7840u-32gb-1tb-ssd-24-men-garantija-baterijai-taipogi-24-men-garantija/"/>
+    <hyperlink ref="K84" r:id="rId156" location="" display="https://eridas.lt/preke/hp-elitebook-840-g6-14-0-fhd-i5-8365u-16gb-256gb-18/"/>
+    <hyperlink ref="K85" r:id="rId157" location="" display="https://eridas.lt/preke/lenovo-thinkpad-x1-8th-gen-touch-14-0-500-nit-i5-10310u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K86" r:id="rId158" location="" display="https://eridas.lt/preke/asus-tuf-gaming-fx505dv-15-6-120hz-ryzen-7-3750h-16gb-512gb-rtx-2060-37/"/>
+    <hyperlink ref="K87" r:id="rId159" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e15-15-6-i5-10210u-8gb-256gb-12/"/>
+    <hyperlink ref="K88" r:id="rId160" location="" display="https://eridas.lt/preke/acer-aspire-5-a515-51-15-6-fhd-ips-i3-8130u-8gb-256gb-17-windows-11-home/"/>
+    <hyperlink ref="K89" r:id="rId161" location="" display="https://eridas.lt/preke/dell-latitude-3520-156-fhd-ips-i5-1135g7-8gb-256gb-ssd-0/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J44"/>
+  <dimension ref="A1:J45"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="29" customWidth="1"/>
     <col min="5" max="5" width="50" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C1" t="s" s="2">
+        <v>36</v>
+      </c>
+      <c r="D1" t="s" s="2">
+        <v>213</v>
+      </c>
+      <c r="E1" t="s" s="2">
         <v>38</v>
       </c>
-      <c r="D1" t="s" s="2">
-[...2 lines deleted...]
-      <c r="E1" t="s" s="2">
+      <c r="F1" t="s" s="2">
+        <v>39</v>
+      </c>
+      <c r="G1" t="s" s="2">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2813</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="D2" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E2" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="F2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H2" s="3">
         <v>81.82</v>
       </c>
       <c r="I2">
         <v>99</v>
       </c>
       <c r="J2" t="s" s="4">
-        <v>492</v>
+        <v>506</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2855</v>
       </c>
       <c r="B3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C3" t="s">
-        <v>493</v>
+        <v>507</v>
       </c>
       <c r="D3" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="E3" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="F3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H3" s="3">
         <v>74.38</v>
       </c>
       <c r="I3">
         <v>90</v>
       </c>
       <c r="J3" t="s" s="4">
-        <v>496</v>
+        <v>510</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>2947</v>
       </c>
       <c r="B4" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C4" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="D4" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E4" t="s">
-        <v>498</v>
+        <v>512</v>
       </c>
       <c r="F4" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="G4" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H4" s="3">
         <v>66.12</v>
       </c>
       <c r="I4">
         <v>80.01</v>
       </c>
       <c r="J4" t="s" s="4">
-        <v>499</v>
+        <v>513</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>2948</v>
       </c>
       <c r="B5" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C5" t="s">
-        <v>500</v>
+        <v>514</v>
       </c>
       <c r="D5" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="E5" t="s">
-        <v>501</v>
+        <v>515</v>
       </c>
       <c r="F5" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H5" s="3">
         <v>78.51</v>
       </c>
       <c r="I5">
         <v>95</v>
       </c>
       <c r="J5" t="s" s="4">
-        <v>502</v>
+        <v>516</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>2949</v>
       </c>
       <c r="B6" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C6" t="s">
-        <v>503</v>
+        <v>517</v>
       </c>
       <c r="D6" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E6" t="s">
-        <v>504</v>
+        <v>518</v>
       </c>
       <c r="F6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G6" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H6" s="3">
         <v>57.85</v>
       </c>
       <c r="I6">
         <v>70</v>
       </c>
       <c r="J6" t="s" s="4">
-        <v>505</v>
+        <v>519</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>2950</v>
       </c>
       <c r="B7" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C7" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="D7" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="E7" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="F7" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G7" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H7" s="3">
         <v>99.17</v>
       </c>
       <c r="I7">
         <v>120</v>
       </c>
       <c r="J7" t="s" s="4">
-        <v>506</v>
+        <v>520</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>2951</v>
       </c>
       <c r="B8" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C8" t="s">
-        <v>503</v>
+        <v>517</v>
       </c>
       <c r="D8" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E8" t="s">
-        <v>504</v>
+        <v>518</v>
       </c>
       <c r="F8" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="G8" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H8" s="3">
         <v>53.72</v>
       </c>
       <c r="I8">
         <v>65</v>
       </c>
       <c r="J8" t="s" s="4">
-        <v>507</v>
+        <v>521</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>2952</v>
       </c>
       <c r="B9" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C9" t="s">
-        <v>500</v>
+        <v>514</v>
       </c>
       <c r="D9" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="E9" t="s">
-        <v>501</v>
+        <v>515</v>
       </c>
       <c r="F9" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="G9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H9" s="3">
         <v>78.51</v>
       </c>
       <c r="I9">
         <v>95</v>
       </c>
       <c r="J9" t="s" s="4">
-        <v>508</v>
+        <v>522</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>2954</v>
       </c>
       <c r="B10" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C10" t="s">
-        <v>503</v>
+        <v>517</v>
       </c>
       <c r="D10" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="E10" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="F10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G10" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H10" s="3">
         <v>53.72</v>
       </c>
       <c r="I10">
         <v>65</v>
       </c>
       <c r="J10" t="s" s="4">
-        <v>511</v>
+        <v>525</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>2955</v>
       </c>
       <c r="B11" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C11" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
       <c r="D11" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E11" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="F11" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H11" s="3">
         <v>53.72</v>
       </c>
       <c r="I11">
         <v>65</v>
       </c>
       <c r="J11" t="s" s="4">
-        <v>514</v>
+        <v>528</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>2960</v>
       </c>
       <c r="B12" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C12" t="s">
-        <v>271</v>
+        <v>255</v>
       </c>
       <c r="D12" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="E12" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H12" s="3">
         <v>82.64</v>
       </c>
       <c r="I12">
         <v>99.99</v>
       </c>
       <c r="J12" t="s" s="4">
-        <v>515</v>
+        <v>529</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>2962</v>
       </c>
       <c r="B13" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C13" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="D13" t="s">
-        <v>517</v>
+        <v>531</v>
       </c>
       <c r="E13" t="s">
-        <v>518</v>
+        <v>532</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G13" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H13" s="3">
         <v>74.38</v>
       </c>
       <c r="I13">
         <v>90</v>
       </c>
       <c r="J13" t="s" s="4">
-        <v>519</v>
+        <v>533</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>2967</v>
       </c>
       <c r="B14" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="C14" t="s">
-        <v>520</v>
+        <v>534</v>
       </c>
       <c r="D14" t="s">
-        <v>517</v>
+        <v>531</v>
       </c>
       <c r="E14" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="F14" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G14" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H14" s="3">
         <v>78.51</v>
       </c>
       <c r="I14">
         <v>95</v>
       </c>
       <c r="J14" t="s" s="4">
-        <v>521</v>
+        <v>535</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>3011</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>522</v>
+        <v>536</v>
       </c>
       <c r="D15" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="E15" t="s">
-        <v>523</v>
+        <v>537</v>
       </c>
       <c r="F15" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G15" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H15" s="3">
         <v>74.38</v>
       </c>
       <c r="I15">
         <v>90</v>
       </c>
       <c r="J15" t="s" s="4">
-        <v>524</v>
+        <v>538</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>3181</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>525</v>
+        <v>539</v>
       </c>
       <c r="D16" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E16" t="s">
-        <v>518</v>
+        <v>532</v>
       </c>
       <c r="F16" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G16" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H16" s="3">
         <v>74.38</v>
       </c>
       <c r="I16">
         <v>90</v>
       </c>
       <c r="J16" t="s" s="4">
-        <v>526</v>
+        <v>540</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>3722</v>
       </c>
       <c r="B17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C17" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="D17" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="E17" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="F17" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H17" s="3">
         <v>57.85</v>
       </c>
       <c r="I17">
         <v>70</v>
       </c>
       <c r="J17" t="s" s="4">
-        <v>528</v>
+        <v>542</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>3728</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s">
-        <v>529</v>
+        <v>543</v>
       </c>
       <c r="D18" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E18" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="F18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H18">
         <v>50</v>
       </c>
       <c r="I18">
         <v>60.5</v>
       </c>
       <c r="J18" t="s" s="4">
-        <v>530</v>
+        <v>544</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>3905</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C19" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
       <c r="D19" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E19" t="s">
-        <v>532</v>
+        <v>546</v>
       </c>
       <c r="F19" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G19" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
       <c r="H19" s="3">
         <v>45.45</v>
       </c>
       <c r="I19">
         <v>54.99</v>
       </c>
       <c r="J19" t="s" s="4">
-        <v>534</v>
+        <v>548</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>3908</v>
       </c>
       <c r="B20" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C20" t="s">
-        <v>535</v>
+        <v>549</v>
       </c>
       <c r="D20" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E20" t="s">
-        <v>536</v>
+        <v>550</v>
       </c>
       <c r="F20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G20" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
       <c r="H20" s="3">
         <v>41.32</v>
       </c>
       <c r="I20">
         <v>50</v>
       </c>
       <c r="J20" t="s" s="4">
-        <v>537</v>
+        <v>551</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>4092</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C21" t="s">
-        <v>538</v>
+        <v>552</v>
       </c>
       <c r="D21" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E21" t="s">
-        <v>532</v>
+        <v>546</v>
       </c>
       <c r="F21" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G21" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
       <c r="H21" s="3">
         <v>49.59</v>
       </c>
       <c r="I21">
         <v>60</v>
       </c>
       <c r="J21" t="s" s="4">
-        <v>539</v>
+        <v>553</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>4094</v>
       </c>
       <c r="B22" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C22" t="s">
-        <v>540</v>
+        <v>554</v>
       </c>
       <c r="D22" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E22" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="F22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G22" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
       <c r="H22" s="3">
         <v>45.45</v>
       </c>
       <c r="I22">
         <v>54.99</v>
       </c>
       <c r="J22" t="s" s="4">
-        <v>542</v>
+        <v>556</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>4096</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23" t="s">
-        <v>543</v>
+        <v>557</v>
       </c>
       <c r="D23" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E23" t="s">
-        <v>532</v>
+        <v>546</v>
       </c>
       <c r="F23" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G23" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
       <c r="H23" s="3">
         <v>49.59</v>
       </c>
       <c r="I23">
         <v>60</v>
       </c>
       <c r="J23" t="s" s="4">
-        <v>544</v>
+        <v>558</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>4098</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C24" t="s">
-        <v>545</v>
+        <v>559</v>
       </c>
       <c r="D24" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="E24" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="F24" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G24" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
       <c r="H24" s="3">
         <v>45.45</v>
       </c>
       <c r="I24">
         <v>54.99</v>
       </c>
       <c r="J24" t="s" s="4">
-        <v>546</v>
+        <v>560</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>4100</v>
       </c>
       <c r="B25" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C25" t="s">
+        <v>561</v>
+      </c>
+      <c r="D25" t="s">
+        <v>562</v>
+      </c>
+      <c r="E25" t="s">
+        <v>563</v>
+      </c>
+      <c r="F25" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" t="s">
         <v>547</v>
-      </c>
-[...10 lines deleted...]
-        <v>533</v>
       </c>
       <c r="H25" s="3">
         <v>40.50</v>
       </c>
       <c r="I25">
         <v>49.01</v>
       </c>
       <c r="J25" t="s" s="4">
-        <v>550</v>
+        <v>564</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>4142</v>
       </c>
       <c r="B26"/>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26" s="3">
         <v>37.19</v>
       </c>
       <c r="I26">
         <v>45</v>
       </c>
       <c r="J26" t="s" s="4">
-        <v>551</v>
+        <v>565</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>4145</v>
       </c>
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" s="3">
         <v>37.19</v>
       </c>
       <c r="I27">
         <v>45</v>
       </c>
       <c r="J27" t="s" s="4">
-        <v>552</v>
+        <v>566</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>4154</v>
       </c>
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" s="3">
         <v>37.19</v>
       </c>
       <c r="I28">
         <v>45</v>
       </c>
       <c r="J28" t="s" s="4">
-        <v>553</v>
+        <v>567</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>4159</v>
       </c>
       <c r="B29"/>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29" s="3">
         <v>37.19</v>
       </c>
       <c r="I29">
         <v>45</v>
       </c>
       <c r="J29" t="s" s="4">
-        <v>554</v>
+        <v>568</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>4599</v>
       </c>
       <c r="B30" t="s">
-        <v>208</v>
+        <v>345</v>
       </c>
       <c r="C30" t="s">
-        <v>555</v>
+        <v>569</v>
       </c>
       <c r="D30" t="s">
-        <v>556</v>
+        <v>570</v>
       </c>
       <c r="E30" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="F30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G30" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H30" s="3">
         <v>66.12</v>
       </c>
       <c r="I30">
         <v>80.01</v>
       </c>
       <c r="J30" t="s" s="4">
-        <v>558</v>
+        <v>572</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>4628</v>
       </c>
       <c r="B31" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="C31" t="s">
-        <v>559</v>
+        <v>573</v>
       </c>
       <c r="D31" t="s">
-        <v>556</v>
+        <v>570</v>
       </c>
       <c r="E31" t="s">
-        <v>560</v>
+        <v>574</v>
       </c>
       <c r="F31" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G31" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H31" s="3">
         <v>37.19</v>
       </c>
       <c r="I31">
         <v>45</v>
       </c>
       <c r="J31" t="s" s="4">
-        <v>561</v>
+        <v>575</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>4651</v>
       </c>
       <c r="B32" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C32" t="s">
-        <v>352</v>
+        <v>330</v>
       </c>
       <c r="D32" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="E32" t="s">
-        <v>501</v>
+        <v>515</v>
       </c>
       <c r="F32" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G32" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H32" s="3">
         <v>66.12</v>
       </c>
       <c r="I32">
         <v>80.01</v>
       </c>
       <c r="J32" t="s" s="4">
-        <v>562</v>
+        <v>576</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>4791</v>
       </c>
       <c r="B33" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C33" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
       <c r="D33" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="E33" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="F33" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G33" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H33" s="3">
         <v>82.64</v>
       </c>
       <c r="I33">
         <v>99.99</v>
       </c>
       <c r="J33" t="s" s="4">
-        <v>564</v>
+        <v>578</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>5646</v>
       </c>
       <c r="B34" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C34" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="D34" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="E34" t="s">
-        <v>566</v>
+        <v>580</v>
       </c>
       <c r="F34" t="s">
-        <v>355</v>
+        <v>333</v>
       </c>
       <c r="G34" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H34" s="3">
         <v>82.64</v>
       </c>
       <c r="I34">
         <v>99.99</v>
       </c>
       <c r="J34" t="s" s="4">
-        <v>567</v>
+        <v>581</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>5865</v>
       </c>
       <c r="B35" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C35" t="s">
-        <v>568</v>
+        <v>582</v>
       </c>
       <c r="D35" t="s">
-        <v>569</v>
+        <v>583</v>
       </c>
       <c r="E35" t="s">
-        <v>570</v>
+        <v>584</v>
       </c>
       <c r="F35" t="s">
-        <v>571</v>
+        <v>585</v>
       </c>
       <c r="G35" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H35" s="3">
         <v>82.64</v>
       </c>
       <c r="I35">
         <v>99.99</v>
       </c>
       <c r="J35" t="s" s="4">
-        <v>572</v>
+        <v>586</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>5876</v>
       </c>
       <c r="B36" t="s">
-        <v>208</v>
+        <v>345</v>
       </c>
       <c r="C36" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="D36" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="E36" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="F36" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="G36" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H36" s="3">
         <v>82.64</v>
       </c>
       <c r="I36">
         <v>99.99</v>
       </c>
       <c r="J36" t="s" s="4">
-        <v>576</v>
+        <v>590</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>6150</v>
       </c>
       <c r="B37" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C37" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="D37" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="E37" t="s">
-        <v>578</v>
+        <v>592</v>
       </c>
       <c r="F37" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G37" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H37" s="3">
         <v>74.38</v>
       </c>
       <c r="I37">
         <v>90</v>
       </c>
       <c r="J37" t="s" s="4">
-        <v>579</v>
+        <v>593</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>6158</v>
       </c>
       <c r="B38" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C38" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="D38" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="E38" t="s">
-        <v>581</v>
+        <v>595</v>
       </c>
       <c r="F38" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G38" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H38" s="3">
         <v>66.12</v>
       </c>
       <c r="I38">
         <v>80.01</v>
       </c>
       <c r="J38" t="s" s="4">
-        <v>582</v>
+        <v>596</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>6181</v>
       </c>
       <c r="B39" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C39" t="s">
-        <v>583</v>
+        <v>597</v>
       </c>
       <c r="D39" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="E39" t="s">
-        <v>584</v>
+        <v>598</v>
       </c>
       <c r="F39" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G39" t="s">
-        <v>585</v>
+        <v>599</v>
       </c>
       <c r="H39" s="3">
         <v>74.38</v>
       </c>
       <c r="I39">
         <v>90</v>
       </c>
       <c r="J39" t="s" s="4">
-        <v>586</v>
+        <v>600</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>6682</v>
       </c>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40">
         <v>40</v>
       </c>
       <c r="I40">
         <v>48.4</v>
       </c>
       <c r="J40" t="s" s="4">
-        <v>587</v>
+        <v>601</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>6687</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41">
         <v>60</v>
       </c>
       <c r="I41">
         <v>72.6</v>
       </c>
       <c r="J41" t="s" s="4">
-        <v>588</v>
+        <v>602</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>6692</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42">
         <v>35</v>
       </c>
       <c r="I42">
         <v>42.35</v>
       </c>
       <c r="J42" t="s" s="4">
-        <v>589</v>
+        <v>603</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>6867</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43" s="3">
         <v>53.72</v>
       </c>
       <c r="I43">
         <v>65</v>
       </c>
       <c r="J43" t="s" s="4">
-        <v>590</v>
+        <v>604</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>7313</v>
       </c>
       <c r="B44" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C44" t="s">
-        <v>361</v>
+        <v>605</v>
       </c>
       <c r="D44" t="s">
-        <v>266</v>
+        <v>250</v>
       </c>
       <c r="E44" t="s">
-        <v>591</v>
+        <v>606</v>
       </c>
       <c r="F44" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G44" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H44" s="3">
         <v>66.12</v>
       </c>
       <c r="I44">
         <v>80.01</v>
       </c>
       <c r="J44" t="s" s="4">
-        <v>592</v>
+        <v>607</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45">
+        <v>8038</v>
+      </c>
+      <c r="B45" t="s">
+        <v>49</v>
+      </c>
+      <c r="C45" t="s">
+        <v>608</v>
+      </c>
+      <c r="D45" t="s">
+        <v>259</v>
+      </c>
+      <c r="E45" t="s">
+        <v>609</v>
+      </c>
+      <c r="F45" t="s">
+        <v>53</v>
+      </c>
+      <c r="G45" t="s">
+        <v>65</v>
+      </c>
+      <c r="H45" s="3">
+        <v>82.64</v>
+      </c>
+      <c r="I45">
+        <v>99.99</v>
+      </c>
+      <c r="J45" t="s" s="4">
+        <v>610</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId159" location="" display="https://eridas.lt/preke/thinkpad-t440s-fhd-ips-i7-4600u-8gb-256gb/"/>
-[...41 lines deleted...]
-    <hyperlink ref="J44" r:id="rId201" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/"/>
+    <hyperlink ref="J2" r:id="rId162" location="" display="https://eridas.lt/preke/thinkpad-t440s-fhd-ips-i7-4600u-8gb-256gb/"/>
+    <hyperlink ref="J3" r:id="rId163" location="" display="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/"/>
+    <hyperlink ref="J4" r:id="rId164" location="" display="https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/"/>
+    <hyperlink ref="J5" r:id="rId165" location="" display="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/"/>
+    <hyperlink ref="J6" r:id="rId166" location="" display="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J7" r:id="rId167" location="" display="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/"/>
+    <hyperlink ref="J8" r:id="rId168" location="" display="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/"/>
+    <hyperlink ref="J9" r:id="rId169" location="" display="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/"/>
+    <hyperlink ref="J10" r:id="rId170" location="" display="https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J11" r:id="rId171" location="" display="https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/"/>
+    <hyperlink ref="J12" r:id="rId172" location="" display="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J13" r:id="rId173" location="" display="https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/"/>
+    <hyperlink ref="J14" r:id="rId174" location="" display="https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J15" r:id="rId175" location="" display="https://eridas.lt/preke/fujitsu-celsius-h720-15-6-hd-i5-3340m-8gb-256gb-quadro-k2000m-2gb/"/>
+    <hyperlink ref="J16" r:id="rId176" location="" display="https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/"/>
+    <hyperlink ref="J17" r:id="rId177" location="" display="https://eridas.lt/preke/fujitsu-lifebook-u745-14-0-i5-5200u-8gb-256gb-ssd-13/"/>
+    <hyperlink ref="J18" r:id="rId178" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/"/>
+    <hyperlink ref="J19" r:id="rId179" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J20" r:id="rId180" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J21" r:id="rId181" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J22" r:id="rId182" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J23" r:id="rId183" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J24" r:id="rId184" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J25" r:id="rId185" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t410-14-1-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J26" r:id="rId186" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/"/>
+    <hyperlink ref="J27" r:id="rId187" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/"/>
+    <hyperlink ref="J28" r:id="rId188" location="" display="https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/"/>
+    <hyperlink ref="J29" r:id="rId189" location="" display="https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/"/>
+    <hyperlink ref="J30" r:id="rId190" location="" display="https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/"/>
+    <hyperlink ref="J31" r:id="rId191" location="" display="https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/"/>
+    <hyperlink ref="J32" r:id="rId192" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t440s-14-0-1600900-i5-4300u-8gb-128gb-ssd-talpi-baterija-su-6-susidevejimu-vidine/"/>
+    <hyperlink ref="J33" r:id="rId193" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t450-14-0-1600900-i5-5300u-8gb-256gb-ssd/"/>
+    <hyperlink ref="J34" r:id="rId194" location="" display="https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/"/>
+    <hyperlink ref="J35" r:id="rId195" location="" display="https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/"/>
+    <hyperlink ref="J36" r:id="rId196" location="" display="https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/"/>
+    <hyperlink ref="J37" r:id="rId197" location="" display="https://eridas.lt/preke/hp-elitebook-850-g115-6-fhd-blizgus-i3-6006u-8gb-256gb-ssd-16/"/>
+    <hyperlink ref="J38" r:id="rId198" location="" display="https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/"/>
+    <hyperlink ref="J39" r:id="rId199" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t530-15-6-19201080-i7-3610qe-8gb-192gb-ssd-nvidia-quadro-5400m-1gb-49/"/>
+    <hyperlink ref="J40" r:id="rId200" location="" display="https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/"/>
+    <hyperlink ref="J41" r:id="rId201" location="" display="https://eridas.lt/preke/toshiba-15-6hd-i7-4600u-16gb-256gb-ssd-mirusi-baterija/"/>
+    <hyperlink ref="J42" r:id="rId202" location="" display="https://eridas.lt/preke/15-6-hd-ips-i3-5005u-8gb-500gb-hdd/"/>
+    <hyperlink ref="J43" r:id="rId203" location="" display="https://eridas.lt/preke/tecra-z40-b-14-0-1600900-i5-5200u-8gb-500gb-ssd-19/"/>
+    <hyperlink ref="J44" r:id="rId204" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/"/>
+    <hyperlink ref="J45" r:id="rId205" location="" display="https://eridas.lt/preke/lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-3-2300u-16gb-128gb-ssd-1vnt-baterija/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J67"/>
+  <dimension ref="A1:J61"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
-    <col min="3" max="3" width="27" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="54" customWidth="1"/>
+    <col min="3" max="3" width="31" customWidth="1"/>
+    <col min="4" max="4" width="31" customWidth="1"/>
+    <col min="5" max="5" width="50" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C1" t="s" s="2">
+        <v>36</v>
+      </c>
+      <c r="D1" t="s" s="2">
+        <v>213</v>
+      </c>
+      <c r="E1" t="s" s="2">
         <v>38</v>
       </c>
-      <c r="D1" t="s" s="2">
-[...2 lines deleted...]
-      <c r="E1" t="s" s="2">
+      <c r="F1" t="s" s="2">
+        <v>39</v>
+      </c>
+      <c r="G1" t="s" s="2">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2894</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>593</v>
+        <v>611</v>
       </c>
       <c r="D2" t="s">
-        <v>594</v>
+        <v>612</v>
       </c>
       <c r="E2" t="s">
-        <v>237</v>
+        <v>221</v>
       </c>
       <c r="F2" t="s">
-        <v>595</v>
+        <v>613</v>
       </c>
       <c r="G2" t="s">
-        <v>596</v>
+        <v>614</v>
       </c>
       <c r="H2">
         <v>1000</v>
       </c>
       <c r="I2">
         <v>1210</v>
       </c>
       <c r="J2" t="s" s="4">
-        <v>597</v>
+        <v>615</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2899</v>
       </c>
       <c r="B3" t="s">
-        <v>426</v>
+        <v>377</v>
       </c>
       <c r="C3" t="s">
-        <v>598</v>
+        <v>616</v>
       </c>
       <c r="D3" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="E3" t="s">
-        <v>599</v>
+        <v>617</v>
       </c>
       <c r="F3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H3" s="3">
         <v>205.79</v>
       </c>
       <c r="I3">
         <v>249.01</v>
       </c>
       <c r="J3" t="s" s="4">
-        <v>600</v>
+        <v>618</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3311</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" s="3">
         <v>29.75</v>
       </c>
       <c r="I4">
         <v>36</v>
       </c>
       <c r="J4" t="s" s="4">
-        <v>601</v>
+        <v>619</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>3421</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>602</v>
+        <v>620</v>
       </c>
       <c r="D5" t="s">
-        <v>517</v>
+        <v>531</v>
       </c>
       <c r="E5" t="s">
-        <v>603</v>
+        <v>621</v>
       </c>
       <c r="F5" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="G5" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H5" s="3">
         <v>28.93</v>
       </c>
       <c r="I5">
         <v>35.01</v>
       </c>
       <c r="J5" t="s" s="4">
-        <v>604</v>
+        <v>622</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>3424</v>
       </c>
       <c r="B6" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="C6" t="s">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="D6" t="s">
-        <v>607</v>
+        <v>625</v>
       </c>
       <c r="E6" t="s">
-        <v>371</v>
+        <v>626</v>
       </c>
       <c r="F6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G6" t="s">
-        <v>608</v>
+        <v>627</v>
       </c>
       <c r="H6" s="3">
         <v>41.32</v>
       </c>
       <c r="I6">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="4">
-        <v>609</v>
+        <v>628</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>3507</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>610</v>
+        <v>629</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7">
         <v>60</v>
       </c>
       <c r="I7">
         <v>72.6</v>
       </c>
       <c r="J7" t="s" s="4">
-        <v>612</v>
+        <v>631</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>3512</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>613</v>
+        <v>632</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8">
         <v>35</v>
       </c>
       <c r="I8">
         <v>42.35</v>
       </c>
       <c r="J8" t="s" s="4">
-        <v>614</v>
+        <v>633</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>3603</v>
       </c>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9">
         <v>45</v>
       </c>
       <c r="I9">
         <v>54.45</v>
       </c>
       <c r="J9" t="s" s="4">
-        <v>615</v>
+        <v>634</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>3609</v>
       </c>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10">
         <v>50</v>
       </c>
       <c r="I10">
         <v>60.5</v>
       </c>
       <c r="J10" t="s" s="4">
-        <v>616</v>
+        <v>635</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>3626</v>
       </c>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11">
         <v>50</v>
       </c>
       <c r="I11">
         <v>60.5</v>
       </c>
       <c r="J11" t="s" s="4">
-        <v>617</v>
+        <v>636</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3650</v>
+        <v>3657</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C12" t="s">
-        <v>618</v>
+        <v>637</v>
       </c>
       <c r="D12" t="s">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="E12" t="s">
-        <v>332</v>
+        <v>234</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G12" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="H12" s="3">
-        <v>133.47</v>
+        <v>57.85</v>
       </c>
       <c r="I12">
-        <v>161.5</v>
+        <v>70</v>
       </c>
       <c r="J12" t="s" s="4">
-        <v>619</v>
+        <v>638</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3657</v>
+        <v>3663</v>
       </c>
       <c r="B13" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C13" t="s">
-        <v>620</v>
+        <v>223</v>
       </c>
       <c r="D13" t="s">
-        <v>275</v>
+        <v>253</v>
       </c>
       <c r="E13" t="s">
-        <v>250</v>
+        <v>225</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>47</v>
       </c>
       <c r="H13" s="3">
-        <v>57.85</v>
+        <v>123.97</v>
       </c>
       <c r="I13">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="J13" t="s" s="4">
-        <v>621</v>
+        <v>639</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3663</v>
+        <v>3673</v>
       </c>
       <c r="B14" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="C14" t="s">
-        <v>239</v>
+        <v>640</v>
       </c>
       <c r="D14" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
       <c r="E14" t="s">
-        <v>241</v>
+        <v>641</v>
       </c>
       <c r="F14" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G14" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H14" s="3">
-        <v>123.97</v>
+        <v>132.23</v>
       </c>
       <c r="I14">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="J14" t="s" s="4">
-        <v>622</v>
+        <v>642</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3673</v>
+        <v>3715</v>
       </c>
       <c r="B15" t="s">
-        <v>138</v>
+        <v>274</v>
       </c>
       <c r="C15" t="s">
-        <v>300</v>
+        <v>643</v>
       </c>
       <c r="D15" t="s">
-        <v>301</v>
+        <v>625</v>
       </c>
       <c r="E15" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="F15" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G15" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H15" s="3">
-        <v>132.23</v>
+        <v>58.33</v>
       </c>
       <c r="I15">
-        <v>160</v>
+        <v>70.58</v>
       </c>
       <c r="J15" t="s" s="4">
-        <v>624</v>
+        <v>644</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3715</v>
+        <v>3854</v>
       </c>
       <c r="B16" t="s">
-        <v>290</v>
+        <v>49</v>
       </c>
       <c r="C16" t="s">
-        <v>625</v>
+        <v>611</v>
       </c>
       <c r="D16" t="s">
-        <v>607</v>
+        <v>645</v>
       </c>
       <c r="E16" t="s">
-        <v>371</v>
+        <v>221</v>
       </c>
       <c r="F16" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G16" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>58.33</v>
+        <v>69</v>
+      </c>
+      <c r="H16">
+        <v>50</v>
       </c>
       <c r="I16">
-        <v>70.58</v>
+        <v>60.5</v>
       </c>
       <c r="J16" t="s" s="4">
-        <v>626</v>
+        <v>646</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3854</v>
-[...18 lines deleted...]
-      </c>
+        <v>3858</v>
+      </c>
+      <c r="B17"/>
+      <c r="C17"/>
+      <c r="D17"/>
+      <c r="E17"/>
+      <c r="F17"/>
+      <c r="G17"/>
       <c r="H17">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I17">
-        <v>60.5</v>
+        <v>42.35</v>
       </c>
       <c r="J17" t="s" s="4">
-        <v>627</v>
+        <v>647</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3858</v>
+        <v>4081</v>
       </c>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="I18">
-        <v>42.35</v>
+        <v>60.5</v>
       </c>
       <c r="J18" t="s" s="4">
-        <v>628</v>
+        <v>648</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>4081</v>
-[...8 lines deleted...]
-        <v>50</v>
+        <v>4105</v>
+      </c>
+      <c r="B19" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" t="s">
+        <v>649</v>
+      </c>
+      <c r="D19" t="s">
+        <v>331</v>
+      </c>
+      <c r="E19" t="s">
+        <v>245</v>
+      </c>
+      <c r="F19" t="s">
+        <v>46</v>
+      </c>
+      <c r="G19" t="s">
+        <v>65</v>
+      </c>
+      <c r="H19" s="3">
+        <v>74.38</v>
       </c>
       <c r="I19">
-        <v>60.5</v>
+        <v>90</v>
       </c>
       <c r="J19" t="s" s="4">
-        <v>629</v>
+        <v>650</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>4105</v>
+        <v>4197</v>
       </c>
       <c r="B20" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="C20" t="s">
-        <v>630</v>
+        <v>651</v>
       </c>
       <c r="D20" t="s">
-        <v>353</v>
+        <v>253</v>
       </c>
       <c r="E20" t="s">
-        <v>261</v>
+        <v>652</v>
       </c>
       <c r="F20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G20" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="H20" s="3">
-        <v>74.38</v>
+        <v>132.23</v>
       </c>
       <c r="I20">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="J20" t="s" s="4">
-        <v>631</v>
+        <v>653</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>4197</v>
+        <v>4274</v>
       </c>
       <c r="B21" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C21" t="s">
-        <v>632</v>
+        <v>654</v>
       </c>
       <c r="D21" t="s">
-        <v>269</v>
+        <v>570</v>
       </c>
       <c r="E21" t="s">
-        <v>633</v>
+        <v>256</v>
       </c>
       <c r="F21" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G21" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>132.23</v>
+        <v>65</v>
+      </c>
+      <c r="H21">
+        <v>80</v>
       </c>
       <c r="I21">
-        <v>160</v>
+        <v>96.8</v>
       </c>
       <c r="J21" t="s" s="4">
-        <v>634</v>
+        <v>655</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>4274</v>
+        <v>4442</v>
       </c>
       <c r="B22" t="s">
-        <v>138</v>
+        <v>49</v>
       </c>
       <c r="C22" t="s">
-        <v>635</v>
+        <v>656</v>
       </c>
       <c r="D22" t="s">
-        <v>556</v>
+        <v>299</v>
       </c>
       <c r="E22" t="s">
-        <v>272</v>
+        <v>221</v>
       </c>
       <c r="F22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G22" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>65</v>
+      </c>
+      <c r="H22" s="3">
+        <v>74.38</v>
       </c>
       <c r="I22">
-        <v>96.8</v>
+        <v>90</v>
       </c>
       <c r="J22" t="s" s="4">
-        <v>636</v>
+        <v>657</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>4442</v>
+        <v>4458</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="C23" t="s">
-        <v>637</v>
+        <v>658</v>
       </c>
       <c r="D23" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="E23" t="s">
-        <v>237</v>
+        <v>659</v>
       </c>
       <c r="F23" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="G23" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="H23" s="3">
-        <v>74.38</v>
+        <v>107.43</v>
       </c>
       <c r="I23">
-        <v>90</v>
+        <v>129.99</v>
       </c>
       <c r="J23" t="s" s="4">
-        <v>638</v>
+        <v>660</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>4458</v>
+        <v>4465</v>
       </c>
       <c r="B24" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C24" t="s">
-        <v>639</v>
+        <v>661</v>
       </c>
       <c r="D24" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="E24" t="s">
-        <v>640</v>
+        <v>532</v>
       </c>
       <c r="F24" t="s">
-        <v>116</v>
+        <v>46</v>
       </c>
       <c r="G24" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>107.43</v>
+        <v>47</v>
+      </c>
+      <c r="H24">
+        <v>50</v>
       </c>
       <c r="I24">
-        <v>129.99</v>
+        <v>60.5</v>
       </c>
       <c r="J24" t="s" s="4">
-        <v>641</v>
+        <v>662</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>4465</v>
+        <v>4471</v>
       </c>
       <c r="B25" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="C25" t="s">
-        <v>642</v>
+        <v>663</v>
       </c>
       <c r="D25" t="s">
-        <v>301</v>
+        <v>664</v>
       </c>
       <c r="E25" t="s">
-        <v>518</v>
+        <v>665</v>
       </c>
       <c r="F25" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G25" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="H25">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I25">
-        <v>60.5</v>
+        <v>42.35</v>
       </c>
       <c r="J25" t="s" s="4">
-        <v>643</v>
+        <v>666</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>4471</v>
+        <v>4513</v>
       </c>
       <c r="B26" t="s">
-        <v>208</v>
+        <v>345</v>
       </c>
       <c r="C26" t="s">
-        <v>644</v>
+        <v>667</v>
       </c>
       <c r="D26" t="s">
-        <v>645</v>
+        <v>664</v>
       </c>
       <c r="E26" t="s">
-        <v>646</v>
+        <v>668</v>
       </c>
       <c r="F26" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G26" t="s">
-        <v>67</v>
+        <v>669</v>
       </c>
       <c r="H26">
         <v>35</v>
       </c>
       <c r="I26">
         <v>42.35</v>
       </c>
       <c r="J26" t="s" s="4">
-        <v>647</v>
+        <v>670</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>4513</v>
+        <v>4524</v>
       </c>
       <c r="B27" t="s">
-        <v>208</v>
+        <v>49</v>
       </c>
       <c r="C27" t="s">
-        <v>648</v>
+        <v>671</v>
       </c>
       <c r="D27" t="s">
-        <v>645</v>
+        <v>331</v>
       </c>
       <c r="E27" t="s">
-        <v>649</v>
+        <v>260</v>
       </c>
       <c r="F27" t="s">
-        <v>48</v>
+        <v>278</v>
       </c>
       <c r="G27" t="s">
-        <v>650</v>
+        <v>47</v>
       </c>
       <c r="H27">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="I27">
-        <v>42.35</v>
+        <v>78.65</v>
       </c>
       <c r="J27" t="s" s="4">
-        <v>651</v>
+        <v>672</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>4524</v>
+        <v>4548</v>
       </c>
       <c r="B28" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C28" t="s">
-        <v>652</v>
+        <v>673</v>
       </c>
       <c r="D28" t="s">
-        <v>353</v>
+        <v>570</v>
       </c>
       <c r="E28" t="s">
-        <v>276</v>
+        <v>242</v>
       </c>
       <c r="F28" t="s">
-        <v>294</v>
+        <v>46</v>
       </c>
       <c r="G28" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>69</v>
+      </c>
+      <c r="H28" s="3">
+        <v>96.12</v>
       </c>
       <c r="I28">
-        <v>78.65</v>
+        <v>116.31</v>
       </c>
       <c r="J28" t="s" s="4">
-        <v>653</v>
+        <v>674</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>4548</v>
+        <v>4578</v>
       </c>
       <c r="B29" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C29" t="s">
-        <v>654</v>
+        <v>675</v>
       </c>
       <c r="D29" t="s">
-        <v>556</v>
+        <v>299</v>
       </c>
       <c r="E29" t="s">
-        <v>258</v>
+        <v>676</v>
       </c>
       <c r="F29" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G29" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>96.12</v>
+        <v>69</v>
+      </c>
+      <c r="H29">
+        <v>35</v>
       </c>
       <c r="I29">
-        <v>116.31</v>
+        <v>42.35</v>
       </c>
       <c r="J29" t="s" s="4">
-        <v>655</v>
+        <v>677</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>4578</v>
+        <v>4618</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>345</v>
       </c>
       <c r="C30" t="s">
-        <v>656</v>
+        <v>678</v>
       </c>
       <c r="D30" t="s">
-        <v>323</v>
+        <v>664</v>
       </c>
       <c r="E30" t="s">
-        <v>657</v>
+        <v>679</v>
       </c>
       <c r="F30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G30" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>680</v>
+      </c>
+      <c r="H30" s="3">
+        <v>28.93</v>
       </c>
       <c r="I30">
-        <v>42.35</v>
+        <v>35.01</v>
       </c>
       <c r="J30" t="s" s="4">
-        <v>658</v>
+        <v>681</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>4618</v>
+        <v>4623</v>
       </c>
       <c r="B31" t="s">
-        <v>208</v>
+        <v>304</v>
       </c>
       <c r="C31" t="s">
-        <v>659</v>
+        <v>305</v>
       </c>
       <c r="D31" t="s">
-        <v>645</v>
+        <v>309</v>
       </c>
       <c r="E31" t="s">
-        <v>660</v>
+        <v>310</v>
       </c>
       <c r="F31" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G31" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-        <v>28.93</v>
+        <v>69</v>
+      </c>
+      <c r="H31">
+        <v>65</v>
       </c>
       <c r="I31">
-        <v>35.01</v>
+        <v>78.65</v>
       </c>
       <c r="J31" t="s" s="4">
-        <v>662</v>
+        <v>682</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>4623</v>
+        <v>4640</v>
       </c>
       <c r="B32" t="s">
-        <v>318</v>
+        <v>49</v>
       </c>
       <c r="C32" t="s">
-        <v>328</v>
+        <v>683</v>
       </c>
       <c r="D32" t="s">
-        <v>301</v>
+        <v>645</v>
       </c>
       <c r="E32" t="s">
-        <v>332</v>
+        <v>251</v>
       </c>
       <c r="F32" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G32" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>69</v>
+      </c>
+      <c r="H32" s="3">
+        <v>45.45</v>
       </c>
       <c r="I32">
-        <v>78.65</v>
+        <v>54.99</v>
       </c>
       <c r="J32" t="s" s="4">
-        <v>663</v>
+        <v>684</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>4640</v>
+        <v>4646</v>
       </c>
       <c r="B33" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C33" t="s">
-        <v>664</v>
+        <v>577</v>
       </c>
       <c r="D33" t="s">
-        <v>395</v>
+        <v>685</v>
       </c>
       <c r="E33" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="F33" t="s">
-        <v>48</v>
+        <v>278</v>
       </c>
       <c r="G33" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H33" s="3">
-        <v>45.45</v>
+        <v>49.59</v>
       </c>
       <c r="I33">
-        <v>54.99</v>
+        <v>60</v>
       </c>
       <c r="J33" t="s" s="4">
-        <v>665</v>
+        <v>686</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>4646</v>
+        <v>4753</v>
       </c>
       <c r="B34" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C34" t="s">
-        <v>563</v>
+        <v>287</v>
       </c>
       <c r="D34" t="s">
-        <v>666</v>
+        <v>288</v>
       </c>
       <c r="E34" t="s">
-        <v>267</v>
+        <v>234</v>
       </c>
       <c r="F34" t="s">
-        <v>294</v>
+        <v>46</v>
       </c>
       <c r="G34" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>49.59</v>
+        <v>47</v>
+      </c>
+      <c r="H34">
+        <v>95</v>
       </c>
       <c r="I34">
-        <v>60</v>
+        <v>114.95</v>
       </c>
       <c r="J34" t="s" s="4">
-        <v>667</v>
+        <v>687</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>4753</v>
+        <v>4944</v>
       </c>
       <c r="B35" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C35" t="s">
-        <v>307</v>
+        <v>688</v>
       </c>
       <c r="D35" t="s">
-        <v>308</v>
+        <v>259</v>
       </c>
       <c r="E35" t="s">
-        <v>250</v>
+        <v>310</v>
       </c>
       <c r="F35" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G35" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>47</v>
+      </c>
+      <c r="H35" s="3">
+        <v>123.14</v>
       </c>
       <c r="I35">
-        <v>114.95</v>
+        <v>149</v>
       </c>
       <c r="J35" t="s" s="4">
-        <v>668</v>
+        <v>689</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>4944</v>
+        <v>4962</v>
       </c>
       <c r="B36" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C36" t="s">
-        <v>618</v>
+        <v>690</v>
       </c>
       <c r="D36" t="s">
-        <v>275</v>
+        <v>645</v>
       </c>
       <c r="E36" t="s">
-        <v>332</v>
+        <v>691</v>
       </c>
       <c r="F36" t="s">
-        <v>48</v>
+        <v>278</v>
       </c>
       <c r="G36" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H36" s="3">
-        <v>123.14</v>
+        <v>81.82</v>
       </c>
       <c r="I36">
-        <v>149</v>
+        <v>99</v>
       </c>
       <c r="J36" t="s" s="4">
-        <v>669</v>
+        <v>692</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>4962</v>
+        <v>5040</v>
       </c>
       <c r="B37" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="C37" t="s">
-        <v>670</v>
+        <v>693</v>
       </c>
       <c r="D37" t="s">
-        <v>395</v>
+        <v>253</v>
       </c>
       <c r="E37" t="s">
-        <v>671</v>
+        <v>221</v>
       </c>
       <c r="F37" t="s">
-        <v>294</v>
+        <v>46</v>
       </c>
       <c r="G37" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H37" s="3">
-        <v>81.82</v>
+        <v>82.64</v>
       </c>
       <c r="I37">
-        <v>99</v>
+        <v>99.99</v>
       </c>
       <c r="J37" t="s" s="4">
-        <v>672</v>
+        <v>694</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>5040</v>
+        <v>5348</v>
       </c>
       <c r="B38" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C38" t="s">
-        <v>673</v>
+        <v>695</v>
       </c>
       <c r="D38" t="s">
-        <v>269</v>
+        <v>696</v>
       </c>
       <c r="E38" t="s">
-        <v>237</v>
+        <v>477</v>
       </c>
       <c r="F38" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G38" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H38" s="3">
-        <v>82.64</v>
+        <v>107.44</v>
       </c>
       <c r="I38">
-        <v>99.99</v>
+        <v>130</v>
       </c>
       <c r="J38" t="s" s="4">
-        <v>674</v>
+        <v>697</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>5348</v>
+        <v>5430</v>
       </c>
       <c r="B39" t="s">
-        <v>138</v>
+        <v>377</v>
       </c>
       <c r="C39" t="s">
-        <v>675</v>
+        <v>698</v>
       </c>
       <c r="D39" t="s">
-        <v>676</v>
+        <v>699</v>
       </c>
       <c r="E39" t="s">
-        <v>677</v>
+        <v>700</v>
       </c>
       <c r="F39" t="s">
-        <v>55</v>
+        <v>701</v>
       </c>
       <c r="G39" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="H39" s="3">
-        <v>107.44</v>
+        <v>41.32</v>
       </c>
       <c r="I39">
-        <v>130</v>
+        <v>50</v>
       </c>
       <c r="J39" t="s" s="4">
-        <v>678</v>
+        <v>702</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>5396</v>
+        <v>5624</v>
       </c>
       <c r="B40" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C40" t="s">
-        <v>679</v>
+        <v>703</v>
       </c>
       <c r="D40" t="s">
-        <v>680</v>
+        <v>259</v>
       </c>
       <c r="E40" t="s">
-        <v>681</v>
+        <v>704</v>
       </c>
       <c r="F40" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G40" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H40" s="3">
-        <v>115.70</v>
+        <v>82.64</v>
       </c>
       <c r="I40">
-        <v>140</v>
+        <v>99.99</v>
       </c>
       <c r="J40" t="s" s="4">
-        <v>682</v>
+        <v>705</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>5430</v>
-[...18 lines deleted...]
-      </c>
+        <v>5893</v>
+      </c>
+      <c r="B41"/>
+      <c r="C41"/>
+      <c r="D41"/>
+      <c r="E41"/>
+      <c r="F41"/>
+      <c r="G41"/>
       <c r="H41" s="3">
-        <v>41.32</v>
+        <v>20.66</v>
       </c>
       <c r="I41">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J41" t="s" s="4">
-        <v>687</v>
+        <v>706</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>5498</v>
-[...20 lines deleted...]
-        <v>66.12</v>
+        <v>5899</v>
+      </c>
+      <c r="B42"/>
+      <c r="C42"/>
+      <c r="D42"/>
+      <c r="E42"/>
+      <c r="F42"/>
+      <c r="G42"/>
+      <c r="H42">
+        <v>100</v>
       </c>
       <c r="I42">
-        <v>80.01</v>
+        <v>121</v>
       </c>
       <c r="J42" t="s" s="4">
-        <v>689</v>
+        <v>707</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>5505</v>
-[...20 lines deleted...]
-        <v>82.64</v>
+        <v>5906</v>
+      </c>
+      <c r="B43"/>
+      <c r="C43"/>
+      <c r="D43"/>
+      <c r="E43"/>
+      <c r="F43"/>
+      <c r="G43"/>
+      <c r="H43">
+        <v>70</v>
       </c>
       <c r="I43">
-        <v>99.99</v>
+        <v>84.7</v>
       </c>
       <c r="J43" t="s" s="4">
-        <v>690</v>
+        <v>708</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>5512</v>
-[...20 lines deleted...]
-        <v>61.98</v>
+        <v>6001</v>
+      </c>
+      <c r="B44"/>
+      <c r="C44"/>
+      <c r="D44"/>
+      <c r="E44"/>
+      <c r="F44"/>
+      <c r="G44"/>
+      <c r="H44">
+        <v>100</v>
       </c>
       <c r="I44">
-        <v>75</v>
+        <v>121</v>
       </c>
       <c r="J44" t="s" s="4">
-        <v>691</v>
+        <v>709</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>5624</v>
-[...18 lines deleted...]
-      </c>
+        <v>6007</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45"/>
+      <c r="D45"/>
+      <c r="E45"/>
+      <c r="F45"/>
+      <c r="G45"/>
       <c r="H45" s="3">
-        <v>82.64</v>
+        <v>111.57</v>
       </c>
       <c r="I45">
-        <v>99.99</v>
+        <v>135</v>
       </c>
       <c r="J45" t="s" s="4">
-        <v>693</v>
+        <v>710</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>5893</v>
+        <v>6055</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
-      <c r="H46" s="3">
-        <v>20.66</v>
+      <c r="H46">
+        <v>100</v>
       </c>
       <c r="I46">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="J46" t="s" s="4">
-        <v>694</v>
+        <v>711</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>5899</v>
+        <v>6062</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I47">
-        <v>121</v>
+        <v>96.8</v>
       </c>
       <c r="J47" t="s" s="4">
-        <v>695</v>
+        <v>712</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>5906</v>
+        <v>6067</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I48">
-        <v>84.7</v>
+        <v>121</v>
       </c>
       <c r="J48" t="s" s="4">
-        <v>696</v>
+        <v>713</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>6001</v>
+        <v>6073</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I49">
-        <v>121</v>
+        <v>96.8</v>
       </c>
       <c r="J49" t="s" s="4">
-        <v>697</v>
+        <v>714</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>6007</v>
+        <v>6079</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
-      <c r="H50" s="3">
-        <v>111.57</v>
+      <c r="H50">
+        <v>80</v>
       </c>
       <c r="I50">
-        <v>135</v>
+        <v>96.8</v>
       </c>
       <c r="J50" t="s" s="4">
-        <v>698</v>
+        <v>715</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>6055</v>
-[...8 lines deleted...]
-        <v>100</v>
+        <v>6165</v>
+      </c>
+      <c r="B51" t="s">
+        <v>62</v>
+      </c>
+      <c r="C51" t="s">
+        <v>716</v>
+      </c>
+      <c r="D51" t="s">
+        <v>717</v>
+      </c>
+      <c r="E51" t="s">
+        <v>361</v>
+      </c>
+      <c r="F51" t="s">
+        <v>46</v>
+      </c>
+      <c r="G51" t="s">
+        <v>47</v>
+      </c>
+      <c r="H51" s="3">
+        <v>66.11</v>
       </c>
       <c r="I51">
-        <v>121</v>
+        <v>79.99</v>
       </c>
       <c r="J51" t="s" s="4">
-        <v>699</v>
+        <v>718</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>6062</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>6421</v>
+      </c>
+      <c r="B52" t="s">
+        <v>62</v>
+      </c>
+      <c r="C52" t="s">
+        <v>719</v>
+      </c>
+      <c r="D52" t="s">
+        <v>720</v>
+      </c>
+      <c r="E52" t="s">
+        <v>474</v>
+      </c>
+      <c r="F52" t="s">
+        <v>46</v>
+      </c>
+      <c r="G52" t="s">
+        <v>88</v>
+      </c>
+      <c r="H52" s="3">
+        <v>57.85</v>
       </c>
       <c r="I52">
-        <v>96.8</v>
+        <v>70</v>
       </c>
       <c r="J52" t="s" s="4">
-        <v>700</v>
+        <v>721</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>6067</v>
+        <v>6676</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I53">
-        <v>121</v>
+        <v>24.2</v>
       </c>
       <c r="J53" t="s" s="4">
-        <v>701</v>
+        <v>722</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>6073</v>
+        <v>6703</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
       <c r="H54">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I54">
-        <v>96.8</v>
+        <v>24.2</v>
       </c>
       <c r="J54" t="s" s="4">
-        <v>702</v>
+        <v>723</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>6079</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>7204</v>
+      </c>
+      <c r="B55" t="s">
+        <v>49</v>
+      </c>
+      <c r="C55" t="s">
+        <v>724</v>
+      </c>
+      <c r="D55" t="s">
+        <v>725</v>
+      </c>
+      <c r="E55" t="s">
+        <v>726</v>
+      </c>
+      <c r="F55" t="s">
+        <v>53</v>
+      </c>
+      <c r="G55" t="s">
+        <v>47</v>
+      </c>
+      <c r="H55" s="3">
+        <v>190.08</v>
       </c>
       <c r="I55">
-        <v>96.8</v>
+        <v>230</v>
       </c>
       <c r="J55" t="s" s="4">
-        <v>703</v>
+        <v>727</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
-        <v>6165</v>
-[...18 lines deleted...]
-      </c>
+        <v>7241</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56"/>
+      <c r="D56"/>
+      <c r="E56"/>
+      <c r="F56"/>
+      <c r="G56"/>
       <c r="H56" s="3">
-        <v>66.11</v>
+        <v>148.76</v>
       </c>
       <c r="I56">
-        <v>79.99</v>
+        <v>180</v>
       </c>
       <c r="J56" t="s" s="4">
-        <v>706</v>
+        <v>728</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
-        <v>6421</v>
+        <v>7285</v>
       </c>
       <c r="B57" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="C57" t="s">
-        <v>707</v>
+        <v>729</v>
       </c>
       <c r="D57" t="s">
-        <v>708</v>
+        <v>309</v>
       </c>
       <c r="E57" t="s">
-        <v>709</v>
+        <v>730</v>
       </c>
       <c r="F57" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="G57" t="s">
-        <v>91</v>
+        <v>150</v>
       </c>
       <c r="H57" s="3">
-        <v>57.85</v>
+        <v>214.88</v>
       </c>
       <c r="I57">
-        <v>70</v>
+        <v>260</v>
       </c>
       <c r="J57" t="s" s="4">
-        <v>710</v>
+        <v>731</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
-        <v>6676</v>
-[...8 lines deleted...]
-        <v>20</v>
+        <v>7326</v>
+      </c>
+      <c r="B58" t="s">
+        <v>262</v>
+      </c>
+      <c r="C58" t="s">
+        <v>732</v>
+      </c>
+      <c r="D58" t="s">
+        <v>531</v>
+      </c>
+      <c r="E58" t="s">
+        <v>592</v>
+      </c>
+      <c r="F58" t="s">
+        <v>46</v>
+      </c>
+      <c r="G58" t="s">
+        <v>47</v>
+      </c>
+      <c r="H58" s="3">
+        <v>41.32</v>
       </c>
       <c r="I58">
-        <v>24.2</v>
+        <v>50</v>
       </c>
       <c r="J58" t="s" s="4">
-        <v>711</v>
+        <v>733</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
-        <v>6703</v>
+        <v>7387</v>
       </c>
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
       <c r="G59"/>
-      <c r="H59">
-        <v>20</v>
+      <c r="H59" s="3">
+        <v>70.25</v>
       </c>
       <c r="I59">
-        <v>24.2</v>
+        <v>85</v>
       </c>
       <c r="J59" t="s" s="4">
-        <v>712</v>
+        <v>734</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
-        <v>6815</v>
+        <v>7485</v>
       </c>
       <c r="B60" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C60" t="s">
-        <v>679</v>
+        <v>735</v>
       </c>
       <c r="D60" t="s">
-        <v>680</v>
+        <v>259</v>
       </c>
       <c r="E60" t="s">
-        <v>713</v>
+        <v>736</v>
       </c>
       <c r="F60" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G60" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="H60" s="3">
-        <v>115.70</v>
+        <v>82.64</v>
       </c>
       <c r="I60">
-        <v>140</v>
+        <v>99.99</v>
       </c>
       <c r="J60" t="s" s="4">
-        <v>714</v>
+        <v>737</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
-        <v>7204</v>
+        <v>7919</v>
       </c>
       <c r="B61" t="s">
-        <v>51</v>
+        <v>345</v>
       </c>
       <c r="C61" t="s">
-        <v>715</v>
+        <v>738</v>
       </c>
       <c r="D61" t="s">
-        <v>377</v>
+        <v>259</v>
       </c>
       <c r="E61" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="F61" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G61" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H61" s="3">
-        <v>190.08</v>
+        <v>49.59</v>
       </c>
       <c r="I61">
-        <v>230</v>
+        <v>60</v>
       </c>
       <c r="J61" t="s" s="4">
-        <v>717</v>
-[...167 lines deleted...]
-        <v>729</v>
+        <v>740</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId202" location="" display="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/"/>
-[...134 lines deleted...]
-    <hyperlink ref="E3" r:id="rId269" location="" display="https://eridas.lt/preke/6vnt-vienodo-hp-650-g2-i3-6100-8gb-128gb-ssd-su-krovikliais/"/>
+    <hyperlink ref="J2" r:id="rId206" location="" display="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/"/>
+    <hyperlink ref="J3" r:id="rId207" location="" display="https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/"/>
+    <hyperlink ref="J4" r:id="rId208" location="" display="https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/"/>
+    <hyperlink ref="J5" r:id="rId209" location="" display="https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/"/>
+    <hyperlink ref="J6" r:id="rId210" location="" display="https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/"/>
+    <hyperlink ref="J7" r:id="rId211" location="" display="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/"/>
+    <hyperlink ref="J8" r:id="rId212" location="" display="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/"/>
+    <hyperlink ref="J9" r:id="rId213" location="" display="https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/"/>
+    <hyperlink ref="J10" r:id="rId214" location="" display="https://eridas.lt/preke/17-3-19201080-ips-i3-7100u-4gb-be-ssd-gyva-baterija-su-klaviaturos-defektu-5vnt-mygtukai-neveikia/"/>
+    <hyperlink ref="J11" r:id="rId215" location="" display="https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/"/>
+    <hyperlink ref="J12" r:id="rId216" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e485-14-0-fhd-ips-ryzen-5-2500u-8gb-0gb-ssd-10-kosmetinei-defektai/"/>
+    <hyperlink ref="J13" r:id="rId217" location="" display="https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/"/>
+    <hyperlink ref="J14" r:id="rId218" location="" display="https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/"/>
+    <hyperlink ref="J15" r:id="rId219" location="" display="https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/"/>
+    <hyperlink ref="J16" r:id="rId220" location="" display="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/"/>
+    <hyperlink ref="J17" r:id="rId221" location="" display="https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/"/>
+    <hyperlink ref="J18" r:id="rId222" location="" display="https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/"/>
+    <hyperlink ref="J19" r:id="rId223" location="" display="https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/"/>
+    <hyperlink ref="J20" r:id="rId224" location="" display="https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/"/>
+    <hyperlink ref="J21" r:id="rId225" location="" display="https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/"/>
+    <hyperlink ref="J22" r:id="rId226" location="" display="https://eridas.lt/preke/lenovo-ideapad-330s-15ikb-15-6-fhd-i5-8250u-8gb-128gb-ssd-10-bloga-klaviat8ra-ekrane-matosi-nuospaudos-nuo-klaviaturos/"/>
+    <hyperlink ref="J23" r:id="rId227" location="" display="https://eridas.lt/preke/15-6-19201080-i7-4710mq-32gb-ram-256gb-ssd-quadro-k1100m-2gb-keli-trukumai-nekritiniai/"/>
+    <hyperlink ref="J24" r:id="rId228" location="" display="https://eridas.lt/preke/fujitsu-lifebook-e544-15-6-fhd-ips-i5-4210m-8gb-256gb-ssd-20-keli-defektai/"/>
+    <hyperlink ref="J25" r:id="rId229" location="" display="https://eridas.lt/preke/acer-aspire-e5-532-15-6-1366768-i3-4005u-8gb-128gb-ssd-12-touchpad-neveikia/"/>
+    <hyperlink ref="J26" r:id="rId230" location="" display="https://eridas.lt/preke/acer-aspire-es1-512-15-6-celeron-n2920-8gb-1tb-hdd-bloga-baterija-ir-touchpad/"/>
+    <hyperlink ref="J27" r:id="rId231" location="" display="https://eridas.lt/preke/lenovo-yoga-710-14ikb-su-defektais-14-0-fhd-ips-i5-7200u-4gb-256gb-ssd-ekrano-defektais-camera-neveikia-klaviatura-neidealiai-veikia/"/>
+    <hyperlink ref="J28" r:id="rId232" location="" display="https://eridas.lt/preke/17-3-1600900-i5-6200u-8gb-be-disko-r5-m330-keli-nebaisus-trukumai/"/>
+    <hyperlink ref="J29" r:id="rId233" location="" display="https://eridas.lt/preke/15-6-19201080-a10-7300-8gb-r7-m260-bloga-baterija-ir-touchpad/"/>
+    <hyperlink ref="J30" r:id="rId234" location="" display="https://eridas.lt/preke/acer-e1-572g-15-6-i5-4200u-8gb-750gb-hdd-bloga-baterija-ir-truksta-vieno-klaviso/"/>
+    <hyperlink ref="J31" r:id="rId235" location="" display="https://eridas.lt/preke/15-6-fhd-ips-idealus-ekranas-i5-8265u-8gb-0gb-ssd-su-defektu-klaviaturos-nevisi-mygtukai-veikia-baterijos-nera/"/>
+    <hyperlink ref="J32" r:id="rId236" location="" display="https://eridas.lt/preke/lenovo-thinkpad-carbon-x1-3rd-gen-14-0-fhd-i5-5300u-8gb-0gb-ssd-bloga-klaviatura/"/>
+    <hyperlink ref="J33" r:id="rId237" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t450-14-0-i5-5300u-4gb-128gb-ssd-1vnt-usb-neveikiantis/"/>
+    <hyperlink ref="J34" r:id="rId238" location="" display="https://eridas.lt/preke/lenovo-thinkpad-a285-12-5-hd-amd-ryzen-5-2500u-8gb-256gb-ssd-vienas-is-dvieju-usb-c-neveikiantis/"/>
+    <hyperlink ref="J35" r:id="rId239" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t490-14-0-fhd-ips-i5-8265u-8gb-256gb-0-vienas-usb-c-neveikiantis/"/>
+    <hyperlink ref="J36" r:id="rId240" location="" display="https://eridas.lt/preke/lenovo-ideapad-s340-14iil-14-0-fhd-i5-1035g1-4gb-512gb-su-defektais-ram-lizdas-neveikia-ir-web-camera-neveikia/"/>
+    <hyperlink ref="J37" r:id="rId241" location="" display="https://eridas.lt/preke/dell-inspiron-13-5370-13-3-fhd-ips-i5-8250u-8gb-256gb-45-neveikia-web-camera/"/>
+    <hyperlink ref="J38" r:id="rId242" location="" display="https://eridas.lt/preke/dell-latitude-7200-touch-12-3-19201080-touchscreen-i5-8365u-16gb-256gb-baterija-i-pabaiga/"/>
+    <hyperlink ref="J39" r:id="rId243" location="" display="https://eridas.lt/preke/asus-pu500c-15-6-hd-matinis-i5-3337u-10gb-ram-128gb-ssd-14/"/>
+    <hyperlink ref="J40" r:id="rId244" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8350u-8gb-256-ssd-18-neveikia-1vnt-usb-ir-1vnt-usb-c/"/>
+    <hyperlink ref="J41" r:id="rId245" location="" display="https://eridas.lt/preke/asus-n53s-15-6-i7-cpu-4gb-ram-be-ssd-neveikiantis/"/>
+    <hyperlink ref="J42" r:id="rId246" location="" display="https://eridas.lt/preke/x1-yoga-5th-gen-i7-10510u-16gb-ram-gera-baterija-12-duzes-ekranas-neveikia-vienas-usb-c-is-dvieju/"/>
+    <hyperlink ref="J43" r:id="rId247" location="" display="https://eridas.lt/preke/neveikiantis-thinkbook-13s-g2-itl-i5-1135g7-8gb-ram-ilituoti-0gb-ssd-yra-baterija-netestuota/"/>
+    <hyperlink ref="J44" r:id="rId248" location="" display="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-np930xdb-13-3-amoled-supilta-pagrindine-plokste-dalimis-arba-visas/"/>
+    <hyperlink ref="J45" r:id="rId249" location="" display="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-360-np930qdb-13-3-x360-touchscreen-amoled-mb-jau-buvo-lituota-ankstesnio-savininko/"/>
+    <hyperlink ref="J46" r:id="rId250" location="" display="https://eridas.lt/preke/lenovo-y540-17irh-neveikiantis-i5-9300h-gtx-1660-ti-6gb-s-n-pf1zvzkv/"/>
+    <hyperlink ref="J47" r:id="rId251" location="" display="https://eridas.lt/preke/lenovo-legion-y530-15ich-15-6-144hz-neveikiantis-i5-8300h-gtx-1060-6gb-8gb-ram-s-n-pf1efx10/"/>
+    <hyperlink ref="J48" r:id="rId252" location="" display="https://eridas.lt/preke/hp-omen-15-en0802no-200w-ryzen-5-4600h-1660ti-6gb-neveikiantis-s-n-5cd0256bds/"/>
+    <hyperlink ref="J49" r:id="rId253" location="" display="https://eridas.lt/preke/dell-xps-15-9550-15-6-i7-6700hq-960m-2gb-s-n-1ldnj72-sulietas-neveikiantis/"/>
+    <hyperlink ref="J50" r:id="rId254" location="" display="https://eridas.lt/preke/acer-aspire-vvn7-591g-738g-i7-4720hq-gtx-960m-2gb-8gb-128gb-ssd-1tb-hdd-baterija-yra-laiko-veikia-blogi-vyriai/"/>
+    <hyperlink ref="J51" r:id="rId255" location="" display="https://eridas.lt/preke/hp-spectre-13-3000eo-13-3-25601440-ips-touchscreen-i5-4200u-8gb-256gb-ssd-23-truputi-dzerzgia-garsiakalbiai/"/>
+    <hyperlink ref="J52" r:id="rId256" location="" display="https://eridas.lt/preke/hp-probook-430-g5-13-3-fhd-ips-i5-8250u-8gb-128gb-500gb-14-kosmetinis-defektas/"/>
+    <hyperlink ref="J53" r:id="rId257" location="" display="https://eridas.lt/preke/hp-255-g3-15-6-hd-matinis-a4-5000-4gb-1tb-hdd-bloga-baterija-nuskiles-korpuso-kamputis/"/>
+    <hyperlink ref="J54" r:id="rId258" location="" display="https://eridas.lt/preke/asus-x53s-i3-2310m-8gb-be-disko-bloga-baterija/"/>
+    <hyperlink ref="J55" r:id="rId259" location="" display="https://eridas.lt/preke/lenovo-ideapad-c340-15iml-15-6-fhd-ips-touch-i7-10510u-16gb-256gb-ssd-14/"/>
+    <hyperlink ref="J56" r:id="rId260" location="" display="https://eridas.lt/preke/hp-elitebook-860-16-i7-1355u-neveikiantis/"/>
+    <hyperlink ref="J57" r:id="rId261" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p51-i7-7820hq-32gb-1tb-ssd-m2200-4gb-9/"/>
+    <hyperlink ref="J58" r:id="rId262" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-toshiba-portege-z30-a-13-3-hd-tn-i5-4210u-8gb-256gb-20-truputi-laisvesni-vyriai/"/>
+    <hyperlink ref="J59" r:id="rId263" location="" display="https://eridas.lt/preke/su-defektu-lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-5-2500u-8gb-256gb-ssd-abejos-baterijos-blogos-be-kroviklio-galima-dalimis-pirkti/"/>
+    <hyperlink ref="J60" r:id="rId264" location="" display="https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/"/>
+    <hyperlink ref="J61" r:id="rId265" location="" display="https://eridas.lt/preke/veikiantis-laptopas-uz-ekrano-kaina-travelmate-p214-series-n19q7-i3-1115g4-8gb-256gb-ssd-24-isluze-vyriai-korpuso-defektas/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>