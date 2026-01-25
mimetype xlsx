--- v1 (2025-12-04)
+++ v2 (2026-01-25)
@@ -25,51 +25,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Įvairios prekės" sheetId="1" r:id="rId1"/>
     <sheet name="Stacionarūs kompiuteriai" sheetId="2" r:id="rId2"/>
     <sheet name="Monitoriai" sheetId="3" r:id="rId3"/>
     <sheet name="Nešiojami kompiuteriai" sheetId="4" r:id="rId4"/>
     <sheet name="Nešiojami kompiuteriai iki 100 " sheetId="5" r:id="rId5"/>
     <sheet name="Nešiojami kompiuteriai su defek" sheetId="6" r:id="rId6"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="741" uniqueCount="741">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="698" uniqueCount="698">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Kaina (VAT 0%)</t>
   </si>
   <si>
     <t>Kaina (VAT 21%)</t>
   </si>
   <si>
     <t>Nuoroda</t>
   </si>
   <si>
     <t>DIMM DDR3 4GB RAM Atmintis PC3-12800U 1600MHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/dimm-ddr3-4gb-ram-atmintis-pc3-12800u-1600mhz/</t>
   </si>
   <si>
     <t>SO-DIMM DDR3 4GB RAM Atmintis PC3L-12800U 1600MHz 1.35v</t>
   </si>
   <si>
@@ -84,320 +84,299 @@
   <si>
     <t>Originalus naudotas HP įkroviklis 65w 7.5x 5.0mm</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/originalus-naudotas-hp-ikroviklis-65w-7-5x-5-0mm/</t>
   </si>
   <si>
     <t>i7-4790 4GHz, LGA 1150 CPU</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/3005/</t>
   </si>
   <si>
     <t>DIMM DDR3 1*8GB 1.5V 1600MHz - Parenkamas atsitiktinis gamintojas</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/dimm-ddr3-18gb-1-5v-1600mhz-parenkamas-atsitiktinis-gamintojas/</t>
   </si>
   <si>
     <t>DIMM DDR3 1*8GB 1.35V 1600MHz - Parenkamas atsitiktinis gamintojas</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/dimm-ddr3-18gb-1-35v-1600mhz-parenkamas-atsitiktinis-gamintojas/</t>
   </si>
   <si>
-    <t>Nvidia Quadro P4000 8GB GDDR5</t>
-[...4 lines deleted...]
-  <si>
     <t>Asus Type C 45W įkroviklis 20V 2.25A , 5V - 3A, 9V - 9A, 15V-3A, Turime didelį kiekį.</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/asus-type-c-45w-ikroviklis-20v-2-25a-5v-3a-9v-9a-15v-3a-turime-dideli-kieki/</t>
   </si>
   <si>
     <t>Nešiojamo kompiuterio maitinimo šaltinis Lenovo Square 90w</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w-kopija/</t>
   </si>
   <si>
     <t>SO-DIMM DDR3 1vnt * 16GB PC3-12800S , Laptopo atmintis. VIENOJE PLOKŠTELĖJE 16GB RAM RETA PREKĖ</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/so-dimm-ddr3-1vnt-16gb-pc3-12800s-laptopo-atmintis-vienoje-ploksteleje-16gb-ram-reta-preke/</t>
   </si>
   <si>
     <t>DDR3 4GB Plokštelių laptopų ir stacionarių rinkinys po 4vnt vienodus, 5 skirtingų pocizijų su nuolaida</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/ddr3-4gb-ploksteliu-laptopu-ir-stacionariu-rinkinys-po-4vnt-vienodus-5-skirtingu-pociziju-su-nuolaida/</t>
   </si>
   <si>
     <t>Lenovo IdeaPad 530S-14IKB 14.0 FHD IPS Touchscreen i5-8250U 0GB RAM 0GB SSD MX 130 2GB GPU</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-ideapad-530s-14ikb-14-0-fhd-ips-touchscreen-i5-8250u-0gb-ram-0gb-ssd-mx-130-2gb-gpu/</t>
   </si>
   <si>
-    <t>1vnt Nvidia GTX 1080 Ti 11GB GDDR5 Be aušintuvo aktyvaus. PASYVUS DABAR UŽDĖTAS</t>
-[...4 lines deleted...]
-  <si>
     <t>50% NUOLAIDA SO-DIMM DDR3 4GB RAM Atmintis PC3L-12800U 1600MHz 1.35v</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/50-nuolaida-so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/</t>
   </si>
   <si>
+    <t>Gtx 1080 Ti 11gb Gddr5x Nestandartinis aušintuvas</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/gtx-1080-ti-11gb-gddr5x-nestandartinis-ausintuvas/</t>
+  </si>
+  <si>
+    <t>Asus Zenbook 14 OLED UX3405 14" 2880*1800 Touch Ultra 7 155h 32gb Ddr5 1tb SSD 11%</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-zenbook-14-oled-ux3405-14-28801800-touch-ultra-7-155h-32gb-ddr5-1tb-ssd-11/</t>
+  </si>
+  <si>
     <t>Gamintojas</t>
   </si>
   <si>
     <t>Modelis</t>
   </si>
   <si>
     <t>Korpuso tipas</t>
   </si>
   <si>
     <t>Procesorius (CPU)</t>
   </si>
   <si>
     <t>Operatyvioji atmintis (RAM)</t>
   </si>
   <si>
     <t>Disko talpa</t>
   </si>
   <si>
     <t>Trūkumai</t>
   </si>
   <si>
     <t>Fujitsu-Siemens</t>
   </si>
   <si>
     <t>Esprimo E720</t>
   </si>
   <si>
     <t>SFF</t>
   </si>
   <si>
     <t>Intel i7-4790</t>
   </si>
   <si>
+    <t>16GB</t>
+  </si>
+  <si>
+    <t>256GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-esprimo-e720-i7-4790-8gb-ram-240gb-ssd/</t>
+  </si>
+  <si>
+    <t>Lenovo</t>
+  </si>
+  <si>
+    <t>ThinkStation P720</t>
+  </si>
+  <si>
+    <t>Full Tower</t>
+  </si>
+  <si>
+    <t>Intel Xeon Silver 4110</t>
+  </si>
+  <si>
+    <t>512GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/2804/</t>
+  </si>
+  <si>
+    <t>Apple</t>
+  </si>
+  <si>
+    <t>Core i7" 3.1 21.5" (Late 2013)</t>
+  </si>
+  <si>
+    <t>All in one</t>
+  </si>
+  <si>
+    <t>Intel i7-4770s</t>
+  </si>
+  <si>
+    <t>SSD 120GB + 1TB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/imac-core-i7-3-1-21-5-late-2013-16gb-i7-4770s/</t>
+  </si>
+  <si>
+    <t>Hewlett-Packard</t>
+  </si>
+  <si>
+    <t>Z210</t>
+  </si>
+  <si>
+    <t>Intel i5-2500K</t>
+  </si>
+  <si>
+    <t>128GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-z210-i5-2400-16gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>EliteDesk 800 G1 SFF</t>
+  </si>
+  <si>
+    <t>Intel i5-4590</t>
+  </si>
+  <si>
+    <t>Nėra</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-0gb-ssd-240w-psu/</t>
+  </si>
+  <si>
+    <t>Z210 Workstation SFF</t>
+  </si>
+  <si>
+    <t>Intel i5-2400</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-z210-workstation-sff-i5-2400-16gb-ram-ddr3-128gb-ssd-240w-psu/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-128gb-ssd-240w-psu/</t>
+  </si>
+  <si>
+    <t>Lenovo M81 SFF</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-m81-sff-i5-2400-16gb-ram-ddr3-0gb-ssd-240w-psu/</t>
+  </si>
+  <si>
+    <t>M700 Desktop Towe ( SFF )</t>
+  </si>
+  <si>
+    <t>Intel i7-6700</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700-16gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Intel i7-6700K</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700k-16gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-e710-e90i5-347016gb-ram-sff/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-p910-li5-3470-16gb-ram-medium-tower/</t>
+  </si>
+  <si>
+    <t>HP Compaq 8200 Micro Tower</t>
+  </si>
+  <si>
+    <t>Medium Tower</t>
+  </si>
+  <si>
+    <t>Intel i7-2600</t>
+  </si>
+  <si>
+    <t>128GB SSD, 500GB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-compaq-8200-micro-tower-i7-2600-16gb-128gb-ssd-500gb-hdd-windows-suinstaliuoti/</t>
+  </si>
+  <si>
+    <t>HP ProDesk 600 G1</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-prodesk-600-g1-i7-4790-16gb-128gb-ssd-500gb-hdd-320w-psu-windows-suinstaliuoti/</t>
+  </si>
+  <si>
+    <t>Lenovo ThinkCentre M93p</t>
+  </si>
+  <si>
+    <t>Intel i5-4570</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkcentre-m93p-i5-4570-16gb-128gb-ssd-500gb-hdd-windows-suinsaliuoti/</t>
+  </si>
+  <si>
+    <t>P720 Medium Tower</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-p720-medium-tower-i7-4790-16gb-0gb-ssd/</t>
+  </si>
+  <si>
+    <t>HP ProDesk 600 G3</t>
+  </si>
+  <si>
+    <t>Intel i3-6100</t>
+  </si>
+  <si>
     <t>8GB</t>
   </si>
   <si>
-    <t>256GB SSD</t>
-[...160 lines deleted...]
-  <si>
     <t>https://eridas.lt/preke/hp-prodesk-600-g3-sff-i3-6100-8gb-ddr4-0gb-ssd-dedasi-nmve-diskas/</t>
   </si>
   <si>
     <t>HP EliteDesk 800 G2</t>
   </si>
   <si>
     <t>Intel i5-6500</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-ddr4-0gb-ssd/</t>
   </si>
   <si>
-    <t>Z230 Tower</t>
-[...10 lines deleted...]
-  <si>
     <t>EliteDesk 800 G2 SFF</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-128gb-ssd/</t>
   </si>
   <si>
     <t>Z240 Tower</t>
   </si>
   <si>
     <t>Intel Xeon E3-1270 v6</t>
   </si>
   <si>
     <t>32GB</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/</t>
   </si>
   <si>
     <t>Z230</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-16gb-256gb-ssd-kopija/</t>
   </si>
   <si>
     <t>Z420 Tower</t>
@@ -408,306 +387,234 @@
   <si>
     <t>240GB SSD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z420-tower-e5-1650-v2-32gb-ram-240gb-ssd-quadro-k2000/</t>
   </si>
   <si>
     <t>ThinkStation P310</t>
   </si>
   <si>
     <t>Intel Xeon E3-1220 v5 3.0GHz, Max turbo dažnis 3.5GHz</t>
   </si>
   <si>
     <t>480GB SSD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-32gb-256gb-ssd/</t>
   </si>
   <si>
-    <t>Z2 Mini G4</t>
-[...2 lines deleted...]
-    <t>Intel i5-9500 8 branduoliai 3.0GHz, Max turbo dažnis 4.4Ghz</t>
+    <t>Dell</t>
+  </si>
+  <si>
+    <t>Inspiron 5675</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 1400 6 branduolių 3.2GHz, Max turbo dažnis 3.4Ghz</t>
+  </si>
+  <si>
+    <t>1TB HDD, 512GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-inspiron-5675-ryzen-5-1400-16gb-512gb-ssd-1tb-hdd-rx-570-4gb-460w/</t>
+  </si>
+  <si>
+    <t>Inspiron 3656</t>
+  </si>
+  <si>
+    <t>AMD FX-8800P 4 branduoliai 2.1GHz, Max turbo dažnis 3.4Ghz</t>
+  </si>
+  <si>
+    <t>180GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/6650/</t>
+  </si>
+  <si>
+    <t>Precision T7610</t>
+  </si>
+  <si>
+    <t>2vnt CPU Xeon E5-2687W v2 3.4GHz, Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>64GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-t7610-xeon-e5-2687w-v2-2vnt-64gb-256gb-k4000-3gb-1300w/</t>
+  </si>
+  <si>
+    <t>ESPRIMO D556</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-esprimo-d556-sff-i5-6500-16gb-ram-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>ProOne 400 G5</t>
+  </si>
+  <si>
+    <t>Intel i5-8400T 6 branduoliai 1.7GHz, Max turbo dažnis 3.3Ghz</t>
+  </si>
+  <si>
+    <t>128GB SSD, 750GB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/proone-400-g5-20-1600900-all-in-one-i5-8400t-16gb-128gb-ssd-750gb-hdd/</t>
+  </si>
+  <si>
+    <t>EliteBook 800 G3</t>
+  </si>
+  <si>
+    <t>Intel i5-6500T 4 branduoliai 2.5GHz, Max turbo dažnis 3.1Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-800-g3-mini-pc-i5-6500t-8gb-be-ssd-disko/</t>
+  </si>
+  <si>
+    <t>thinkCentre M720s SFF</t>
+  </si>
+  <si>
+    <t>Intel i7-8700 6 branduolių 3.2GHz, Max turbo dažnis 4.6Ghz</t>
   </si>
   <si>
     <t>512 NMVe</t>
   </si>
   <si>
-    <t>https://eridas.lt/preke/hp-z2-mini-g4-i5-9500-16gb-512gb-amd-pro-wx-3200-4gb/</t>
-[...17 lines deleted...]
-    <t>Ryzen 7 1700X 8 branduoliai 3.4GHz, Max turbo dažnis 3.8Ghz</t>
+    <t>https://eridas.lt/preke/lenovo-m720s-sff-i7-8700-16gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Optiplex 7040M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-optiplex-7040m-mini-pc-i5-6500t-16gb-128gb-ssd-hdmi-display-port-vga-wifi/</t>
+  </si>
+  <si>
+    <t>ProDesk 400 G3 Mini</t>
+  </si>
+  <si>
+    <t>USFF</t>
+  </si>
+  <si>
+    <t>Intel i5-7500T 2.7GHz, Max turbo dažnis 3.3GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-optiplex-7050-mini-pc-i5-7500t-8gb-256gb-display-port-2vnt-com-port-jungtys/</t>
+  </si>
+  <si>
+    <t>Engage Flex Pro-C Base Model Retail System</t>
+  </si>
+  <si>
+    <t>Intel i5-8400 6 branduoliai 2.8GHz, Max turbo dažnis 4.0Ghz</t>
   </si>
   <si>
     <t>1TB HDD, 256GB SSD</t>
   </si>
   <si>
-    <t>https://eridas.lt/preke/dell-inspiron-5675-amd-ryzen-7-1700x-16gb-512gb-ssd-1tb-hdd-rx-570-4gb-wifi/</t>
-[...23 lines deleted...]
-    <t>ThinkStation P320</t>
+    <t>https://eridas.lt/preke/hp-engage-flex-pro-c-base-model-retail-system-i5-8400-32gb-256-ssd1tb-hdd-14vnt-usb-2x-com-port/</t>
+  </si>
+  <si>
+    <t>Xeon E3-1280 V3 4 branduoliai 3.6GHz, Max turbo dažnis 4.0Ghz</t>
+  </si>
+  <si>
+    <t>1TB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-z230-workstations-mt-xeon-e3-1280-v3-16gb-500gb-hdd-2vnt-viso-1tb-ssd-nera/</t>
+  </si>
+  <si>
+    <t>Optiplex 5050</t>
   </si>
   <si>
     <t>Intel i7-7700 6 Core 3.6GHz, Max turbo dažnis 4.2GHz</t>
   </si>
   <si>
-    <t>https://eridas.lt/preke/lenovo-thinkstation-p320-i7-7700-32gb-256gb-400w-psu-platinum/</t>
-[...2 lines deleted...]
-    <t>Intel i5-9600K 6 Core 3.7GHz, Max turbo dažnis 4.6GHz</t>
+    <t>https://eridas.lt/preke/dell-optiplex-sff-5050-i7-7700-16gb-256gb/</t>
+  </si>
+  <si>
+    <t>HP EliteDesk 800 G4</t>
+  </si>
+  <si>
+    <t>Intel i5-8500T 6 branduoliai 2.1GHz, Max turbo dažnis 3.5Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitedesk-800-g4-mini-pc-i5-8500t-8gb-256gb-ssd-wifi-display-port-3vnt-su-kosmetiniai-trukumais/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitedesk-800-g4-mini-pc-i5-8500t-8gb-256gb-ssd-wifi-display-port-3vnt-su-kosmetiniai-trukumais-ir-1vnt-usb-neveikia/</t>
+  </si>
+  <si>
+    <t>4GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitedesk-800-g4-mini-pc-i5-8500t-4gb-128gb-ssd-wifi-display-port-2vnt-ir-1vnt-vga-su-kosmetiniai-trukumais-2/</t>
+  </si>
+  <si>
+    <t>OmniStudio X 32-c0025nb</t>
+  </si>
+  <si>
+    <t>Intel Ultra 7 155H 16 Core Max turbo dažnis 4.8GHz</t>
+  </si>
+  <si>
+    <t>32GB DDR5</t>
   </si>
   <si>
     <t>1TB SSD</t>
   </si>
   <si>
-    <t>https://eridas.lt/preke/is-kokybisku-daliu-surinkti-zaidimu-kompiuteriai-i5-9600k-16gb-1tb-ssd-rtx-2060-650w-80-plus-gold-psu/</t>
-[...182 lines deleted...]
-    <t>https://eridas.lt/preke/dell-precision-5820t-w-2123-16gb-256gb-p4000-8gb-psu-950w-80-plus-gold/</t>
+    <t>https://eridas.lt/preke/32-all-in-one-4k-550-nit-ultra-7-155h-32gb-1tb-12-men-garantija/</t>
+  </si>
+  <si>
+    <t>M70q Gen 5</t>
+  </si>
+  <si>
+    <t>Intel i5-14500T 14 Core Max turbo dažnis 4.8GHz</t>
+  </si>
+  <si>
+    <t>RAM 16GB DDR5</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/mini-pc-lenovo-m70q-gen-5-i5-14500t-16gb-256gb-ssd-wifix2-dp-x1-hdmi-x1-com-port-7vnt-usb/</t>
+  </si>
+  <si>
+    <t>ThinkCentre M715</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 3 2200GE 4 branduoliai 3.2GHz, Max turbo dažnis 3.6Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-m715q-mini-pc-amd-ryzen-3-2200-ge-8gb-256gb-wifi-hdmi-display-port/</t>
+  </si>
+  <si>
+    <t>Intel i5-8500 3.0GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-m720s-sff-i5-8500-8gb-256gb-ssd/</t>
   </si>
   <si>
     <t>Ekranas</t>
   </si>
   <si>
     <t>Tio Gen 3</t>
   </si>
   <si>
     <t>21.5" 1920*1080 IPS</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/</t>
   </si>
   <si>
     <t>Diskas</t>
   </si>
   <si>
     <t>Baterija (Wear level)</t>
   </si>
   <si>
     <t>V330-IKB</t>
   </si>
   <si>
     <t>1920*1080 TN</t>
   </si>
@@ -759,80 +666,74 @@
   <si>
     <t>Thinkpad L14 Gen 1</t>
   </si>
   <si>
     <t>AMD Ryzen 7 4750u</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-thinkpad-l14-gen-1-ryzen-7-4750u-16gb-512gb-ssd-12-men-garantija/</t>
   </si>
   <si>
     <t>AMD Ryzen 5 4650u</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/thinkpad-l14-fhd-ryzen-5-4650u-8gb-128gb-ssd/</t>
   </si>
   <si>
     <t>Lifebook E736</t>
   </si>
   <si>
     <t>Intel i5-6200u</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/fujitsu-lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/</t>
   </si>
   <si>
-    <t>Lifebook E756</t>
+    <t>ThinkPad E495</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e495-14-0-fhd-ips-ryzen-5-3500u-8-256gb/</t>
+  </si>
+  <si>
+    <t>Latittude E7250</t>
+  </si>
+  <si>
+    <t>12.5 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-5300U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd-2/</t>
+  </si>
+  <si>
+    <t>13.3 1920*1080 IPS</t>
   </si>
   <si>
     <t>Intel i5-6200U</t>
   </si>
   <si>
-    <t>https://eridas.lt/preke/fujitsu-lifebook-e756-15-6-fhd-ips-i5-6200u-8gb-256gb-ssd/</t>
-[...22 lines deleted...]
-  <si>
     <t>https://eridas.lt/preke/lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/</t>
   </si>
   <si>
     <t>LIFEBOOK S935</t>
   </si>
   <si>
     <t>Intel i5-5200U</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-256gb-ssd/</t>
   </si>
   <si>
     <t>LIFEBOOK U747</t>
   </si>
   <si>
     <t>14.0 1920*1080 IPS</t>
   </si>
   <si>
     <t>Intel I5-7200U</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lifebook-u747-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd-copy/</t>
   </si>
   <si>
     <t>Toshiba</t>
@@ -861,53 +762,50 @@
   <si>
     <t>Inspiron 16</t>
   </si>
   <si>
     <t>16.0 1920*1200 IPS</t>
   </si>
   <si>
     <t>Intel i5-1235u</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/dell-inspiron-16-16-0-fhd-i5-1235u-8gb-512gb-ssd/</t>
   </si>
   <si>
     <t>Microsoft Surface</t>
   </si>
   <si>
     <t>Microsoft Surface Laptop Go</t>
   </si>
   <si>
     <t>12.4 Touch 1536*1024 IPS LED LCD</t>
   </si>
   <si>
     <t>Intel i5-1035G1</t>
   </si>
   <si>
-    <t>4GB</t>
-[...1 lines deleted...]
-  <si>
     <t>64GB SSD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/surface-laptop-go-12-4-ips-i5-1035g1-4gb-64gb/</t>
   </si>
   <si>
     <t>Latitude 5410</t>
   </si>
   <si>
     <t>intel i7-10610U</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/latitude-5410-14-0-i7-10610u-8gb-512tb-ssd-21/</t>
   </si>
   <si>
     <t>Satellite PRO A40-D-1KT</t>
   </si>
   <si>
     <t>14.0 1366*768 TN</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/toshiba14-0-hd-tn-matinis-i5-7200u-8gb-256gb-ssd/</t>
   </si>
   <si>
     <t>Thinkpad A285</t>
@@ -1017,1151 +915,1151 @@
   <si>
     <t>https://eridas.lt/preke/15-6-fhd-ips-ryzen-5-4500u-16gb-512gb-ssd-0/</t>
   </si>
   <si>
     <t>ThinkPad X13 Gen 1</t>
   </si>
   <si>
     <t>Ryzen 3 4450u</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/isparduodame-lenovo-thinkpad-x13-gen-1-1-14-0-fhd-ips-ryzen-3-4450u-8gb-128gb-ssd-gera-baterija/</t>
   </si>
   <si>
     <t>Surface Laptop 3</t>
   </si>
   <si>
     <t>13.5 Touch 2256*1504 IPS LED LCD</t>
   </si>
   <si>
     <t>Intel i7-1065G7 1.3GHz, Max turbo dažnis 3.9GHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/microsoft-surface-laptop-3-13-5-i7-1065g7-16gb-256gb-ssd/</t>
   </si>
   <si>
-    <t>Thinkpad T440s</t>
+    <t>HP ZBook 17 G3</t>
+  </si>
+  <si>
+    <t>17.3 1920*1080</t>
+  </si>
+  <si>
+    <t>Xeon E3-1535M v5 2.9GHz, Max turbo dažnis 3.8GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-17-g3-fhd-xeon-e3-1535m-v5-16gb-256gb-m3000m-4gb/</t>
+  </si>
+  <si>
+    <t>EliteBook 845 G8</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 PRO 5650U 2.3GHz, Max turbo dažnis 4.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-845-g8-fhd-ips-ryzen-5650u-16gb-256gb-30/</t>
+  </si>
+  <si>
+    <t>ZBook 17 G6</t>
+  </si>
+  <si>
+    <t>Intel i7-9850H 2.6GHz, Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/</t>
+  </si>
+  <si>
+    <t>Acer</t>
+  </si>
+  <si>
+    <t>Aspire A315-32-P9GR</t>
+  </si>
+  <si>
+    <t>Intel Celeron Silver N5000 1.1GHz, Max turbo dažnis 2.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/</t>
+  </si>
+  <si>
+    <t>IdeaPad 330-15IKB</t>
+  </si>
+  <si>
+    <t>Intel Pentium Gold 4415U 2.3GHz</t>
+  </si>
+  <si>
+    <t>6GB</t>
+  </si>
+  <si>
+    <t>128GB SSD, 1TB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/</t>
+  </si>
+  <si>
+    <t>MSI</t>
+  </si>
+  <si>
+    <t>GE60</t>
+  </si>
+  <si>
+    <t>Intel i7-4700MQ 2.4GHz Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>Reikia keisti, nelaikanti.</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/msi-ge60-15-6-19201080-tn-i7-4700mq-8gb-480gb-ssd-nvidia-gt-750m-2gb-gddr5-baterija-mirusi/</t>
+  </si>
+  <si>
+    <t>Yoga 2 13</t>
+  </si>
+  <si>
+    <t>13.3 1920*1080 IPS Touch</t>
+  </si>
+  <si>
+    <t>Intel i5-4200U 1.6GHz, Max turbo dažnis 2.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/</t>
+  </si>
+  <si>
+    <t>EliteBook 840 G9</t>
+  </si>
+  <si>
+    <t>Intel i5-1245u 3.3Ghz, Max turbo dažnis 4.4GHz 10 branduolių, 12 virtualių</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/6351/</t>
+  </si>
+  <si>
+    <t>EliteBook 640 G9</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-640-g9-i5-1235u-16gb-256gb-ssd-17/</t>
+  </si>
+  <si>
+    <t>EliteteBook x360 830 G9 2-in-1</t>
+  </si>
+  <si>
+    <t>13.3 1920*1280 LED LCD IPS 16:10 Touch</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitetebook-x360-830-g9-2-in-1-i5-1245u-16-256-2026-03-7/</t>
+  </si>
+  <si>
+    <t>EliteBook 845 G10</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 PRO 7540 3.2GHz, Max turbo dažnis 4.9GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija/</t>
+  </si>
+  <si>
+    <t>Asus</t>
+  </si>
+  <si>
+    <t>Vivobook Go 14</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 TN</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 3 7320U 2.4GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-vivobook-go-14-ryzen-3-7320u-8gb-256gb-12-men-garantija-0/</t>
+  </si>
+  <si>
+    <t>ZBook Fury 17 G8</t>
+  </si>
+  <si>
+    <t>Intel i7-11850H 2.5GHz, Max turbo dažnis 4.8GHz</t>
+  </si>
+  <si>
+    <t>2TB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-fury-17-g8-17-3-fhd-ips-i7-11850h-64gb-2tb-ssd-rtx-a5000-16gb/</t>
+  </si>
+  <si>
+    <t>ThinkPad P15V Gen 3</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 IPS Matinis</t>
+  </si>
+  <si>
+    <t>Intel i7-12700H 14 Core , Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p15v-gen-3-15-6-fhd-ips-i7-12700h-16gb-1tb-ssd-t1200-4gb-8/</t>
+  </si>
+  <si>
+    <t>ProBook 445 G8</t>
+  </si>
+  <si>
+    <t>Amd Ryzen 5 4500U 2.3GHz, Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-probook-445-g8-14-0-fhd-ips-probook-ryzen-5-4500u-16gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>IdeaPad 3 15ALC6</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 5500U 2.1GHz, Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/nesiojamas-kompiuteris-lenovo-ideapad-3-15alc6-15-6-fhd-ryzen-5-5500u-8gb-256gb-ssd-6/</t>
+  </si>
+  <si>
+    <t>ThinkPad P1 4th Gen</t>
+  </si>
+  <si>
+    <t>16.0 2K+ 2560*1600 IPS 400 Nit 60Hz 8 Bit</t>
+  </si>
+  <si>
+    <t>Intel i7-11800H 2.3GHz, Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/</t>
+  </si>
+  <si>
+    <t>Ryzen 5 7520U 2.8GHz, Max turbo dažnis 4.3GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-vivobook-go-14-fhd-tn-matinis-ryzen-5-7520u-8gb-512gb-ssd-10/</t>
+  </si>
+  <si>
+    <t>EliteBook 845 G11</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 PRO 8640HS 3.5GHz, Max turbo dažnis 4.9GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/845-g11-ips-ryzen-5-8640hs-16-256gb-36-men-garantija-baterijai-12-men/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija-c-grade/</t>
+  </si>
+  <si>
+    <t>Thinkpad T14s Gen 2</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 4650U 2.1GHz, Max turbo dažnis 4.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t14s-gen-2-14-0-fhd-ips-ryzen-5-4650u-16gb-256gb-0-trukumas-1vnt-usb-c-neveikia/</t>
+  </si>
+  <si>
+    <t>ThinkPad L13 Gen 2</t>
+  </si>
+  <si>
+    <t>Intel i7-1165G7 2.8GHz, Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-l13-gen-2-13-3-fhd-ips-i7-1165g7-16gb-512gb-gera-baterija/</t>
+  </si>
+  <si>
+    <t>ThinkPad P1 Gen 1</t>
+  </si>
+  <si>
+    <t>Intel i7-8750H 2.2GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/</t>
+  </si>
+  <si>
+    <t>Precision 7530</t>
+  </si>
+  <si>
+    <t>Intel i7-8850H 2.6GHz, Max turbo dažnis 4.3GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/</t>
+  </si>
+  <si>
+    <t>Precision 3520</t>
+  </si>
+  <si>
+    <t>Intel i7-7700HQ 2.8GHz, Max turbo dažnis 3.8GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3520-15-6-fhd-ips-i7-7700hq-32gb-512gb-ssd-quadro-m620-2gb/</t>
+  </si>
+  <si>
+    <t>ZBook Power G10</t>
+  </si>
+  <si>
+    <t>15.6 FHD+ 1920*1200 IPS</t>
+  </si>
+  <si>
+    <t>i7-13800H 14 branduolių Max turbo dažnis 5.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-power-g10-15-6-fhd-i7-13800h-32gb-512gb-rtx-2000-8gb-garantija-iki-2027-05-16/</t>
+  </si>
+  <si>
+    <t>ThinkPad L13 Yoga 3rd Gen</t>
+  </si>
+  <si>
+    <t>13.3 1920*1200 IPS Touchscreen</t>
+  </si>
+  <si>
+    <t>i5-1235U 3.3GHz, Max turbo dažnis 4.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-l13-yoga-3rd-gen-13-3-fhd-touchscreen-i5-1235u-16gb-12-men-garantija/</t>
+  </si>
+  <si>
+    <t>Aspire 5 A515-51</t>
+  </si>
+  <si>
+    <t>Intel i3-8130U 2.2GHz, Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-5-a515-51-15-6-fhd-ips-i3-8130u-8gb-256gb-17-windows-11-home/</t>
+  </si>
+  <si>
+    <t>Aspire 3 A315-41</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 3 2200U 2.5GHz, Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-3-a315-41-15-6-fhd-ryzen-3-2200u-8gb-256gb-ssd-11/</t>
+  </si>
+  <si>
+    <t>D509DA</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-d509da-15-6-fhd-ryzen-3-2200u-8gb-256gb-ssd-31/</t>
+  </si>
+  <si>
+    <t>Precision 3530</t>
+  </si>
+  <si>
+    <t>Intel i5-8400H 2.5GHz, Max turbo dažnis 4.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3530-ips-i5-8400h-32gb-512gb-p600-2gb-28/</t>
+  </si>
+  <si>
+    <t>BX325E</t>
+  </si>
+  <si>
+    <t>13.3" 1920*1080 FHD OLED</t>
+  </si>
+  <si>
+    <t>Intel i5-1135G7 2.4GHz, Max turbo dažnis 4.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-bx325e-13-3-fhd-oled-i5-1135g7-8gb-512gb-ssd-31/</t>
+  </si>
+  <si>
+    <t>EliteBook 630 G10</t>
+  </si>
+  <si>
+    <t>i5-1355u Max turbo dažnis 4.6GHz 10 branduoliai, 12 virtualūs</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-630-g10-i5-1355u-16gb-256gb-ssd-0-12menesiu-garantija/</t>
+  </si>
+  <si>
+    <t>ProBook 430 G8</t>
+  </si>
+  <si>
+    <t>13.3" 1920*1080 FHD IPS</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-probook-430-g8-13-3-fhd-ips-i5-1135g7-8gb-256gb-ssd-22/</t>
+  </si>
+  <si>
+    <t>EliteBook 840 G8</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-840-g8-14-0-fhd-ips-i5-1135g7-16gb-256gb-ssd-26/</t>
+  </si>
+  <si>
+    <t>EliteBook 850 G8</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 Matinis IPS Ekranas 400 Nit</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-850-g8-15-6-fhd-ips-400-nit-i5-1135g7-16gb-512gb-ssd-26/</t>
+  </si>
+  <si>
+    <t>ProBook 440 G9</t>
+  </si>
+  <si>
+    <t>Intel i3-1215U , Max turbo dažnis 4.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-probook-440-g9-14-fhd-ips-i3-1215u-8gb-256gb-ssd-5/</t>
+  </si>
+  <si>
+    <t>ProBook 440 G10</t>
+  </si>
+  <si>
+    <t>14.0" 1920*1080 FHD IPS 400 Nit</t>
+  </si>
+  <si>
+    <t>Intel i3-1315U , Max turbo dažnis 4.5GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-probook-440-g10-14-fhd-ips-i3-1315u-16gb-256gb-ssd-5/</t>
+  </si>
+  <si>
+    <t>Aspire 3 A315-58</t>
+  </si>
+  <si>
+    <t>Intel i3-1115G4 3.0GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>12GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-3-a315-58-15-6-fhd-i3-1115g4-12gb-256gb-ssd-6/</t>
+  </si>
+  <si>
+    <t>Intel i7-8565U 1.8GHz, Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-i7-8565u-16gb-256gb-mx-150-2gb-12/</t>
+  </si>
+  <si>
+    <t>Vivobook 15 (X1504)</t>
+  </si>
+  <si>
+    <t>Intel i5-1235U 10 Core, 2-P, 8-E, Max turbo dažnis 4.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-vivobook-15-x1504-15-6-i5-1235u-16gb-256gb-mx-150-2gb-12/</t>
+  </si>
+  <si>
+    <t>X515J </t>
+  </si>
+  <si>
+    <t>Intel i7-1065G7 1.3GHz Max turbo dažnis 3.9GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-x515j-15-6-fhd-ips-i7-1065g7-16gb-1tb-ssd-ssd-38/</t>
+  </si>
+  <si>
+    <t>14.0 1920*1200 Matinis IPS Ekranas 400 Nitų</t>
+  </si>
+  <si>
+    <t>Intel i7-1255U 10 Core , Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-840-g9-14-0-fhd-ips-i7-1255u-16gb-256gb-23/</t>
+  </si>
+  <si>
+    <t>Thinkpad X13 G1</t>
+  </si>
+  <si>
+    <t>Intel i5-10210U 1.6GHz, Max turbo dažnis 4.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x13-g1-13-3-fhd-ips-i5-10210u-8gb-256gb-15/</t>
+  </si>
+  <si>
+    <t>Dynabook ( Buvęs Toshiba )</t>
+  </si>
+  <si>
+    <t>Portege X40-E</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 IPS Matinis Touchscreen</t>
+  </si>
+  <si>
+    <t>Intel i5-8250U 1.6GHz, Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-dynabook-portege-x40-e-14-fhd-ips-touch-i5-8250u-8gb-256gb-ssd-10/</t>
+  </si>
+  <si>
+    <t>245 G9</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 3 5425U 2.7GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-245-g9-14-fhd-ips-ryzen-3-5425u-8gb-3200mhz-antras-lizdas-laisvas-1tb-ssd-0-baterijos-susidevejimas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-245-g9-14-fhd-ips-ryzen-3-5425u-8gb-3200mhz-antras-lizdas-laisvas-512gb-ssd-0-baterijos-susidevejimas/</t>
+  </si>
+  <si>
+    <t>ThinkPad T14s</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 Matinis ekranas IPS 400 Nit</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 7 PRO 4750U 1.7GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t14s-fhd-ips-400-nit-ekranas-ryzen-7-4750u-16gb-256gb-11-ekrane-yra-baltas-taskelis/</t>
+  </si>
+  <si>
+    <t>ThinkPad T14 3rd Gen</t>
+  </si>
+  <si>
+    <t>14.0 1920*1200 Matinis ekranas IPS 300 Nit Touchscreen</t>
+  </si>
+  <si>
+    <t>Intel i5-1250P 12 Core, Max turbo dažnis 4.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t14-3rd-gen-fhd-touch-i5-1250p-16gb-512gb-ssd-0/</t>
+  </si>
+  <si>
+    <t>Lenovo ThinkPad P14s</t>
+  </si>
+  <si>
+    <t>14.0 1920*1200 Matinis ekranas IPS 400 Nit</t>
+  </si>
+  <si>
+    <t>Intel i7-1360P 12 Core, Max turbo dažnis 5.0GHz</t>
+  </si>
+  <si>
+    <t>32GB 4800MHz, nedasideda, įlituoti</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p14s-14-0-fhd-400-nit-i7-1360p-32gb-1tb-a500-4gb/</t>
+  </si>
+  <si>
+    <t>EliteBook 855 G8</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 7 5850U 1.9GHz, Max turbo dažnis 4.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-fhd-ips-elitebook-ryzen-7-5850u-16gb-256gb-ssd-27/</t>
+  </si>
+  <si>
+    <t>ThinkPad L15 Gen 3</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5675U 2.3GHz Max turbo dažnis 4.3GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-l15-gen-3-15-6-fhd-ips-r5-5675u-8gb-256gb-6/</t>
+  </si>
+  <si>
+    <t>EliteBook 855 G7</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-855-g7-15-6-fhd-ips-ryzen-5-4650u-16gb-256gb/</t>
+  </si>
+  <si>
+    <t>ThinkPad P14s</t>
+  </si>
+  <si>
+    <t>14.0 1920*1200 Matinis ekranas IPS</t>
+  </si>
+  <si>
+    <t>Intel i7-1260P 12 Core, Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p14s-14-0-fhd-ips-i7-1260p-16gb-1tb-ssd-19/</t>
+  </si>
+  <si>
+    <t>Thinkpad P14s Gen 2</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p14s-14-0-fhd-ips-ryzen-7-5850u-16gb-256gb-0/</t>
+  </si>
+  <si>
+    <t>Precision 7560</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 Matinis IPS</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-7560-15-6-i7-11850h-32gb-512gb-a3000-6gb-31/</t>
+  </si>
+  <si>
+    <t>16.0 1920*1200 Matinis IPS Labai ryškus</t>
+  </si>
+  <si>
+    <t>I9-12950HX 16 Core Max turbo dažnis 5.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-7670-16-0-fhd-i9-12950hx-32gb-1tb-a2000-8gb-17/</t>
+  </si>
+  <si>
+    <t>14.0 FHD IPS Matinis Touchscreen</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p14s-fhd-ips-ts-ryzen-7-5850u-16gb-512gb-9/</t>
+  </si>
+  <si>
+    <t>Precision 5570</t>
+  </si>
+  <si>
+    <t>15.6 FHD+ 1920*1200 IPS Matinis 500 Nitų</t>
+  </si>
+  <si>
+    <t>i7-12700H 14 branduolių Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-5570-15-6-fhd-500-nit-i7-12700h-64gb-ddr5-1tb-rtx-a2000-8gb-21/</t>
+  </si>
+  <si>
+    <t>Precision 3571</t>
+  </si>
+  <si>
+    <t>15.6 FHD 1920*1080 IPS Matinis</t>
+  </si>
+  <si>
+    <t>32GB DDR5 1*32GB 4800MHz, antras lizdas laisvas</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3571-15-6-fhd-i7-12700h-32gb-ddr5-1tb-rtx-a1000-4gb/</t>
+  </si>
+  <si>
+    <t>XPS 15 9575</t>
+  </si>
+  <si>
+    <t>15.6 4K Touch x360 3840*2160 400 Nit</t>
+  </si>
+  <si>
+    <t>Intel Core i7-8705G 3.1Ghz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/xps-15-9575-15-6-x360-4k-ts-i7-8705g-16gb-256gb-69/</t>
+  </si>
+  <si>
+    <t>14.0 FHD IPS Matinis</t>
+  </si>
+  <si>
+    <t>Intel i5-1235U 10 Core Max turbo dažnis 4.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-probook-440-g914-fhd-ips-i5-1235u-32gb-256gb-mx570a-2gb-22/</t>
+  </si>
+  <si>
+    <t>EliteBook 8570p</t>
+  </si>
+  <si>
+    <t>15.6 HD+ 1600*900 TN Matinis</t>
+  </si>
+  <si>
+    <t>Intel i7-3740QM</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E6440</t>
+  </si>
+  <si>
+    <t>Intel i5-4200M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E7240</t>
+  </si>
+  <si>
+    <t>Intel i5-4300U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E5450</t>
+  </si>
+  <si>
+    <t>Intel i3-5010U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>14.0 1600*900 TN</t>
+  </si>
+  <si>
+    <t>Intel i3-4030U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E5440</t>
+  </si>
+  <si>
+    <t>Intel i3-4010U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>LifeBook E734</t>
+  </si>
+  <si>
+    <t>13.3 1366*768 TN</t>
+  </si>
+  <si>
+    <t>Intel i5-4210M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Z30-B-106</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>LIFEBOOK E744</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Thinkpad E460</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/</t>
+  </si>
+  <si>
+    <t>Thinkpad L430</t>
+  </si>
+  <si>
+    <t>Intel i5-3210M</t>
+  </si>
+  <si>
+    <t>120GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad L420</t>
+  </si>
+  <si>
+    <t>I5-2320M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T430</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T420</t>
+  </si>
+  <si>
+    <t>Intel i5-2410M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T430S</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T420S</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/</t>
+  </si>
+  <si>
+    <t>TravelMate P273</t>
+  </si>
+  <si>
+    <t>17.3 1600*900</t>
+  </si>
+  <si>
+    <t>i3-2348M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/</t>
+  </si>
+  <si>
+    <t>Satellite C870D-11M</t>
+  </si>
+  <si>
+    <t>AMD E1-1200</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/</t>
+  </si>
+  <si>
+    <t>HP EliteBook 725 G3</t>
+  </si>
+  <si>
+    <t>AMD PRO A10-8700B 1.8GHz, Max turbo dažnis 3.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/</t>
+  </si>
+  <si>
+    <t>Amilo Li 3910</t>
+  </si>
+  <si>
+    <t>18.4 Raiška netestuota</t>
+  </si>
+  <si>
+    <t>Intel Pentium T3200 2.00GHz</t>
+  </si>
+  <si>
+    <t>3GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/</t>
+  </si>
+  <si>
+    <t>Aspire 8730</t>
+  </si>
+  <si>
+    <t>18.4 1920*1080</t>
+  </si>
+  <si>
+    <t>Intel Pentium T6400 2.00GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/</t>
+  </si>
+  <si>
+    <t>EliteBook 850 G1</t>
+  </si>
+  <si>
+    <t>Intel i5-4210U 1.7GHz, Max turbo dažnis 2.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-850-g115-6-fhd-blizgus-i3-6006u-8gb-256gb-ssd-16/</t>
+  </si>
+  <si>
+    <t>V145-15AST</t>
+  </si>
+  <si>
+    <t>AMD A6-9225 R4 2.6GHz, Max turbo dažnis 3.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-15-6hd-i7-4600u-16gb-256gb-ssd-mirusi-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-hd-ips-i3-5005u-8gb-500gb-hdd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/tecra-z40-b-14-0-1600900-i5-5200u-8gb-500gb-ssd-19/</t>
+  </si>
+  <si>
+    <t>Latitude E7270</t>
+  </si>
+  <si>
+    <t>Intel i5-6300U 2.4GHz, Max turbo dažnis 3.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/</t>
+  </si>
+  <si>
+    <t>V330-14IKB</t>
+  </si>
+  <si>
+    <t>Untested</t>
+  </si>
+  <si>
+    <t>0GB</t>
+  </si>
+  <si>
+    <t>0GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/</t>
+  </si>
+  <si>
+    <t>Zenbook 14 UX434F</t>
+  </si>
+  <si>
+    <t>Intel i7-10510u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/</t>
+  </si>
+  <si>
+    <t>E31-70, E31-80</t>
+  </si>
+  <si>
+    <t>Intel i3-5005U, Intel i3-6006u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/</t>
+  </si>
+  <si>
+    <t>Microsoft</t>
+  </si>
+  <si>
+    <t>Surface 5 Pro</t>
+  </si>
+  <si>
+    <t>12.3 2736*1824 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-7300U</t>
+  </si>
+  <si>
+    <t>128GB arba 256GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/</t>
+  </si>
+  <si>
+    <t>Ideapad S540-13IML</t>
+  </si>
+  <si>
+    <t>Intel i5-10210U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/</t>
+  </si>
+  <si>
+    <t>Notebook 14-ck1864no</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Thinkpad E485</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e485-14-0-fhd-ips-ryzen-5-2500u-8gb-0gb-ssd-10-kosmetinei-defektai/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/</t>
+  </si>
+  <si>
+    <t>Latitude 5580</t>
+  </si>
+  <si>
+    <t>Intel i5-6440HQ</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/</t>
+  </si>
+  <si>
+    <t>Microsfot Surface 5 Pro</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/</t>
+  </si>
+  <si>
+    <t>Yoga 510-14ISK</t>
   </si>
   <si>
     <t>14.0 1920*1080 IPS Touchscreen</t>
   </si>
   <si>
-    <t>Intel i7-4600U 2.1GHz, Max turbo dažnis 3.23GHz</t>
-[...431 lines deleted...]
-    <t>EliteBook 840 G6</t>
+    <t>https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/</t>
+  </si>
+  <si>
+    <t>Dell Latitude 5310</t>
+  </si>
+  <si>
+    <t>Intel i5-10310u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/</t>
+  </si>
+  <si>
+    <t>Inspiron 17 5748 </t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/</t>
+  </si>
+  <si>
+    <t>IdeaPad 330S-15IKB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-330s-15ikb-15-6-fhd-i5-8250u-8gb-128gb-ssd-10-bloga-klaviat8ra-ekrane-matosi-nuospaudos-nuo-klaviaturos/</t>
+  </si>
+  <si>
+    <t>H730 Celsius</t>
+  </si>
+  <si>
+    <t>Intel i7-4710MQ</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-i7-4710mq-32gb-ram-256gb-ssd-quadro-k1100m-2gb-keli-trukumai-nekritiniai/</t>
+  </si>
+  <si>
+    <t>LifeBook E544</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-e544-15-6-fhd-ips-i5-4210m-8gb-256gb-ssd-20-keli-defektai/</t>
+  </si>
+  <si>
+    <t>Aspire E5-532</t>
+  </si>
+  <si>
+    <t>15.6 1366*768</t>
+  </si>
+  <si>
+    <t>Intel i3-4005U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-e5-532-15-6-1366768-i3-4005u-8gb-128gb-ssd-12-touchpad-neveikia/</t>
+  </si>
+  <si>
+    <t>Aspire ES1-512</t>
+  </si>
+  <si>
+    <t>Celeron N2920</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-es1-512-15-6-celeron-n2920-8gb-1tb-hdd-bloga-baterija-ir-touchpad/</t>
+  </si>
+  <si>
+    <t>Lenovo Yoga 710-14IKB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-710-14ikb-su-defektais-14-0-fhd-ips-i5-7200u-4gb-256gb-ssd-ekrano-defektais-camera-neveikia-klaviatura-neidealiai-veikia/</t>
+  </si>
+  <si>
+    <t>Notebook 17</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i5-6200u-8gb-be-disko-r5-m330-keli-nebaisus-trukumai/</t>
+  </si>
+  <si>
+    <t>Pavilion 15-P294no</t>
+  </si>
+  <si>
+    <t>AMD A10-7300</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-a10-7300-8gb-r7-m260-bloga-baterija-ir-touchpad/</t>
+  </si>
+  <si>
+    <t>E1-572G</t>
+  </si>
+  <si>
+    <t>Intel i5-4200U</t>
+  </si>
+  <si>
+    <t>750GB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-e1-572g-15-6-i5-4200u-8gb-750gb-hdd-bloga-baterija-ir-truksta-vieno-klaviso/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-fhd-ips-idealus-ekranas-i5-8265u-8gb-0gb-ssd-su-defektu-klaviaturos-nevisi-mygtukai-veikia-baterijos-nera/</t>
+  </si>
+  <si>
+    <t>Thinkpad Carbon x1 3rd Gen</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-carbon-x1-3rd-gen-14-0-fhd-i5-5300u-8gb-0gb-ssd-bloga-klaviatura/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-a285-12-5-hd-amd-ryzen-5-2500u-8gb-256gb-ssd-vienas-is-dvieju-usb-c-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Thinkpad T490</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t490-14-0-fhd-ips-i5-8265u-8gb-256gb-0-vienas-usb-c-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Inspiron 13 5370</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-inspiron-13-5370-13-3-fhd-ips-i5-8250u-8gb-256gb-45-neveikia-web-camera/</t>
+  </si>
+  <si>
+    <t>Latitude 7200</t>
+  </si>
+  <si>
+    <t>12.3 1920*1080 IPS Touchscreen</t>
   </si>
   <si>
     <t>Intel i5-8365U 1.6GHz, Max turbo dažnis 4.1GHz</t>
   </si>
   <si>
-    <t>https://eridas.lt/preke/hp-elitebook-840-g6-14-0-fhd-ips-i5-8365u-16gb-256gb-ssd-18/</t>
-[...655 lines deleted...]
-  <si>
     <t>https://eridas.lt/preke/dell-latitude-7200-touch-12-3-19201080-touchscreen-i5-8365u-16gb-256gb-baterija-i-pabaiga/</t>
   </si>
   <si>
     <t>PU500C</t>
   </si>
   <si>
     <t>15.6 1366*768 Matinis</t>
   </si>
   <si>
     <t>Intel i5-3337U 1.8GHz, Max turbo dažnis 2.7GHz</t>
   </si>
   <si>
     <t>10GB</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/asus-pu500c-15-6-hd-matinis-i5-3337u-10gb-ram-128gb-ssd-14/</t>
   </si>
   <si>
     <t>Thinkpad T480S</t>
   </si>
   <si>
     <t>Intel i5-8350U</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8350u-8gb-256-ssd-18-neveikia-1vnt-usb-ir-1vnt-usb-c/</t>
@@ -2184,114 +2082,87 @@
   <si>
     <t>https://eridas.lt/preke/lenovo-y540-17irh-neveikiantis-i5-9300h-gtx-1660-ti-6gb-s-n-pf1zvzkv/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-legion-y530-15ich-15-6-144hz-neveikiantis-i5-8300h-gtx-1060-6gb-8gb-ram-s-n-pf1efx10/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-omen-15-en0802no-200w-ryzen-5-4600h-1660ti-6gb-neveikiantis-s-n-5cd0256bds/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/dell-xps-15-9550-15-6-i7-6700hq-960m-2gb-s-n-1ldnj72-sulietas-neveikiantis/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/acer-aspire-vvn7-591g-738g-i7-4720hq-gtx-960m-2gb-8gb-128gb-ssd-1tb-hdd-baterija-yra-laiko-veikia-blogi-vyriai/</t>
   </si>
   <si>
     <t>Spectre 13-3000eo</t>
   </si>
   <si>
     <t>13.3 2560*1440 IPS Touch</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-spectre-13-3000eo-13-3-25601440-ips-touchscreen-i5-4200u-8gb-256gb-ssd-23-truputi-dzerzgia-garsiakalbiai/</t>
   </si>
   <si>
-    <t>ProBook 430 G5</t>
-[...7 lines deleted...]
-  <si>
     <t>https://eridas.lt/preke/hp-255-g3-15-6-hd-matinis-a4-5000-4gb-1tb-hdd-bloga-baterija-nuskiles-korpuso-kamputis/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/asus-x53s-i3-2310m-8gb-be-disko-bloga-baterija/</t>
   </si>
   <si>
     <t>IdeaPad C340-15IML</t>
   </si>
   <si>
     <t>15.6 IPS 1920*1080 Touchscreen</t>
   </si>
   <si>
     <t>Intel i7-10510U 1.8GHz, Max turbo dažnis 4.9GHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-ideapad-c340-15iml-15-6-fhd-ips-touch-i7-10510u-16gb-256gb-ssd-14/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-elitebook-860-16-i7-1355u-neveikiantis/</t>
   </si>
   <si>
-    <t>Thinkpad P51</t>
-[...7 lines deleted...]
-  <si>
     <t>PORTEGE Z30-A</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/nesiojamas-kompiuteris-toshiba-portege-z30-a-13-3-hd-tn-i5-4210u-8gb-256gb-20-truputi-laisvesni-vyriai/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/su-defektu-lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-5-2500u-8gb-256gb-ssd-abejos-baterijos-blogos-be-kroviklio-galima-dalimis-pirkti/</t>
   </si>
   <si>
     <t>EliteBook 745 G5</t>
   </si>
   <si>
     <t>Ryzen 3 Pro 2300U 2.0GHz, Max turbo dažnis 3.4GHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://eridas.lt/preke/veikiantis-laptopas-uz-ekrano-kaina-travelmate-p214-series-n19q7-i3-1115g4-8gb-256gb-ssd-24-isluze-vyriai-korpuso-defektas/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="3">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="16"/>
       <b/>
     </font>
     <font>
       <name val="Calibri"/>
@@ -2334,323 +2205,304 @@
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/>
 <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/>
 <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/>
 <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dimm-ddr3-4gb-ram-atmintis-pc3-12800u-1600mhz/" TargetMode="External"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/" TargetMode="External"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w/" TargetMode="External"/>
 <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/originalus-naudotas-hp-ikroviklis-65w-7-5x-5-0mm/" TargetMode="External"/>
 <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/3005/" TargetMode="External"/>
 <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dimm-ddr3-18gb-1-5v-1600mhz-parenkamas-atsitiktinis-gamintojas/" TargetMode="External"/>
 <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dimm-ddr3-18gb-1-35v-1600mhz-parenkamas-atsitiktinis-gamintojas/" TargetMode="External"/>
-<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nvidia-quadro-p4000-8gb-gddr5/" TargetMode="External"/>
-[...6 lines deleted...]
-<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/50-nuolaida-so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/" TargetMode="External"/></Relationships>
+<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-type-c-45w-ikroviklis-20v-2-25a-5v-3a-9v-9a-15v-3a-turime-dideli-kieki/" TargetMode="External"/>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w-kopija/" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/so-dimm-ddr3-1vnt-16gb-pc3-12800s-laptopo-atmintis-vienoje-ploksteleje-16gb-ram-reta-preke/" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ddr3-4gb-ploksteliu-laptopu-ir-stacionariu-rinkinys-po-4vnt-vienodus-5-skirtingu-pociziju-su-nuolaida/" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-530s-14ikb-14-0-fhd-ips-touchscreen-i5-8250u-0gb-ram-0gb-ssd-mx-130-2gb-gpu/" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/50-nuolaida-so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/gtx-1080-ti-11gb-gddr5x-nestandartinis-ausintuvas/" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-zenbook-14-oled-ux3405-14-28801800-touch-ultra-7-155h-32gb-ddr5-1tb-ssd-11/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-esprimo-e720-i7-4790-8gb-ram-240gb-ssd/" TargetMode="External"/>
 <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/2804/" TargetMode="External"/>
 <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/imac-core-i7-3-1-21-5-late-2013-16gb-i7-4770s/" TargetMode="External"/>
 <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z210-i5-2400-16gb-128gb-ssd/" TargetMode="External"/>
 <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-0gb-ssd-240w-psu/" TargetMode="External"/>
 <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z210-workstation-sff-i5-2400-16gb-ram-ddr3-128gb-ssd-240w-psu/" TargetMode="External"/>
 <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-128gb-ssd-240w-psu/" TargetMode="External"/>
 <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-m81-sff-i5-2400-16gb-ram-ddr3-0gb-ssd-240w-psu/" TargetMode="External"/>
 <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700-16gb-256gb-ssd/" TargetMode="External"/>
 <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700k-16gb-256gb-ssd/" TargetMode="External"/>
-<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-e720-e90i5-457016gb-ram-sff-kopija/" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-e710-e90i5-347016gb-ram-sff/" TargetMode="External"/>
 <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-p910-li5-3470-16gb-ram-medium-tower/" TargetMode="External"/>
-<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-e720-e85-i5-4590-16gb-ram-sff/" TargetMode="External"/>
-[...43 lines deleted...]
-<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5820t-w-2123-16gb-256gb-p4000-8gb-psu-950w-80-plus-gold/" TargetMode="External"/></Relationships>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-compaq-8200-micro-tower-i7-2600-16gb-128gb-ssd-500gb-hdd-windows-suinstaliuoti/" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-prodesk-600-g1-i7-4790-16gb-128gb-ssd-500gb-hdd-320w-psu-windows-suinstaliuoti/" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkcentre-m93p-i5-4570-16gb-128gb-ssd-500gb-hdd-windows-suinsaliuoti/" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-p720-medium-tower-i7-4790-16gb-0gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-prodesk-600-g3-sff-i3-6100-8gb-ddr4-0gb-ssd-dedasi-nmve-diskas/" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-ddr4-0gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-16gb-256gb-ssd-kopija/" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z420-tower-e5-1650-v2-32gb-ram-240gb-ssd-quadro-k2000/" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb/" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-32gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-inspiron-5675-ryzen-5-1400-16gb-512gb-ssd-1tb-hdd-rx-570-4gb-460w/" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/6650/" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-t7610-xeon-e5-2687w-v2-2vnt-64gb-256gb-k4000-3gb-1300w/" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-esprimo-d556-sff-i5-6500-16gb-ram-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/proone-400-g5-20-1600900-all-in-one-i5-8400t-16gb-128gb-ssd-750gb-hdd/" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-800-g3-mini-pc-i5-6500t-8gb-be-ssd-disko/" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-m720s-sff-i7-8700-16gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-optiplex-7040m-mini-pc-i5-6500t-16gb-128gb-ssd-hdmi-display-port-vga-wifi/" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-optiplex-7050-mini-pc-i5-7500t-8gb-256gb-display-port-2vnt-com-port-jungtys/" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-engage-flex-pro-c-base-model-retail-system-i5-8400-32gb-256-ssd1tb-hdd-14vnt-usb-2x-com-port/" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z230-workstations-mt-xeon-e3-1280-v3-16gb-500gb-hdd-2vnt-viso-1tb-ssd-nera/" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-optiplex-sff-5050-i7-7700-16gb-256gb/" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g4-mini-pc-i5-8500t-8gb-256gb-ssd-wifi-display-port-3vnt-su-kosmetiniai-trukumais/" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g4-mini-pc-i5-8500t-8gb-256gb-ssd-wifi-display-port-3vnt-su-kosmetiniai-trukumais-ir-1vnt-usb-neveikia/" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitedesk-800-g4-mini-pc-i5-8500t-4gb-128gb-ssd-wifi-display-port-2vnt-ir-1vnt-vga-su-kosmetiniai-trukumais-2/" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/32-all-in-one-4k-550-nit-ultra-7-155h-32gb-1tb-12-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/mini-pc-lenovo-m70q-gen-5-i5-14500t-16gb-256gb-ssd-wifix2-dp-x1-hdmi-x1-com-port-7vnt-usb/" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-m715q-mini-pc-amd-ryzen-3-2200-ge-8gb-256gb-wifi-hdmi-display-port/" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-m720s-sff-i5-8500-8gb-256gb-ssd/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/" TargetMode="External"/>
-[...86 lines deleted...]
-<Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-3520-156-fhd-ips-i5-1135g7-8gb-256gb-ssd-0/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkpad-x395-13-3-fhd-ips-ryzen-5-pro-3500u-16gb-256gb/" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-u728-12-5-ips-i5-8250u-8gb-256gb-svoris-tik-1-105kg/" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-u748-14-fhd-ips-i5-8250u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-5495/" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-5495-14-0-fhd-ips-amd-ryzen-5-2500u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-l14-gen-1-ryzen-7-4750u-16gb-512gb-ssd-12-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkpad-l14-fhd-ryzen-5-4650u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e495-14-0-fhd-ips-ryzen-5-3500u-8-256gb/" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd-2/" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-u747-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd-copy/" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-z30-c-16m-13-3-fhd-ips-i7-6500u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-z30-c-120-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-u727-14-0-fhd-ips-i5-7200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-inspiron-16-16-0-fhd-i5-1235u-8gb-512gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/surface-laptop-go-12-4-ips-i5-1035g1-4gb-64gb/" TargetMode="External"/>
+<Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/latitude-5410-14-0-i7-10610u-8gb-512tb-ssd-21/" TargetMode="External"/>
+<Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba14-0-hd-tn-matinis-i5-7200u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/3618/" TargetMode="External"/>
+<Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-hp-zbook-17-g3-fhd-ips-xeon-e3-1535m-v5-16gb-ram-512gb-ssd-quadro-m5000m-8gb-gddr5/" TargetMode="External"/>
+<Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-845-g9-fhd-ips-ryzen-5-6650-16-256gb/" TargetMode="External"/>
+<Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-15-g1-workstation-15-6-fhd-matinis-i7-4700mq-8gb-256gb-ssd-nvidia-quadro-k1100m-2gb-gddr5/" TargetMode="External"/>
+<Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkpad-t14-gen-1-14-0-hd-tn-ryzen-7-4750u-16gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/cepter-n520-02-15-6-fhd-i5-8250u-16gb-512gb-ssd-1/" TargetMode="External"/>
+<Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/medion-s6445-15-6-fhd-ips-i5-8265u-8gb-1tb-ssd-10/" TargetMode="External"/>
+<Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-vostro-14-3420-fhd-ips-i7-1255u-16gb-512gb-ssd-24-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-14-3440-14-0-fhd-ips-i5-1335u-8gb-256gb-ssd-24-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-14-g7-firefly-14-0-fhd-ips-i7-10610u-32gb-1tb-ssd-nvidia-quadro-p520-4gb-gddr5/" TargetMode="External"/>
+<Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-fhd-ips-ryzen-5-4500u-16gb-512gb-ssd-0/" TargetMode="External"/>
+<Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/isparduodame-lenovo-thinkpad-x13-gen-1-1-14-0-fhd-ips-ryzen-3-4450u-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/microsoft-surface-laptop-3-13-5-i7-1065g7-16gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-17-g3-fhd-xeon-e3-1535m-v5-16gb-256gb-m3000m-4gb/" TargetMode="External"/>
+<Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-845-g8-fhd-ips-ryzen-5650u-16gb-256gb-30/" TargetMode="External"/>
+<Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/" TargetMode="External"/>
+<Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/" TargetMode="External"/>
+<Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/" TargetMode="External"/>
+<Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/msi-ge60-15-6-19201080-tn-i7-4700mq-8gb-480gb-ssd-nvidia-gt-750m-2gb-gddr5-baterija-mirusi/" TargetMode="External"/>
+<Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/" TargetMode="External"/>
+<Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/6351/" TargetMode="External"/>
+<Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-640-g9-i5-1235u-16gb-256gb-ssd-17/" TargetMode="External"/>
+<Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitetebook-x360-830-g9-2-in-1-i5-1245u-16-256-2026-03-7/" TargetMode="External"/>
+<Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-vivobook-go-14-ryzen-3-7320u-8gb-256gb-12-men-garantija-0/" TargetMode="External"/>
+<Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-fury-17-g8-17-3-fhd-ips-i7-11850h-64gb-2tb-ssd-rtx-a5000-16gb/" TargetMode="External"/>
+<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p15v-gen-3-15-6-fhd-ips-i7-12700h-16gb-1tb-ssd-t1200-4gb-8/" TargetMode="External"/>
+<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-probook-445-g8-14-0-fhd-ips-probook-ryzen-5-4500u-16gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamas-kompiuteris-lenovo-ideapad-3-15alc6-15-6-fhd-ryzen-5-5500u-8gb-256gb-ssd-6/" TargetMode="External"/>
+<Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/" TargetMode="External"/>
+<Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-vivobook-go-14-fhd-tn-matinis-ryzen-5-7520u-8gb-512gb-ssd-10/" TargetMode="External"/>
+<Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/845-g11-ips-ryzen-5-8640hs-16-256gb-36-men-garantija-baterijai-12-men/" TargetMode="External"/>
+<Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija-c-grade/" TargetMode="External"/>
+<Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t14s-gen-2-14-0-fhd-ips-ryzen-5-4650u-16gb-256gb-0-trukumas-1vnt-usb-c-neveikia/" TargetMode="External"/>
+<Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-l13-gen-2-13-3-fhd-ips-i7-1165g7-16gb-512gb-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/" TargetMode="External"/>
+<Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/" TargetMode="External"/>
+<Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3520-15-6-fhd-ips-i7-7700hq-32gb-512gb-ssd-quadro-m620-2gb/" TargetMode="External"/>
+<Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-power-g10-15-6-fhd-i7-13800h-32gb-512gb-rtx-2000-8gb-garantija-iki-2027-05-16/" TargetMode="External"/>
+<Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-l13-yoga-3rd-gen-13-3-fhd-touchscreen-i5-1235u-16gb-12-men-garantija/" TargetMode="External"/>
+<Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-5-a515-51-15-6-fhd-ips-i3-8130u-8gb-256gb-17-windows-11-home/" TargetMode="External"/>
+<Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-3-a315-41-15-6-fhd-ryzen-3-2200u-8gb-256gb-ssd-11/" TargetMode="External"/>
+<Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-d509da-15-6-fhd-ryzen-3-2200u-8gb-256gb-ssd-31/" TargetMode="External"/>
+<Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3530-ips-i5-8400h-32gb-512gb-p600-2gb-28/" TargetMode="External"/>
+<Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-bx325e-13-3-fhd-oled-i5-1135g7-8gb-512gb-ssd-31/" TargetMode="External"/>
+<Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-630-g10-i5-1355u-16gb-256gb-ssd-0-12menesiu-garantija/" TargetMode="External"/>
+<Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-probook-430-g8-13-3-fhd-ips-i5-1135g7-8gb-256gb-ssd-22/" TargetMode="External"/>
+<Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-840-g8-14-0-fhd-ips-i5-1135g7-16gb-256gb-ssd-26/" TargetMode="External"/>
+<Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-850-g8-15-6-fhd-ips-400-nit-i5-1135g7-16gb-512gb-ssd-26/" TargetMode="External"/>
+<Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-probook-440-g9-14-fhd-ips-i3-1215u-8gb-256gb-ssd-5/" TargetMode="External"/>
+<Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-probook-440-g10-14-fhd-ips-i3-1315u-16gb-256gb-ssd-5/" TargetMode="External"/>
+<Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-3-a315-58-15-6-fhd-i3-1115g4-12gb-256gb-ssd-6/" TargetMode="External"/>
+<Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-i7-8565u-16gb-256gb-mx-150-2gb-12/" TargetMode="External"/>
+<Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-vivobook-15-x1504-15-6-i5-1235u-16gb-256gb-mx-150-2gb-12/" TargetMode="External"/>
+<Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-x515j-15-6-fhd-ips-i7-1065g7-16gb-1tb-ssd-ssd-38/" TargetMode="External"/>
+<Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-840-g9-14-0-fhd-ips-i7-1255u-16gb-256gb-23/" TargetMode="External"/>
+<Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-x13-g1-13-3-fhd-ips-i5-10210u-8gb-256gb-15/" TargetMode="External"/>
+<Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-dynabook-portege-x40-e-14-fhd-ips-touch-i5-8250u-8gb-256gb-ssd-10/" TargetMode="External"/>
+<Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-245-g9-14-fhd-ips-ryzen-3-5425u-8gb-3200mhz-antras-lizdas-laisvas-1tb-ssd-0-baterijos-susidevejimas/" TargetMode="External"/>
+<Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-245-g9-14-fhd-ips-ryzen-3-5425u-8gb-3200mhz-antras-lizdas-laisvas-512gb-ssd-0-baterijos-susidevejimas/" TargetMode="External"/>
+<Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t14s-fhd-ips-400-nit-ekranas-ryzen-7-4750u-16gb-256gb-11-ekrane-yra-baltas-taskelis/" TargetMode="External"/>
+<Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t14-3rd-gen-fhd-touch-i5-1250p-16gb-512gb-ssd-0/" TargetMode="External"/>
+<Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p14s-14-0-fhd-400-nit-i7-1360p-32gb-1tb-a500-4gb/" TargetMode="External"/>
+<Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-fhd-ips-elitebook-ryzen-7-5850u-16gb-256gb-ssd-27/" TargetMode="External"/>
+<Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-l15-gen-3-15-6-fhd-ips-r5-5675u-8gb-256gb-6/" TargetMode="External"/>
+<Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-855-g7-15-6-fhd-ips-ryzen-5-4650u-16gb-256gb/" TargetMode="External"/>
+<Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p14s-14-0-fhd-ips-i7-1260p-16gb-1tb-ssd-19/" TargetMode="External"/>
+<Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p14s-14-0-fhd-ips-ryzen-7-5850u-16gb-256gb-0/" TargetMode="External"/>
+<Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-7560-15-6-i7-11850h-32gb-512gb-a3000-6gb-31/" TargetMode="External"/>
+<Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-7670-16-0-fhd-i9-12950hx-32gb-1tb-a2000-8gb-17/" TargetMode="External"/>
+<Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p14s-fhd-ips-ts-ryzen-7-5850u-16gb-512gb-9/" TargetMode="External"/>
+<Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5570-15-6-fhd-500-nit-i7-12700h-64gb-ddr5-1tb-rtx-a2000-8gb-21/" TargetMode="External"/>
+<Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3571-15-6-fhd-i7-12700h-32gb-ddr5-1tb-rtx-a1000-4gb/" TargetMode="External"/>
+<Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/xps-15-9575-15-6-x360-4k-ts-i7-8705g-16gb-256gb-69/" TargetMode="External"/>
+<Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-probook-440-g914-fhd-ips-i5-1235u-32gb-256gb-mx570a-2gb-22/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkpad-t440s-fhd-ips-i7-4600u-8gb-256gb/" TargetMode="External"/>
-[...42 lines deleted...]
-<Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-3-2300u-16gb-128gb-ssd-1vnt-baterija/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/" TargetMode="External"/>
+<Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/" TargetMode="External"/>
+<Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/" TargetMode="External"/>
+<Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/" TargetMode="External"/>
+<Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/" TargetMode="External"/>
+<Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/" TargetMode="External"/>
+<Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/" TargetMode="External"/>
+<Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/" TargetMode="External"/>
+<Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-850-g115-6-fhd-blizgus-i3-6006u-8gb-256gb-ssd-16/" TargetMode="External"/>
+<Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/" TargetMode="External"/>
+<Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/" TargetMode="External"/>
+<Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-15-6hd-i7-4600u-16gb-256gb-ssd-mirusi-baterija/" TargetMode="External"/>
+<Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-hd-ips-i3-5005u-8gb-500gb-hdd/" TargetMode="External"/>
+<Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/tecra-z40-b-14-0-1600900-i5-5200u-8gb-500gb-ssd-19/" TargetMode="External"/>
+<Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/" TargetMode="External"/>
-[...58 lines deleted...]
-<Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/veikiantis-laptopas-uz-ekrano-kaina-travelmate-p214-series-n19q7-i3-1115g4-8gb-256gb-ssd-24-isluze-vyriai-korpuso-defektas/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/" TargetMode="External"/>
+<Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/" TargetMode="External"/>
+<Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/" TargetMode="External"/>
+<Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/" TargetMode="External"/>
+<Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/" TargetMode="External"/>
+<Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/" TargetMode="External"/>
+<Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/" TargetMode="External"/>
+<Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/" TargetMode="External"/>
+<Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e485-14-0-fhd-ips-ryzen-5-2500u-8gb-0gb-ssd-10-kosmetinei-defektai/" TargetMode="External"/>
+<Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/" TargetMode="External"/>
+<Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/" TargetMode="External"/>
+<Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/" TargetMode="External"/>
+<Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/" TargetMode="External"/>
+<Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/" TargetMode="External"/>
+<Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/" TargetMode="External"/>
+<Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/" TargetMode="External"/>
+<Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/" TargetMode="External"/>
+<Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/" TargetMode="External"/>
+<Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-330s-15ikb-15-6-fhd-i5-8250u-8gb-128gb-ssd-10-bloga-klaviat8ra-ekrane-matosi-nuospaudos-nuo-klaviaturos/" TargetMode="External"/>
+<Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-i7-4710mq-32gb-ram-256gb-ssd-quadro-k1100m-2gb-keli-trukumai-nekritiniai/" TargetMode="External"/>
+<Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-e544-15-6-fhd-ips-i5-4210m-8gb-256gb-ssd-20-keli-defektai/" TargetMode="External"/>
+<Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-e5-532-15-6-1366768-i3-4005u-8gb-128gb-ssd-12-touchpad-neveikia/" TargetMode="External"/>
+<Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-es1-512-15-6-celeron-n2920-8gb-1tb-hdd-bloga-baterija-ir-touchpad/" TargetMode="External"/>
+<Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-710-14ikb-su-defektais-14-0-fhd-ips-i5-7200u-4gb-256gb-ssd-ekrano-defektais-camera-neveikia-klaviatura-neidealiai-veikia/" TargetMode="External"/>
+<Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i5-6200u-8gb-be-disko-r5-m330-keli-nebaisus-trukumai/" TargetMode="External"/>
+<Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-a10-7300-8gb-r7-m260-bloga-baterija-ir-touchpad/" TargetMode="External"/>
+<Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-e1-572g-15-6-i5-4200u-8gb-750gb-hdd-bloga-baterija-ir-truksta-vieno-klaviso/" TargetMode="External"/>
+<Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-fhd-ips-idealus-ekranas-i5-8265u-8gb-0gb-ssd-su-defektu-klaviaturos-nevisi-mygtukai-veikia-baterijos-nera/" TargetMode="External"/>
+<Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-carbon-x1-3rd-gen-14-0-fhd-i5-5300u-8gb-0gb-ssd-bloga-klaviatura/" TargetMode="External"/>
+<Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-a285-12-5-hd-amd-ryzen-5-2500u-8gb-256gb-ssd-vienas-is-dvieju-usb-c-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t490-14-0-fhd-ips-i5-8265u-8gb-256gb-0-vienas-usb-c-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-inspiron-13-5370-13-3-fhd-ips-i5-8250u-8gb-256gb-45-neveikia-web-camera/" TargetMode="External"/>
+<Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-7200-touch-12-3-19201080-touchscreen-i5-8365u-16gb-256gb-baterija-i-pabaiga/" TargetMode="External"/>
+<Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-pu500c-15-6-hd-matinis-i5-3337u-10gb-ram-128gb-ssd-14/" TargetMode="External"/>
+<Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8350u-8gb-256-ssd-18-neveikia-1vnt-usb-ir-1vnt-usb-c/" TargetMode="External"/>
+<Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-n53s-15-6-i7-cpu-4gb-ram-be-ssd-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/x1-yoga-5th-gen-i7-10510u-16gb-ram-gera-baterija-12-duzes-ekranas-neveikia-vienas-usb-c-is-dvieju/" TargetMode="External"/>
+<Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/neveikiantis-thinkbook-13s-g2-itl-i5-1135g7-8gb-ram-ilituoti-0gb-ssd-yra-baterija-netestuota/" TargetMode="External"/>
+<Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-np930xdb-13-3-amoled-supilta-pagrindine-plokste-dalimis-arba-visas/" TargetMode="External"/>
+<Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-360-np930qdb-13-3-x360-touchscreen-amoled-mb-jau-buvo-lituota-ankstesnio-savininko/" TargetMode="External"/>
+<Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-y540-17irh-neveikiantis-i5-9300h-gtx-1660-ti-6gb-s-n-pf1zvzkv/" TargetMode="External"/>
+<Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-legion-y530-15ich-15-6-144hz-neveikiantis-i5-8300h-gtx-1060-6gb-8gb-ram-s-n-pf1efx10/" TargetMode="External"/>
+<Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-omen-15-en0802no-200w-ryzen-5-4600h-1660ti-6gb-neveikiantis-s-n-5cd0256bds/" TargetMode="External"/>
+<Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-xps-15-9550-15-6-i7-6700hq-960m-2gb-s-n-1ldnj72-sulietas-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-vvn7-591g-738g-i7-4720hq-gtx-960m-2gb-8gb-128gb-ssd-1tb-hdd-baterija-yra-laiko-veikia-blogi-vyriai/" TargetMode="External"/>
+<Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-spectre-13-3000eo-13-3-25601440-ips-touchscreen-i5-4200u-8gb-256gb-ssd-23-truputi-dzerzgia-garsiakalbiai/" TargetMode="External"/>
+<Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-255-g3-15-6-hd-matinis-a4-5000-4gb-1tb-hdd-bloga-baterija-nuskiles-korpuso-kamputis/" TargetMode="External"/>
+<Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-x53s-i3-2310m-8gb-be-disko-bloga-baterija/" TargetMode="External"/>
+<Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-c340-15iml-15-6-fhd-ips-touch-i7-10510u-16gb-256gb-ssd-14/" TargetMode="External"/>
+<Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-860-16-i7-1355u-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamas-kompiuteris-toshiba-portege-z30-a-13-3-hd-tn-i5-4210u-8gb-256gb-20-truputi-laisvesni-vyriai/" TargetMode="External"/>
+<Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/su-defektu-lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-5-2500u-8gb-256gb-ssd-abejos-baterijos-blogos-be-kroviklio-galima-dalimis-pirkti/" TargetMode="External"/>
+<Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E16"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
@@ -2713,253 +2565,253 @@
     <row r="5">
       <c r="A5">
         <v>2973</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="3">
         <v>4.13</v>
       </c>
       <c r="D5">
         <v>5</v>
       </c>
       <c r="E5" t="s" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>3005</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="3">
-        <v>33.06</v>
+        <v>38.84</v>
       </c>
       <c r="D6">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>4242</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="3">
-        <v>9.09</v>
+        <v>10.09</v>
       </c>
       <c r="D7">
-        <v>11</v>
+        <v>12.21</v>
       </c>
       <c r="E7" t="s" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>4245</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="3">
-        <v>9.09</v>
+        <v>10.09</v>
       </c>
       <c r="D8">
-        <v>11</v>
+        <v>12.21</v>
       </c>
       <c r="E8" t="s" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>4574</v>
+        <v>4706</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="3">
-        <v>181.82</v>
+        <v>12.40</v>
       </c>
       <c r="D9">
-        <v>220</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>4706</v>
+        <v>4718</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="3">
         <v>12.40</v>
       </c>
       <c r="D10">
         <v>15</v>
       </c>
       <c r="E10" t="s" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>4718</v>
+        <v>5047</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="3">
-        <v>12.40</v>
+        <v>33.06</v>
       </c>
       <c r="D11">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="E11" t="s" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>5047</v>
+        <v>5772</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="3">
-        <v>33.06</v>
+        <v>53.72</v>
       </c>
       <c r="D12">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="E12" t="s" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>5772</v>
+        <v>5975</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="3">
-        <v>53.72</v>
+        <v>49.59</v>
       </c>
       <c r="D13">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="E13" t="s" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>5975</v>
+        <v>6803</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="3">
-        <v>49.59</v>
+        <v>1.65</v>
       </c>
       <c r="D14">
-        <v>60</v>
+        <v>2</v>
       </c>
       <c r="E14" t="s" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>5981</v>
+        <v>8699</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="3">
-        <v>107.44</v>
+        <v>140.49</v>
       </c>
       <c r="D15">
-        <v>130</v>
+        <v>169.99</v>
       </c>
       <c r="E15" t="s" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>6803</v>
+        <v>8762</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="3">
-        <v>1.65</v>
+        <v>825.62</v>
       </c>
       <c r="D16">
-        <v>2</v>
+        <v>999</v>
       </c>
       <c r="E16" t="s" s="4">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1" location="" display="https://eridas.lt/preke/dimm-ddr3-4gb-ram-atmintis-pc3-12800u-1600mhz/"/>
     <hyperlink ref="E3" r:id="rId2" location="" display="https://eridas.lt/preke/so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/"/>
     <hyperlink ref="E4" r:id="rId3" location="" display="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w/"/>
     <hyperlink ref="E5" r:id="rId4" location="" display="https://eridas.lt/preke/originalus-naudotas-hp-ikroviklis-65w-7-5x-5-0mm/"/>
     <hyperlink ref="E6" r:id="rId5" location="" display="https://eridas.lt/preke/3005/"/>
     <hyperlink ref="E7" r:id="rId6" location="" display="https://eridas.lt/preke/dimm-ddr3-18gb-1-5v-1600mhz-parenkamas-atsitiktinis-gamintojas/"/>
     <hyperlink ref="E8" r:id="rId7" location="" display="https://eridas.lt/preke/dimm-ddr3-18gb-1-35v-1600mhz-parenkamas-atsitiktinis-gamintojas/"/>
-    <hyperlink ref="E9" r:id="rId8" location="" display="https://eridas.lt/preke/nvidia-quadro-p4000-8gb-gddr5/"/>
-[...6 lines deleted...]
-    <hyperlink ref="E16" r:id="rId15" location="" display="https://eridas.lt/preke/50-nuolaida-so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/"/>
+    <hyperlink ref="E9" r:id="rId8" location="" display="https://eridas.lt/preke/asus-type-c-45w-ikroviklis-20v-2-25a-5v-3a-9v-9a-15v-3a-turime-dideli-kieki/"/>
+    <hyperlink ref="E10" r:id="rId9" location="" display="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w-kopija/"/>
+    <hyperlink ref="E11" r:id="rId10" location="" display="https://eridas.lt/preke/so-dimm-ddr3-1vnt-16gb-pc3-12800s-laptopo-atmintis-vienoje-ploksteleje-16gb-ram-reta-preke/"/>
+    <hyperlink ref="E12" r:id="rId11" location="" display="https://eridas.lt/preke/ddr3-4gb-ploksteliu-laptopu-ir-stacionariu-rinkinys-po-4vnt-vienodus-5-skirtingu-pociziju-su-nuolaida/"/>
+    <hyperlink ref="E13" r:id="rId12" location="" display="https://eridas.lt/preke/lenovo-ideapad-530s-14ikb-14-0-fhd-ips-touchscreen-i5-8250u-0gb-ram-0gb-ssd-mx-130-2gb-gpu/"/>
+    <hyperlink ref="E14" r:id="rId13" location="" display="https://eridas.lt/preke/50-nuolaida-so-dimm-ddr3-4gb-ram-atmintis-pc3l-12800u-1600mhz-1-35v/"/>
+    <hyperlink ref="E15" r:id="rId14" location="" display="https://eridas.lt/preke/gtx-1080-ti-11gb-gddr5x-nestandartinis-ausintuvas/"/>
+    <hyperlink ref="E16" r:id="rId15" location="" display="https://eridas.lt/preke/asus-zenbook-14-oled-ux3405-14-28801800-touch-ultra-7-155h-32gb-ddr5-1tb-ssd-11/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K58"/>
+  <dimension ref="A1:K45"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="43" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
     <col min="11" max="11" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>35</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>36</v>
       </c>
       <c r="D1" t="s" s="2">
@@ -3015,8262 +2867,7678 @@
       <c r="I2">
         <v>99.99</v>
       </c>
       <c r="J2" t="s" s="4">
         <v>48</v>
       </c>
       <c r="K2"/>
     </row>
     <row r="3">
       <c r="A3">
         <v>2804</v>
       </c>
       <c r="B3" t="s">
         <v>49</v>
       </c>
       <c r="C3" t="s">
         <v>50</v>
       </c>
       <c r="D3" t="s">
         <v>51</v>
       </c>
       <c r="E3" t="s">
         <v>52</v>
       </c>
       <c r="F3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G3" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H3" s="3">
         <v>206.61</v>
       </c>
       <c r="I3">
         <v>250</v>
       </c>
       <c r="J3" t="s" s="4">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="K3"/>
     </row>
     <row r="4">
       <c r="A4">
         <v>2884</v>
       </c>
       <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
         <v>56</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>57</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>58</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="H4" s="3">
         <v>165.29</v>
       </c>
       <c r="I4">
         <v>200</v>
       </c>
       <c r="J4" t="s" s="4">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K4"/>
     </row>
     <row r="5">
       <c r="A5">
         <v>3009</v>
       </c>
       <c r="B5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C5" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="H5" s="3">
         <v>30.58</v>
       </c>
       <c r="I5">
         <v>37</v>
       </c>
       <c r="J5" t="s" s="4">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K5"/>
     </row>
     <row r="6">
       <c r="A6">
         <v>3152</v>
       </c>
       <c r="B6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D6" t="s">
         <v>44</v>
       </c>
       <c r="E6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="H6" s="3">
         <v>28.93</v>
       </c>
       <c r="I6">
         <v>35.01</v>
       </c>
       <c r="J6" t="s" s="4">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="K6"/>
     </row>
     <row r="7">
       <c r="A7">
         <v>3156</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F7" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G7" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H7" s="3">
         <v>30.58</v>
       </c>
       <c r="I7">
         <v>37</v>
       </c>
       <c r="J7" t="s" s="4">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K7"/>
     </row>
     <row r="8">
       <c r="A8">
         <v>3159</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G8" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H8" s="3">
         <v>34.71</v>
       </c>
       <c r="I8">
         <v>42</v>
       </c>
       <c r="J8" t="s" s="4">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K8"/>
     </row>
     <row r="9">
       <c r="A9">
         <v>3160</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G9" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H9" s="3">
         <v>28.10</v>
       </c>
       <c r="I9">
         <v>34</v>
       </c>
       <c r="J9" t="s" s="4">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="K9"/>
     </row>
     <row r="10">
       <c r="A10">
         <v>3175</v>
       </c>
       <c r="B10" t="s">
         <v>49</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F10" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10">
         <v>125</v>
       </c>
       <c r="I10">
         <v>151.25</v>
       </c>
       <c r="J10" t="s" s="4">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="K10"/>
     </row>
     <row r="11">
       <c r="A11">
         <v>3178</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F11" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
       <c r="H11">
         <v>135</v>
       </c>
       <c r="I11">
         <v>163.35</v>
       </c>
       <c r="J11" t="s" s="4">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="K11"/>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3322</v>
+        <v>3320</v>
       </c>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12" s="3">
-        <v>23.14</v>
+        <v>19.83</v>
       </c>
       <c r="I12">
-        <v>28</v>
+        <v>23.99</v>
       </c>
       <c r="J12" t="s" s="4">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="K12"/>
     </row>
     <row r="13">
       <c r="A13">
         <v>3323</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13" s="3">
         <v>19.83</v>
       </c>
       <c r="I13">
         <v>23.99</v>
       </c>
       <c r="J13" t="s" s="4">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="K13"/>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3327</v>
-[...8 lines deleted...]
-        <v>23.14</v>
+        <v>3454</v>
+      </c>
+      <c r="B14" t="s">
+        <v>61</v>
+      </c>
+      <c r="C14" t="s">
+        <v>83</v>
+      </c>
+      <c r="D14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E14" t="s">
+        <v>85</v>
+      </c>
+      <c r="F14" t="s">
+        <v>46</v>
+      </c>
+      <c r="G14" t="s">
+        <v>86</v>
+      </c>
+      <c r="H14">
+        <v>60</v>
       </c>
       <c r="I14">
-        <v>28</v>
+        <v>72.6</v>
       </c>
       <c r="J14" t="s" s="4">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K14"/>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3454</v>
+        <v>3457</v>
       </c>
       <c r="B15" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D15" t="s">
+        <v>84</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
         <v>86</v>
       </c>
-      <c r="E15" t="s">
-[...9 lines deleted...]
-        <v>60</v>
+      <c r="H15" s="3">
+        <v>78.51</v>
       </c>
       <c r="I15">
-        <v>72.6</v>
+        <v>95</v>
       </c>
       <c r="J15" t="s" s="4">
         <v>89</v>
       </c>
       <c r="K15"/>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3457</v>
+        <v>3459</v>
       </c>
       <c r="B16" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C16" t="s">
         <v>90</v>
       </c>
       <c r="D16" t="s">
+        <v>84</v>
+      </c>
+      <c r="E16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F16" t="s">
+        <v>46</v>
+      </c>
+      <c r="G16" t="s">
         <v>86</v>
       </c>
-      <c r="E16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H16" s="3">
-        <v>78.51</v>
+        <v>53.72</v>
       </c>
       <c r="I16">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="J16" t="s" s="4">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K16"/>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3459</v>
+        <v>3704</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="C17" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D17" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E17" t="s">
-        <v>93</v>
+        <v>45</v>
       </c>
       <c r="F17" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G17" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>53.72</v>
+        <v>68</v>
+      </c>
+      <c r="H17">
+        <v>55</v>
       </c>
       <c r="I17">
-        <v>65</v>
+        <v>66.55</v>
       </c>
       <c r="J17" t="s" s="4">
         <v>94</v>
       </c>
       <c r="K17"/>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3704</v>
+        <v>4013</v>
       </c>
       <c r="B18" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
         <v>95</v>
       </c>
       <c r="D18" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>96</v>
       </c>
       <c r="F18" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G18" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H18">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="I18">
-        <v>66.55</v>
+        <v>36.3</v>
       </c>
       <c r="J18" t="s" s="4">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K18"/>
     </row>
     <row r="19">
       <c r="A19">
-        <v>4011</v>
+        <v>4015</v>
       </c>
       <c r="B19" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C19" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F19" t="s">
         <v>46</v>
       </c>
       <c r="G19" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>24.79</v>
+        <v>68</v>
+      </c>
+      <c r="H19">
+        <v>62</v>
       </c>
       <c r="I19">
-        <v>30</v>
+        <v>75.02</v>
       </c>
       <c r="J19" t="s" s="4">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="K19"/>
     </row>
     <row r="20">
       <c r="A20">
-        <v>4013</v>
+        <v>4322</v>
       </c>
       <c r="B20" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C20" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D20" t="s">
         <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>64</v>
+      </c>
+      <c r="H20" s="3">
+        <v>74.38</v>
       </c>
       <c r="I20">
-        <v>36.3</v>
+        <v>90</v>
       </c>
       <c r="J20" t="s" s="4">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K20"/>
     </row>
     <row r="21">
       <c r="A21">
-        <v>4015</v>
+        <v>4394</v>
       </c>
       <c r="B21" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="E21" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F21" t="s">
+        <v>106</v>
+      </c>
+      <c r="G21" t="s">
         <v>53</v>
       </c>
-      <c r="G21" t="s">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="H21" s="3">
+        <v>355.37</v>
       </c>
       <c r="I21">
-        <v>75.02</v>
+        <v>430</v>
       </c>
       <c r="J21" t="s" s="4">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="K21"/>
     </row>
     <row r="22">
       <c r="A22">
-        <v>4299</v>
+        <v>4714</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D22" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="E22" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
       <c r="F22" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G22" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
       <c r="H22" s="3">
-        <v>148.76</v>
+        <v>73.55</v>
       </c>
       <c r="I22">
-        <v>180</v>
+        <v>89</v>
       </c>
       <c r="J22" t="s" s="4">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K22"/>
     </row>
     <row r="23">
       <c r="A23">
-        <v>4322</v>
+        <v>4715</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C23" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D23" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="E23" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="F23" t="s">
-        <v>53</v>
+        <v>106</v>
       </c>
       <c r="G23" t="s">
-        <v>65</v>
+        <v>112</v>
       </c>
       <c r="H23" s="3">
-        <v>74.38</v>
+        <v>99.17</v>
       </c>
       <c r="I23">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="J23" t="s" s="4">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="K23"/>
     </row>
     <row r="24">
       <c r="A24">
-        <v>4394</v>
+        <v>4724</v>
       </c>
       <c r="B24" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C24" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D24" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E24" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F24" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G24" t="s">
-        <v>54</v>
+        <v>116</v>
       </c>
       <c r="H24" s="3">
-        <v>355.37</v>
+        <v>321.49</v>
       </c>
       <c r="I24">
-        <v>430</v>
+        <v>389</v>
       </c>
       <c r="J24" t="s" s="4">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="K24"/>
     </row>
     <row r="25">
       <c r="A25">
-        <v>4714</v>
+        <v>5172</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E25" t="s">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="F25" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" t="s">
         <v>53</v>
       </c>
-      <c r="G25" t="s">
-[...3 lines deleted...]
-        <v>60</v>
+      <c r="H25" s="3">
+        <v>206.61</v>
       </c>
       <c r="I25">
-        <v>72.6</v>
+        <v>250</v>
       </c>
       <c r="J25" t="s" s="4">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="K25"/>
     </row>
     <row r="26">
       <c r="A26">
-        <v>4715</v>
+        <v>5727</v>
       </c>
       <c r="B26" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C26" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="D26" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E26" t="s">
-        <v>118</v>
+        <v>45</v>
       </c>
       <c r="F26" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G26" t="s">
+        <v>47</v>
+      </c>
+      <c r="H26">
+        <v>105</v>
+      </c>
+      <c r="I26">
+        <v>127.05</v>
+      </c>
+      <c r="J26" t="s" s="4">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
       <c r="K26"/>
     </row>
     <row r="27">
       <c r="A27">
-        <v>4724</v>
+        <v>6554</v>
       </c>
       <c r="B27" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C27" t="s">
         <v>121</v>
       </c>
-      <c r="D27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D27"/>
       <c r="E27" t="s">
         <v>122</v>
       </c>
       <c r="F27" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G27" t="s">
         <v>123</v>
       </c>
       <c r="H27" s="3">
-        <v>321.49</v>
+        <v>247.93</v>
       </c>
       <c r="I27">
-        <v>389</v>
+        <v>300</v>
       </c>
       <c r="J27" t="s" s="4">
         <v>124</v>
       </c>
       <c r="K27"/>
     </row>
     <row r="28">
       <c r="A28">
-        <v>5172</v>
+        <v>6650</v>
       </c>
       <c r="B28" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="C28" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="D28"/>
       <c r="E28" t="s">
-        <v>112</v>
+        <v>126</v>
       </c>
       <c r="F28" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G28" t="s">
-        <v>54</v>
+        <v>127</v>
       </c>
       <c r="H28" s="3">
-        <v>206.61</v>
+        <v>78.51</v>
       </c>
       <c r="I28">
-        <v>250</v>
+        <v>95</v>
       </c>
       <c r="J28" t="s" s="4">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="K28"/>
     </row>
     <row r="29">
       <c r="A29">
-        <v>5727</v>
+        <v>7464</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="C29" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="D29"/>
       <c r="E29" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="F29" t="s">
-        <v>53</v>
+        <v>131</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29" s="3">
-        <v>79.83</v>
+        <v>230.58</v>
       </c>
       <c r="I29">
-        <v>96.59</v>
+        <v>279</v>
       </c>
       <c r="J29" t="s" s="4">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="K29"/>
     </row>
     <row r="30">
       <c r="A30">
-        <v>6529</v>
+        <v>7505</v>
       </c>
       <c r="B30" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="C30" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>133</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
       <c r="E30" t="s">
-        <v>128</v>
+        <v>100</v>
       </c>
       <c r="F30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="H30" s="3">
-        <v>223.14</v>
+        <v>74.38</v>
       </c>
       <c r="I30">
-        <v>270</v>
+        <v>90</v>
       </c>
       <c r="J30" t="s" s="4">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="K30"/>
     </row>
     <row r="31">
       <c r="A31">
-        <v>6554</v>
+        <v>7755</v>
       </c>
       <c r="B31" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C31" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F31" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G31" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="H31" s="3">
-        <v>247.93</v>
+        <v>148.76</v>
       </c>
       <c r="I31">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="J31" t="s" s="4">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="K31"/>
     </row>
     <row r="32">
       <c r="A32">
-        <v>6572</v>
+        <v>7879</v>
       </c>
       <c r="B32" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C32" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F32" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G32" t="s">
-        <v>137</v>
+        <v>68</v>
       </c>
       <c r="H32" s="3">
-        <v>297.52</v>
+        <v>57.85</v>
       </c>
       <c r="I32">
-        <v>360</v>
+        <v>70</v>
       </c>
       <c r="J32" t="s" s="4">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="K32"/>
     </row>
     <row r="33">
       <c r="A33">
-        <v>6650</v>
+        <v>7909</v>
       </c>
       <c r="B33" t="s">
-        <v>131</v>
+        <v>49</v>
       </c>
       <c r="C33" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D33"/>
       <c r="E33" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="F33" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G33" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="H33" s="3">
-        <v>78.51</v>
+        <v>190.08</v>
       </c>
       <c r="I33">
-        <v>95</v>
+        <v>230</v>
       </c>
       <c r="J33" t="s" s="4">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="K33"/>
     </row>
     <row r="34">
       <c r="A34">
-        <v>7157</v>
+        <v>8045</v>
       </c>
       <c r="B34" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C34" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="D34"/>
       <c r="E34" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F34" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G34" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>64</v>
+      </c>
+      <c r="H34" s="3">
+        <v>86.78</v>
       </c>
       <c r="I34">
-        <v>72.6</v>
+        <v>105</v>
       </c>
       <c r="J34" t="s" s="4">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="K34"/>
     </row>
     <row r="35">
       <c r="A35">
-        <v>7252</v>
+        <v>8107</v>
       </c>
       <c r="B35" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C35" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D35" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
       <c r="E35" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F35" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="3">
-        <v>165.29</v>
+        <v>82.64</v>
       </c>
       <c r="I35">
-        <v>200</v>
+        <v>99.99</v>
       </c>
       <c r="J35" t="s" s="4">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="K35"/>
     </row>
     <row r="36">
       <c r="A36">
-        <v>7301</v>
-[...2 lines deleted...]
-      <c r="C36"/>
+        <v>8125</v>
+      </c>
+      <c r="B36" t="s">
+        <v>61</v>
+      </c>
+      <c r="C36" t="s">
+        <v>152</v>
+      </c>
       <c r="D36"/>
       <c r="E36" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="F36" t="s">
-        <v>53</v>
+        <v>106</v>
       </c>
       <c r="G36" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="H36" s="3">
-        <v>330.58</v>
+        <v>198.35</v>
       </c>
       <c r="I36">
-        <v>400</v>
+        <v>240</v>
       </c>
       <c r="J36" t="s" s="4">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="K36"/>
     </row>
     <row r="37">
       <c r="A37">
-        <v>7444</v>
+        <v>8555</v>
       </c>
       <c r="B37" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C37" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D37"/>
+        <v>108</v>
+      </c>
+      <c r="D37" t="s">
+        <v>84</v>
+      </c>
       <c r="E37" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="F37" t="s">
-        <v>154</v>
+        <v>46</v>
       </c>
       <c r="G37" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="H37" s="3">
-        <v>471.07</v>
+        <v>73.55</v>
       </c>
       <c r="I37">
-        <v>569.99</v>
+        <v>89</v>
       </c>
       <c r="J37" t="s" s="4">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="K37"/>
     </row>
     <row r="38">
       <c r="A38">
-        <v>7457</v>
+        <v>8610</v>
       </c>
       <c r="B38" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C38" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F38" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G38" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H38" s="3">
-        <v>495.04</v>
+        <v>140.49</v>
       </c>
       <c r="I38">
-        <v>599</v>
+        <v>169.99</v>
       </c>
       <c r="J38" t="s" s="4">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="K38"/>
     </row>
     <row r="39">
       <c r="A39">
-        <v>7464</v>
+        <v>8628</v>
       </c>
       <c r="B39" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C39" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F39" t="s">
-        <v>154</v>
+        <v>97</v>
       </c>
       <c r="G39" t="s">
         <v>47</v>
       </c>
       <c r="H39" s="3">
-        <v>230.58</v>
+        <v>115.70</v>
       </c>
       <c r="I39">
-        <v>279</v>
+        <v>140</v>
       </c>
       <c r="J39" t="s" s="4">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="K39"/>
     </row>
     <row r="40">
       <c r="A40">
-        <v>7505</v>
+        <v>8632</v>
       </c>
       <c r="B40" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="C40" t="s">
         <v>162</v>
       </c>
-      <c r="D40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D40"/>
       <c r="E40" t="s">
-        <v>103</v>
+        <v>163</v>
       </c>
       <c r="F40" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G40" t="s">
         <v>47</v>
       </c>
       <c r="H40" s="3">
-        <v>74.38</v>
+        <v>99.17</v>
       </c>
       <c r="I40">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="J40" t="s" s="4">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="K40"/>
     </row>
     <row r="41">
       <c r="A41">
-        <v>7546</v>
+        <v>8644</v>
       </c>
       <c r="B41" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C41" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F41" t="s">
-        <v>53</v>
+        <v>166</v>
       </c>
       <c r="G41" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="H41" s="3">
-        <v>132.23</v>
+        <v>81.82</v>
       </c>
       <c r="I41">
-        <v>160</v>
+        <v>99</v>
       </c>
       <c r="J41" t="s" s="4">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K41"/>
     </row>
     <row r="42">
       <c r="A42">
-        <v>7572</v>
+        <v>8706</v>
       </c>
       <c r="B42" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C42" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F42" t="s">
-        <v>53</v>
+        <v>170</v>
       </c>
       <c r="G42" t="s">
-        <v>137</v>
+        <v>171</v>
       </c>
       <c r="H42" s="3">
-        <v>198.35</v>
+        <v>1156.20</v>
       </c>
       <c r="I42">
-        <v>240</v>
+        <v>1399</v>
       </c>
       <c r="J42" t="s" s="4">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="K42"/>
     </row>
     <row r="43">
       <c r="A43">
-        <v>7587</v>
+        <v>8717</v>
       </c>
       <c r="B43" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C43" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="F43" t="s">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="G43" t="s">
-        <v>137</v>
+        <v>47</v>
       </c>
       <c r="H43" s="3">
-        <v>66.11</v>
+        <v>462.81</v>
       </c>
       <c r="I43">
-        <v>79.99</v>
+        <v>560</v>
       </c>
       <c r="J43" t="s" s="4">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="K43"/>
     </row>
     <row r="44">
       <c r="A44">
-        <v>7591</v>
+        <v>8743</v>
       </c>
       <c r="B44" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C44" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="F44" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G44" t="s">
-        <v>137</v>
+        <v>47</v>
       </c>
       <c r="H44" s="3">
-        <v>66.11</v>
+        <v>99.17</v>
       </c>
       <c r="I44">
-        <v>79.99</v>
+        <v>120</v>
       </c>
       <c r="J44" t="s" s="4">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="K44"/>
     </row>
     <row r="45">
       <c r="A45">
-        <v>7605</v>
+        <v>8895</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>49</v>
       </c>
       <c r="C45" t="s">
-        <v>174</v>
+        <v>142</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F45" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G45" t="s">
-        <v>137</v>
+        <v>47</v>
       </c>
       <c r="H45" s="3">
-        <v>157.02</v>
+        <v>148.76</v>
       </c>
       <c r="I45">
-        <v>189.99</v>
+        <v>180</v>
       </c>
       <c r="J45" t="s" s="4">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="K45"/>
-    </row>
-[...405 lines deleted...]
-      <c r="K58"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="J2" r:id="rId16" location="" display="https://eridas.lt/preke/fujitsu-esprimo-e720-i7-4790-8gb-ram-240gb-ssd/"/>
     <hyperlink ref="J3" r:id="rId17" location="" display="https://eridas.lt/preke/2804/"/>
     <hyperlink ref="J4" r:id="rId18" location="" display="https://eridas.lt/preke/imac-core-i7-3-1-21-5-late-2013-16gb-i7-4770s/"/>
     <hyperlink ref="J5" r:id="rId19" location="" display="https://eridas.lt/preke/hp-z210-i5-2400-16gb-128gb-ssd/"/>
     <hyperlink ref="J6" r:id="rId20" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-0gb-ssd-240w-psu/"/>
     <hyperlink ref="J7" r:id="rId21" location="" display="https://eridas.lt/preke/hp-z210-workstation-sff-i5-2400-16gb-ram-ddr3-128gb-ssd-240w-psu/"/>
     <hyperlink ref="J8" r:id="rId22" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g1-sff-i5-4590-16gb-ram-ddr3-128gb-ssd-240w-psu/"/>
     <hyperlink ref="J9" r:id="rId23" location="" display="https://eridas.lt/preke/lenovo-m81-sff-i5-2400-16gb-ram-ddr3-0gb-ssd-240w-psu/"/>
     <hyperlink ref="J10" r:id="rId24" location="" display="https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700-16gb-256gb-ssd/"/>
     <hyperlink ref="J11" r:id="rId25" location="" display="https://eridas.lt/preke/m700-desktop-tower-sff-i7-6700k-16gb-256gb-ssd/"/>
-    <hyperlink ref="J12" r:id="rId26" location="" display="https://eridas.lt/preke/fujitsu-e720-e90i5-457016gb-ram-sff-kopija/"/>
+    <hyperlink ref="J12" r:id="rId26" location="" display="https://eridas.lt/preke/fujitsu-e710-e90i5-347016gb-ram-sff/"/>
     <hyperlink ref="J13" r:id="rId27" location="" display="https://eridas.lt/preke/fujitsu-p910-li5-3470-16gb-ram-medium-tower/"/>
-    <hyperlink ref="J14" r:id="rId28" location="" display="https://eridas.lt/preke/fujitsu-e720-e85-i5-4590-16gb-ram-sff/"/>
-[...43 lines deleted...]
-    <hyperlink ref="J58" r:id="rId72" location="" display="https://eridas.lt/preke/dell-precision-5820t-w-2123-16gb-256gb-p4000-8gb-psu-950w-80-plus-gold/"/>
+    <hyperlink ref="J14" r:id="rId28" location="" display="https://eridas.lt/preke/hp-compaq-8200-micro-tower-i7-2600-16gb-128gb-ssd-500gb-hdd-windows-suinstaliuoti/"/>
+    <hyperlink ref="J15" r:id="rId29" location="" display="https://eridas.lt/preke/hp-prodesk-600-g1-i7-4790-16gb-128gb-ssd-500gb-hdd-320w-psu-windows-suinstaliuoti/"/>
+    <hyperlink ref="J16" r:id="rId30" location="" display="https://eridas.lt/preke/lenovo-thinkcentre-m93p-i5-4570-16gb-128gb-ssd-500gb-hdd-windows-suinsaliuoti/"/>
+    <hyperlink ref="J17" r:id="rId31" location="" display="https://eridas.lt/preke/fujitsu-p720-medium-tower-i7-4790-16gb-0gb-ssd/"/>
+    <hyperlink ref="J18" r:id="rId32" location="" display="https://eridas.lt/preke/hp-prodesk-600-g3-sff-i3-6100-8gb-ddr4-0gb-ssd-dedasi-nmve-diskas/"/>
+    <hyperlink ref="J19" r:id="rId33" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-ddr4-0gb-ssd/"/>
+    <hyperlink ref="J20" r:id="rId34" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g2-sff-i5-6500-16gb-128gb-ssd/"/>
+    <hyperlink ref="J21" r:id="rId35" location="" display="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/"/>
+    <hyperlink ref="J22" r:id="rId36" location="" display="https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-16gb-256gb-ssd-kopija/"/>
+    <hyperlink ref="J23" r:id="rId37" location="" display="https://eridas.lt/preke/hp-z420-tower-e5-1650-v2-32gb-ram-240gb-ssd-quadro-k2000/"/>
+    <hyperlink ref="J24" r:id="rId38" location="" display="https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/"/>
+    <hyperlink ref="J25" r:id="rId39" location="" display="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb/"/>
+    <hyperlink ref="J26" r:id="rId40" location="" display="https://eridas.lt/preke/hp-z230-workstations-mt-i7-4790-32gb-256gb-ssd/"/>
+    <hyperlink ref="J27" r:id="rId41" location="" display="https://eridas.lt/preke/dell-inspiron-5675-ryzen-5-1400-16gb-512gb-ssd-1tb-hdd-rx-570-4gb-460w/"/>
+    <hyperlink ref="J28" r:id="rId42" location="" display="https://eridas.lt/preke/6650/"/>
+    <hyperlink ref="J29" r:id="rId43" location="" display="https://eridas.lt/preke/dell-precision-t7610-xeon-e5-2687w-v2-2vnt-64gb-256gb-k4000-3gb-1300w/"/>
+    <hyperlink ref="J30" r:id="rId44" location="" display="https://eridas.lt/preke/fujitsu-esprimo-d556-sff-i5-6500-16gb-ram-256gb-ssd/"/>
+    <hyperlink ref="J31" r:id="rId45" location="" display="https://eridas.lt/preke/proone-400-g5-20-1600900-all-in-one-i5-8400t-16gb-128gb-ssd-750gb-hdd/"/>
+    <hyperlink ref="J32" r:id="rId46" location="" display="https://eridas.lt/preke/hp-elitebook-800-g3-mini-pc-i5-6500t-8gb-be-ssd-disko/"/>
+    <hyperlink ref="J33" r:id="rId47" location="" display="https://eridas.lt/preke/lenovo-m720s-sff-i7-8700-16gb-256gb-ssd/"/>
+    <hyperlink ref="J34" r:id="rId48" location="" display="https://eridas.lt/preke/dell-optiplex-7040m-mini-pc-i5-6500t-16gb-128gb-ssd-hdmi-display-port-vga-wifi/"/>
+    <hyperlink ref="J35" r:id="rId49" location="" display="https://eridas.lt/preke/dell-optiplex-7050-mini-pc-i5-7500t-8gb-256gb-display-port-2vnt-com-port-jungtys/"/>
+    <hyperlink ref="J36" r:id="rId50" location="" display="https://eridas.lt/preke/hp-engage-flex-pro-c-base-model-retail-system-i5-8400-32gb-256-ssd1tb-hdd-14vnt-usb-2x-com-port/"/>
+    <hyperlink ref="J37" r:id="rId51" location="" display="https://eridas.lt/preke/hp-z230-workstations-mt-xeon-e3-1280-v3-16gb-500gb-hdd-2vnt-viso-1tb-ssd-nera/"/>
+    <hyperlink ref="J38" r:id="rId52" location="" display="https://eridas.lt/preke/dell-optiplex-sff-5050-i7-7700-16gb-256gb/"/>
+    <hyperlink ref="J39" r:id="rId53" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g4-mini-pc-i5-8500t-8gb-256gb-ssd-wifi-display-port-3vnt-su-kosmetiniai-trukumais/"/>
+    <hyperlink ref="J40" r:id="rId54" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g4-mini-pc-i5-8500t-8gb-256gb-ssd-wifi-display-port-3vnt-su-kosmetiniai-trukumais-ir-1vnt-usb-neveikia/"/>
+    <hyperlink ref="J41" r:id="rId55" location="" display="https://eridas.lt/preke/hp-elitedesk-800-g4-mini-pc-i5-8500t-4gb-128gb-ssd-wifi-display-port-2vnt-ir-1vnt-vga-su-kosmetiniai-trukumais-2/"/>
+    <hyperlink ref="J42" r:id="rId56" location="" display="https://eridas.lt/preke/32-all-in-one-4k-550-nit-ultra-7-155h-32gb-1tb-12-men-garantija/"/>
+    <hyperlink ref="J43" r:id="rId57" location="" display="https://eridas.lt/preke/mini-pc-lenovo-m70q-gen-5-i5-14500t-16gb-256gb-ssd-wifix2-dp-x1-hdmi-x1-com-port-7vnt-usb/"/>
+    <hyperlink ref="J44" r:id="rId58" location="" display="https://eridas.lt/preke/lenovo-m715q-mini-pc-amd-ryzen-3-2200-ge-8gb-256gb-wifi-hdmi-display-port/"/>
+    <hyperlink ref="J45" r:id="rId59" location="" display="https://eridas.lt/preke/lenovo-m720s-sff-i5-8500-8gb-256gb-ssd/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G2"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="16" customWidth="1"/>
     <col min="7" max="7" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>35</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>36</v>
       </c>
       <c r="D1" t="s" s="2">
-        <v>213</v>
+        <v>182</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2801</v>
       </c>
       <c r="B2" t="s">
         <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>214</v>
+        <v>183</v>
       </c>
       <c r="D2" t="s">
-        <v>215</v>
+        <v>184</v>
       </c>
       <c r="E2" s="3">
-        <v>38.84</v>
+        <v>24.79</v>
       </c>
       <c r="F2">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="4">
-        <v>216</v>
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="G2" r:id="rId73" location="" display="https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/"/>
+    <hyperlink ref="G2" r:id="rId60" location="" display="https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L89"/>
+  <dimension ref="A1:L97"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
-    <col min="2" max="2" width="18" customWidth="1"/>
+    <col min="2" max="2" width="27" customWidth="1"/>
     <col min="3" max="3" width="31" customWidth="1"/>
-    <col min="4" max="4" width="42" customWidth="1"/>
+    <col min="4" max="4" width="55" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
-    <col min="6" max="6" width="28" customWidth="1"/>
+    <col min="6" max="6" width="48" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="27" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
     <col min="10" max="10" width="16" customWidth="1"/>
     <col min="11" max="11" width="60" customWidth="1"/>
     <col min="12" max="12" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>35</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>36</v>
       </c>
       <c r="D1" t="s" s="2">
-        <v>213</v>
+        <v>182</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>38</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>39</v>
       </c>
       <c r="G1" t="s" s="2">
-        <v>217</v>
+        <v>186</v>
       </c>
       <c r="H1" t="s" s="2">
-        <v>218</v>
+        <v>187</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="K1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="L1" t="s" s="2">
         <v>41</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2808</v>
       </c>
       <c r="B2" t="s">
         <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>219</v>
+        <v>188</v>
       </c>
       <c r="D2" t="s">
-        <v>220</v>
+        <v>189</v>
       </c>
       <c r="E2" t="s">
-        <v>221</v>
+        <v>190</v>
       </c>
       <c r="F2" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H2"/>
       <c r="I2" s="3">
         <v>115.70</v>
       </c>
       <c r="J2">
         <v>140</v>
       </c>
       <c r="K2" t="s" s="4">
-        <v>222</v>
+        <v>191</v>
       </c>
       <c r="L2"/>
     </row>
     <row r="3">
       <c r="A3">
         <v>2817</v>
       </c>
       <c r="B3" t="s">
         <v>49</v>
       </c>
       <c r="C3" t="s">
-        <v>223</v>
+        <v>192</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="E3" t="s">
-        <v>225</v>
+        <v>194</v>
       </c>
       <c r="F3" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G3" t="s">
         <v>47</v>
       </c>
       <c r="H3"/>
       <c r="I3">
         <v>140</v>
       </c>
       <c r="J3">
         <v>169.4</v>
       </c>
       <c r="K3" t="s" s="4">
-        <v>226</v>
+        <v>195</v>
       </c>
       <c r="L3"/>
     </row>
     <row r="4">
       <c r="A4">
         <v>2821</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>227</v>
+        <v>196</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="E4" t="s">
-        <v>221</v>
+        <v>190</v>
       </c>
       <c r="F4" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4"/>
       <c r="I4" s="3">
         <v>140.49</v>
       </c>
       <c r="J4">
         <v>169.99</v>
       </c>
       <c r="K4" t="s" s="4">
-        <v>228</v>
+        <v>197</v>
       </c>
       <c r="L4"/>
     </row>
     <row r="5">
       <c r="A5">
         <v>2829</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>229</v>
+        <v>198</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="E5" t="s">
-        <v>221</v>
+        <v>190</v>
       </c>
       <c r="F5" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5"/>
       <c r="I5" s="3">
         <v>140.49</v>
       </c>
       <c r="J5">
         <v>169.99</v>
       </c>
       <c r="K5" t="s" s="4">
-        <v>230</v>
+        <v>199</v>
       </c>
       <c r="L5"/>
     </row>
     <row r="6">
       <c r="A6">
         <v>2834</v>
       </c>
       <c r="B6" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C6" t="s">
-        <v>231</v>
+        <v>200</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="E6" t="s">
-        <v>232</v>
+        <v>201</v>
       </c>
       <c r="F6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>47</v>
       </c>
       <c r="H6"/>
       <c r="I6" s="3">
         <v>190.08</v>
       </c>
       <c r="J6">
         <v>230</v>
       </c>
       <c r="K6" t="s" s="4">
-        <v>233</v>
+        <v>202</v>
       </c>
       <c r="L6"/>
     </row>
     <row r="7">
       <c r="A7">
         <v>2839</v>
       </c>
       <c r="B7" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C7" t="s">
-        <v>231</v>
+        <v>200</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="E7" t="s">
-        <v>234</v>
+        <v>203</v>
       </c>
       <c r="F7" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7"/>
       <c r="I7" s="3">
         <v>165.29</v>
       </c>
       <c r="J7">
         <v>200</v>
       </c>
       <c r="K7" t="s" s="4">
-        <v>235</v>
+        <v>204</v>
       </c>
       <c r="L7"/>
     </row>
     <row r="8">
       <c r="A8">
         <v>2842</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>236</v>
+        <v>205</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="E8" t="s">
-        <v>237</v>
+        <v>206</v>
       </c>
       <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H8"/>
       <c r="I8" s="3">
         <v>280.99</v>
       </c>
       <c r="J8">
         <v>340</v>
       </c>
       <c r="K8" t="s" s="4">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="L8"/>
     </row>
     <row r="9">
       <c r="A9">
         <v>2854</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
-        <v>236</v>
+        <v>205</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="E9" t="s">
-        <v>239</v>
+        <v>208</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G9" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H9"/>
       <c r="I9" s="3">
         <v>181.82</v>
       </c>
       <c r="J9">
         <v>220</v>
       </c>
       <c r="K9" t="s" s="4">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="L9"/>
     </row>
     <row r="10">
       <c r="A10">
         <v>2859</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="E10" t="s">
-        <v>242</v>
+        <v>211</v>
       </c>
       <c r="F10" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10"/>
       <c r="I10" s="3">
         <v>99.17</v>
       </c>
       <c r="J10">
         <v>120</v>
       </c>
       <c r="K10" t="s" s="4">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="L10"/>
     </row>
     <row r="11">
       <c r="A11">
-        <v>2863</v>
+        <v>2882</v>
       </c>
       <c r="B11" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>244</v>
+        <v>213</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="E11" t="s">
-        <v>245</v>
+        <v>194</v>
       </c>
       <c r="F11" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G11" t="s">
         <v>47</v>
       </c>
       <c r="H11"/>
       <c r="I11" s="3">
-        <v>99.17</v>
+        <v>131.40</v>
       </c>
       <c r="J11">
-        <v>120</v>
+        <v>158.99</v>
       </c>
       <c r="K11" t="s" s="4">
-        <v>246</v>
+        <v>214</v>
       </c>
       <c r="L11"/>
     </row>
     <row r="12">
       <c r="A12">
-        <v>2882</v>
+        <v>2953</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C12" t="s">
-        <v>247</v>
+        <v>215</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="E12" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="F12" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G12" t="s">
         <v>47</v>
       </c>
       <c r="H12"/>
       <c r="I12" s="3">
-        <v>131.40</v>
+        <v>107.44</v>
       </c>
       <c r="J12">
-        <v>158.99</v>
+        <v>130</v>
       </c>
       <c r="K12" t="s" s="4">
-        <v>248</v>
+        <v>218</v>
       </c>
       <c r="L12"/>
     </row>
     <row r="13">
       <c r="A13">
-        <v>2953</v>
+        <v>2961</v>
       </c>
       <c r="B13" t="s">
-        <v>131</v>
+        <v>42</v>
       </c>
       <c r="C13" t="s">
-        <v>249</v>
+        <v>210</v>
       </c>
       <c r="D13" t="s">
-        <v>250</v>
+        <v>219</v>
       </c>
       <c r="E13" t="s">
-        <v>251</v>
+        <v>220</v>
       </c>
       <c r="F13" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G13" t="s">
         <v>47</v>
       </c>
       <c r="H13"/>
       <c r="I13" s="3">
-        <v>107.44</v>
+        <v>99.17</v>
       </c>
       <c r="J13">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="K13" t="s" s="4">
-        <v>252</v>
+        <v>221</v>
       </c>
       <c r="L13"/>
     </row>
     <row r="14">
       <c r="A14">
-        <v>2961</v>
+        <v>2963</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>241</v>
+        <v>222</v>
       </c>
       <c r="D14" t="s">
-        <v>253</v>
+        <v>219</v>
       </c>
       <c r="E14" t="s">
-        <v>245</v>
+        <v>223</v>
       </c>
       <c r="F14" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14"/>
       <c r="I14" s="3">
-        <v>99.17</v>
+        <v>90.91</v>
       </c>
       <c r="J14">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="K14" t="s" s="4">
-        <v>254</v>
+        <v>224</v>
       </c>
       <c r="L14"/>
     </row>
     <row r="15">
       <c r="A15">
-        <v>2963</v>
+        <v>2964</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>255</v>
+        <v>225</v>
       </c>
       <c r="D15" t="s">
-        <v>253</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>256</v>
+        <v>227</v>
       </c>
       <c r="F15" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G15" t="s">
         <v>47</v>
       </c>
       <c r="H15"/>
       <c r="I15" s="3">
-        <v>90.91</v>
+        <v>123.97</v>
       </c>
       <c r="J15">
-        <v>110</v>
+        <v>150</v>
       </c>
       <c r="K15" t="s" s="4">
-        <v>257</v>
+        <v>228</v>
       </c>
       <c r="L15"/>
     </row>
     <row r="16">
       <c r="A16">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>229</v>
       </c>
       <c r="C16" t="s">
-        <v>258</v>
+        <v>230</v>
       </c>
       <c r="D16" t="s">
-        <v>259</v>
+        <v>219</v>
       </c>
       <c r="E16" t="s">
-        <v>260</v>
+        <v>231</v>
       </c>
       <c r="F16" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16"/>
       <c r="I16" s="3">
-        <v>123.97</v>
+        <v>115.70</v>
       </c>
       <c r="J16">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="K16" t="s" s="4">
-        <v>261</v>
+        <v>232</v>
       </c>
       <c r="L16"/>
     </row>
     <row r="17">
       <c r="A17">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="B17" t="s">
-        <v>262</v>
+        <v>229</v>
       </c>
       <c r="C17" t="s">
-        <v>263</v>
+        <v>233</v>
       </c>
       <c r="D17" t="s">
-        <v>253</v>
+        <v>219</v>
       </c>
       <c r="E17" t="s">
-        <v>264</v>
+        <v>220</v>
       </c>
       <c r="F17" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" s="3">
-        <v>115.70</v>
+        <v>99.17</v>
       </c>
       <c r="J17">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="K17" t="s" s="4">
-        <v>265</v>
+        <v>234</v>
       </c>
       <c r="L17"/>
     </row>
     <row r="18">
       <c r="A18">
-        <v>2966</v>
+        <v>2968</v>
       </c>
       <c r="B18" t="s">
-        <v>262</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
-        <v>266</v>
+        <v>235</v>
       </c>
       <c r="D18" t="s">
-        <v>253</v>
+        <v>216</v>
       </c>
       <c r="E18" t="s">
-        <v>245</v>
+        <v>227</v>
       </c>
       <c r="F18" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18"/>
       <c r="I18" s="3">
-        <v>99.17</v>
+        <v>107.44</v>
       </c>
       <c r="J18">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="K18" t="s" s="4">
-        <v>267</v>
+        <v>236</v>
       </c>
       <c r="L18"/>
     </row>
     <row r="19">
       <c r="A19">
-        <v>2968</v>
+        <v>3057</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>120</v>
       </c>
       <c r="C19" t="s">
-        <v>268</v>
+        <v>237</v>
       </c>
       <c r="D19" t="s">
-        <v>250</v>
+        <v>238</v>
       </c>
       <c r="E19" t="s">
-        <v>260</v>
+        <v>239</v>
       </c>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G19" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="H19"/>
       <c r="I19" s="3">
-        <v>107.44</v>
+        <v>363.64</v>
       </c>
       <c r="J19">
-        <v>130</v>
+        <v>440</v>
       </c>
       <c r="K19" t="s" s="4">
-        <v>269</v>
+        <v>240</v>
       </c>
       <c r="L19"/>
     </row>
     <row r="20">
       <c r="A20">
-        <v>3057</v>
+        <v>3064</v>
       </c>
       <c r="B20" t="s">
-        <v>131</v>
+        <v>241</v>
       </c>
       <c r="C20" t="s">
-        <v>270</v>
+        <v>242</v>
       </c>
       <c r="D20" t="s">
-        <v>271</v>
+        <v>243</v>
       </c>
       <c r="E20" t="s">
-        <v>272</v>
+        <v>244</v>
       </c>
       <c r="F20" t="s">
-        <v>46</v>
+        <v>166</v>
       </c>
       <c r="G20" t="s">
-        <v>54</v>
+        <v>245</v>
       </c>
       <c r="H20"/>
       <c r="I20" s="3">
-        <v>363.64</v>
+        <v>181.82</v>
       </c>
       <c r="J20">
-        <v>440</v>
+        <v>220</v>
       </c>
       <c r="K20" t="s" s="4">
-        <v>273</v>
+        <v>246</v>
       </c>
       <c r="L20"/>
     </row>
     <row r="21">
       <c r="A21">
-        <v>3064</v>
+        <v>3090</v>
       </c>
       <c r="B21" t="s">
-        <v>274</v>
+        <v>120</v>
       </c>
       <c r="C21" t="s">
-        <v>275</v>
+        <v>247</v>
       </c>
       <c r="D21" t="s">
-        <v>276</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>277</v>
+        <v>248</v>
       </c>
       <c r="F21" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="G21" t="s">
-        <v>279</v>
+        <v>53</v>
       </c>
       <c r="H21"/>
       <c r="I21" s="3">
-        <v>181.82</v>
+        <v>198.35</v>
       </c>
       <c r="J21">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="K21" t="s" s="4">
-        <v>280</v>
+        <v>249</v>
       </c>
       <c r="L21"/>
     </row>
     <row r="22">
       <c r="A22">
-        <v>3090</v>
+        <v>3134</v>
       </c>
       <c r="B22" t="s">
-        <v>131</v>
+        <v>229</v>
       </c>
       <c r="C22" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="D22" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="E22" t="s">
-        <v>282</v>
+        <v>227</v>
       </c>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G22" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H22"/>
       <c r="I22" s="3">
-        <v>198.35</v>
+        <v>99.17</v>
       </c>
       <c r="J22">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="K22" t="s" s="4">
-        <v>283</v>
+        <v>252</v>
       </c>
       <c r="L22"/>
     </row>
     <row r="23">
       <c r="A23">
-        <v>3134</v>
+        <v>3618</v>
       </c>
       <c r="B23" t="s">
-        <v>262</v>
+        <v>49</v>
       </c>
       <c r="C23" t="s">
-        <v>284</v>
+        <v>253</v>
       </c>
       <c r="D23" t="s">
-        <v>285</v>
+        <v>254</v>
       </c>
       <c r="E23" t="s">
-        <v>260</v>
+        <v>203</v>
       </c>
       <c r="F23" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G23" t="s">
         <v>47</v>
       </c>
       <c r="H23"/>
       <c r="I23" s="3">
-        <v>99.17</v>
+        <v>102.07</v>
       </c>
       <c r="J23">
-        <v>120</v>
+        <v>123.5</v>
       </c>
       <c r="K23" t="s" s="4">
-        <v>286</v>
+        <v>255</v>
       </c>
       <c r="L23"/>
     </row>
     <row r="24">
       <c r="A24">
-        <v>3618</v>
+        <v>3754</v>
       </c>
       <c r="B24" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>287</v>
+        <v>256</v>
       </c>
       <c r="D24" t="s">
-        <v>288</v>
+        <v>257</v>
       </c>
       <c r="E24" t="s">
-        <v>234</v>
+        <v>258</v>
       </c>
       <c r="F24" t="s">
         <v>46</v>
       </c>
       <c r="G24" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="H24"/>
       <c r="I24" s="3">
-        <v>102.07</v>
+        <v>376.86</v>
       </c>
       <c r="J24">
-        <v>123.5</v>
+        <v>456</v>
       </c>
       <c r="K24" t="s" s="4">
-        <v>289</v>
+        <v>259</v>
       </c>
       <c r="L24"/>
     </row>
     <row r="25">
       <c r="A25">
-        <v>3754</v>
+        <v>3767</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>290</v>
+        <v>260</v>
       </c>
       <c r="D25" t="s">
-        <v>291</v>
+        <v>261</v>
       </c>
       <c r="E25" t="s">
-        <v>292</v>
+        <v>262</v>
       </c>
       <c r="F25" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G25" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H25"/>
       <c r="I25" s="3">
-        <v>376.86</v>
+        <v>347.11</v>
       </c>
       <c r="J25">
-        <v>456</v>
+        <v>420</v>
       </c>
       <c r="K25" t="s" s="4">
-        <v>293</v>
+        <v>263</v>
       </c>
       <c r="L25"/>
     </row>
     <row r="26">
       <c r="A26">
-        <v>3767</v>
+        <v>3894</v>
       </c>
       <c r="B26" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C26" t="s">
-        <v>294</v>
+        <v>264</v>
       </c>
       <c r="D26" t="s">
-        <v>295</v>
+        <v>265</v>
       </c>
       <c r="E26" t="s">
-        <v>296</v>
+        <v>266</v>
       </c>
       <c r="F26" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G26" t="s">
         <v>47</v>
       </c>
       <c r="H26"/>
       <c r="I26" s="3">
-        <v>347.11</v>
+        <v>107.44</v>
       </c>
       <c r="J26">
-        <v>420</v>
+        <v>130</v>
       </c>
       <c r="K26" t="s" s="4">
-        <v>297</v>
+        <v>267</v>
       </c>
       <c r="L26"/>
     </row>
     <row r="27">
       <c r="A27">
-        <v>3894</v>
+        <v>3986</v>
       </c>
       <c r="B27" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C27" t="s">
-        <v>298</v>
+        <v>268</v>
       </c>
       <c r="D27" t="s">
-        <v>299</v>
+        <v>251</v>
       </c>
       <c r="E27" t="s">
-        <v>300</v>
+        <v>206</v>
       </c>
       <c r="F27" t="s">
         <v>46</v>
       </c>
       <c r="G27" t="s">
         <v>47</v>
       </c>
       <c r="H27"/>
       <c r="I27" s="3">
-        <v>107.44</v>
+        <v>198.35</v>
       </c>
       <c r="J27">
-        <v>130</v>
+        <v>240</v>
       </c>
       <c r="K27" t="s" s="4">
-        <v>301</v>
+        <v>269</v>
       </c>
       <c r="L27"/>
     </row>
     <row r="28">
       <c r="A28">
-        <v>3986</v>
+        <v>4369</v>
       </c>
       <c r="B28" t="s">
-        <v>49</v>
+        <v>270</v>
       </c>
       <c r="C28" t="s">
-        <v>302</v>
+        <v>271</v>
       </c>
       <c r="D28" t="s">
-        <v>285</v>
+        <v>265</v>
       </c>
       <c r="E28" t="s">
-        <v>237</v>
+        <v>190</v>
       </c>
       <c r="F28" t="s">
+        <v>46</v>
+      </c>
+      <c r="G28" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="H28"/>
       <c r="I28" s="3">
-        <v>198.35</v>
+        <v>173.55</v>
       </c>
       <c r="J28">
-        <v>240</v>
+        <v>210</v>
       </c>
       <c r="K28" t="s" s="4">
-        <v>303</v>
+        <v>272</v>
       </c>
       <c r="L28"/>
     </row>
     <row r="29">
       <c r="A29">
-        <v>4369</v>
+        <v>4377</v>
       </c>
       <c r="B29" t="s">
-        <v>304</v>
+        <v>273</v>
       </c>
       <c r="C29" t="s">
-        <v>305</v>
+        <v>274</v>
       </c>
       <c r="D29" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E29" t="s">
-        <v>221</v>
+        <v>276</v>
       </c>
       <c r="F29" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G29" t="s">
-        <v>54</v>
+        <v>171</v>
       </c>
       <c r="H29"/>
       <c r="I29" s="3">
-        <v>173.55</v>
+        <v>181.82</v>
       </c>
       <c r="J29">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="K29" t="s" s="4">
-        <v>306</v>
+        <v>277</v>
       </c>
       <c r="L29"/>
     </row>
     <row r="30">
       <c r="A30">
-        <v>4377</v>
+        <v>4407</v>
       </c>
       <c r="B30" t="s">
-        <v>307</v>
+        <v>120</v>
       </c>
       <c r="C30" t="s">
-        <v>308</v>
+        <v>278</v>
       </c>
       <c r="D30" t="s">
-        <v>309</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>310</v>
+        <v>279</v>
       </c>
       <c r="F30" t="s">
         <v>46</v>
       </c>
       <c r="G30" t="s">
-        <v>150</v>
+        <v>53</v>
       </c>
       <c r="H30"/>
       <c r="I30" s="3">
-        <v>181.82</v>
+        <v>404.13</v>
       </c>
       <c r="J30">
-        <v>220</v>
+        <v>489</v>
       </c>
       <c r="K30" t="s" s="4">
-        <v>311</v>
+        <v>280</v>
       </c>
       <c r="L30"/>
     </row>
     <row r="31">
       <c r="A31">
-        <v>4407</v>
+        <v>4413</v>
       </c>
       <c r="B31" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C31" t="s">
-        <v>312</v>
+        <v>281</v>
       </c>
       <c r="D31" t="s">
-        <v>259</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>313</v>
+        <v>282</v>
       </c>
       <c r="F31" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G31" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H31"/>
       <c r="I31" s="3">
-        <v>404.13</v>
+        <v>379.34</v>
       </c>
       <c r="J31">
-        <v>489</v>
+        <v>459</v>
       </c>
       <c r="K31" t="s" s="4">
-        <v>314</v>
+        <v>283</v>
       </c>
       <c r="L31"/>
     </row>
     <row r="32">
       <c r="A32">
-        <v>4413</v>
+        <v>4419</v>
       </c>
       <c r="B32" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C32" t="s">
-        <v>315</v>
+        <v>284</v>
       </c>
       <c r="D32" t="s">
-        <v>259</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>316</v>
+        <v>248</v>
       </c>
       <c r="F32" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="G32" t="s">
-        <v>47</v>
+        <v>171</v>
       </c>
       <c r="H32"/>
       <c r="I32" s="3">
-        <v>379.34</v>
+        <v>329.75</v>
       </c>
       <c r="J32">
-        <v>459</v>
+        <v>399</v>
       </c>
       <c r="K32" t="s" s="4">
-        <v>317</v>
+        <v>285</v>
       </c>
       <c r="L32"/>
     </row>
     <row r="33">
       <c r="A33">
-        <v>4419</v>
+        <v>4498</v>
       </c>
       <c r="B33" t="s">
-        <v>62</v>
+        <v>270</v>
       </c>
       <c r="C33" t="s">
-        <v>318</v>
+        <v>286</v>
       </c>
       <c r="D33" t="s">
-        <v>259</v>
+        <v>275</v>
       </c>
       <c r="E33" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F33" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G33" t="s">
-        <v>150</v>
+        <v>53</v>
       </c>
       <c r="H33"/>
       <c r="I33" s="3">
-        <v>329.75</v>
+        <v>206.61</v>
       </c>
       <c r="J33">
-        <v>399</v>
+        <v>250</v>
       </c>
       <c r="K33" t="s" s="4">
-        <v>319</v>
+        <v>288</v>
       </c>
       <c r="L33"/>
     </row>
     <row r="34">
       <c r="A34">
-        <v>4498</v>
+        <v>4684</v>
       </c>
       <c r="B34" t="s">
-        <v>304</v>
+        <v>49</v>
       </c>
       <c r="C34" t="s">
-        <v>320</v>
+        <v>289</v>
       </c>
       <c r="D34" t="s">
-        <v>309</v>
+        <v>219</v>
       </c>
       <c r="E34" t="s">
-        <v>321</v>
+        <v>290</v>
       </c>
       <c r="F34" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G34" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="H34"/>
       <c r="I34" s="3">
-        <v>206.61</v>
+        <v>139.67</v>
       </c>
       <c r="J34">
-        <v>250</v>
+        <v>169</v>
       </c>
       <c r="K34" t="s" s="4">
-        <v>322</v>
+        <v>291</v>
       </c>
       <c r="L34"/>
     </row>
     <row r="35">
       <c r="A35">
-        <v>4684</v>
+        <v>4767</v>
       </c>
       <c r="B35" t="s">
-        <v>49</v>
+        <v>241</v>
       </c>
       <c r="C35" t="s">
-        <v>323</v>
+        <v>292</v>
       </c>
       <c r="D35" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="E35" t="s">
-        <v>324</v>
+        <v>294</v>
       </c>
       <c r="F35" t="s">
         <v>46</v>
       </c>
       <c r="G35" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H35"/>
-      <c r="I35" s="3">
-        <v>139.67</v>
+      <c r="I35">
+        <v>300</v>
       </c>
       <c r="J35">
-        <v>169</v>
+        <v>363</v>
       </c>
       <c r="K35" t="s" s="4">
-        <v>325</v>
+        <v>295</v>
       </c>
       <c r="L35"/>
     </row>
     <row r="36">
       <c r="A36">
-        <v>4767</v>
+        <v>5523</v>
       </c>
       <c r="B36" t="s">
-        <v>274</v>
+        <v>61</v>
       </c>
       <c r="C36" t="s">
-        <v>326</v>
+        <v>296</v>
       </c>
       <c r="D36" t="s">
-        <v>327</v>
+        <v>297</v>
       </c>
       <c r="E36" t="s">
-        <v>328</v>
+        <v>298</v>
       </c>
       <c r="F36" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G36" t="s">
         <v>47</v>
       </c>
       <c r="H36"/>
-      <c r="I36">
-        <v>300</v>
+      <c r="I36" s="3">
+        <v>280.99</v>
       </c>
       <c r="J36">
-        <v>363</v>
+        <v>340</v>
       </c>
       <c r="K36" t="s" s="4">
-        <v>329</v>
+        <v>299</v>
       </c>
       <c r="L36"/>
     </row>
     <row r="37">
       <c r="A37">
-        <v>4862</v>
+        <v>5676</v>
       </c>
       <c r="B37" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C37" t="s">
-        <v>330</v>
+        <v>300</v>
       </c>
       <c r="D37" t="s">
-        <v>331</v>
+        <v>226</v>
       </c>
       <c r="E37" t="s">
-        <v>332</v>
+        <v>301</v>
       </c>
       <c r="F37" t="s">
-        <v>333</v>
+        <v>46</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37"/>
       <c r="I37" s="3">
-        <v>99.17</v>
+        <v>280.99</v>
       </c>
       <c r="J37">
-        <v>120</v>
+        <v>340</v>
       </c>
       <c r="K37" t="s" s="4">
-        <v>334</v>
+        <v>302</v>
       </c>
       <c r="L37"/>
     </row>
     <row r="38">
       <c r="A38">
-        <v>5523</v>
+        <v>5699</v>
       </c>
       <c r="B38" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C38" t="s">
-        <v>335</v>
+        <v>303</v>
       </c>
       <c r="D38" t="s">
-        <v>336</v>
+        <v>257</v>
       </c>
       <c r="E38" t="s">
-        <v>337</v>
+        <v>304</v>
       </c>
       <c r="F38" t="s">
+        <v>106</v>
+      </c>
+      <c r="G38" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="H38"/>
       <c r="I38" s="3">
-        <v>280.99</v>
+        <v>661.16</v>
       </c>
       <c r="J38">
-        <v>340</v>
+        <v>800</v>
       </c>
       <c r="K38" t="s" s="4">
-        <v>338</v>
+        <v>305</v>
       </c>
       <c r="L38"/>
     </row>
     <row r="39">
       <c r="A39">
-        <v>5676</v>
+        <v>5883</v>
       </c>
       <c r="B39" t="s">
-        <v>62</v>
+        <v>306</v>
       </c>
       <c r="C39" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="D39"/>
       <c r="E39" t="s">
-        <v>340</v>
+        <v>308</v>
       </c>
       <c r="F39" t="s">
-        <v>53</v>
+        <v>166</v>
       </c>
       <c r="G39" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="H39"/>
+        <v>64</v>
+      </c>
+      <c r="H39" s="5">
+        <v>0.16</v>
+      </c>
       <c r="I39" s="3">
-        <v>280.99</v>
+        <v>41.32</v>
       </c>
       <c r="J39">
-        <v>340</v>
+        <v>50</v>
       </c>
       <c r="K39" t="s" s="4">
-        <v>341</v>
+        <v>309</v>
       </c>
       <c r="L39"/>
     </row>
     <row r="40">
       <c r="A40">
-        <v>5699</v>
+        <v>6033</v>
       </c>
       <c r="B40" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C40" t="s">
-        <v>342</v>
+        <v>310</v>
       </c>
       <c r="D40" t="s">
-        <v>291</v>
+        <v>265</v>
       </c>
       <c r="E40" t="s">
-        <v>343</v>
+        <v>311</v>
       </c>
       <c r="F40" t="s">
-        <v>113</v>
+        <v>312</v>
       </c>
       <c r="G40" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="H40"/>
+        <v>313</v>
+      </c>
+      <c r="H40" s="5">
+        <v>0.18</v>
+      </c>
       <c r="I40" s="3">
-        <v>661.16</v>
+        <v>70.25</v>
       </c>
       <c r="J40">
-        <v>800</v>
+        <v>85</v>
       </c>
       <c r="K40" t="s" s="4">
-        <v>344</v>
+        <v>314</v>
       </c>
       <c r="L40"/>
     </row>
     <row r="41">
       <c r="A41">
-        <v>5883</v>
+        <v>6047</v>
       </c>
       <c r="B41" t="s">
-        <v>345</v>
+        <v>315</v>
       </c>
       <c r="C41" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>316</v>
+      </c>
+      <c r="D41" t="s">
+        <v>265</v>
+      </c>
       <c r="E41" t="s">
-        <v>347</v>
+        <v>317</v>
       </c>
       <c r="F41" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="G41" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>0.16</v>
+        <v>116</v>
+      </c>
+      <c r="H41" t="s">
+        <v>318</v>
       </c>
       <c r="I41" s="3">
-        <v>41.32</v>
+        <v>82.64</v>
       </c>
       <c r="J41">
-        <v>50</v>
+        <v>99.99</v>
       </c>
       <c r="K41" t="s" s="4">
-        <v>348</v>
+        <v>319</v>
       </c>
       <c r="L41"/>
     </row>
     <row r="42">
       <c r="A42">
-        <v>6033</v>
+        <v>6173</v>
       </c>
       <c r="B42" t="s">
         <v>49</v>
       </c>
       <c r="C42" t="s">
-        <v>349</v>
+        <v>320</v>
       </c>
       <c r="D42" t="s">
-        <v>299</v>
+        <v>321</v>
       </c>
       <c r="E42" t="s">
-        <v>350</v>
+        <v>322</v>
       </c>
       <c r="F42" t="s">
-        <v>351</v>
+        <v>97</v>
       </c>
       <c r="G42" t="s">
-        <v>352</v>
+        <v>86</v>
       </c>
       <c r="H42" s="5">
-        <v>0.18</v>
+        <v>0.36</v>
       </c>
       <c r="I42" s="3">
-        <v>70.25</v>
+        <v>66.11</v>
       </c>
       <c r="J42">
-        <v>85</v>
+        <v>79.99</v>
       </c>
       <c r="K42" t="s" s="4">
-        <v>353</v>
+        <v>323</v>
       </c>
       <c r="L42"/>
     </row>
     <row r="43">
       <c r="A43">
-        <v>6047</v>
+        <v>6351</v>
       </c>
       <c r="B43" t="s">
-        <v>354</v>
+        <v>61</v>
       </c>
       <c r="C43" t="s">
-        <v>355</v>
+        <v>324</v>
       </c>
       <c r="D43" t="s">
-        <v>299</v>
+        <v>261</v>
       </c>
       <c r="E43" t="s">
-        <v>356</v>
+        <v>325</v>
       </c>
       <c r="F43" t="s">
         <v>46</v>
       </c>
       <c r="G43" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H43"/>
       <c r="I43" s="3">
-        <v>82.64</v>
+        <v>355.37</v>
       </c>
       <c r="J43">
-        <v>99.99</v>
+        <v>430</v>
       </c>
       <c r="K43" t="s" s="4">
-        <v>358</v>
+        <v>326</v>
       </c>
       <c r="L43"/>
     </row>
     <row r="44">
       <c r="A44">
-        <v>6173</v>
+        <v>6358</v>
       </c>
       <c r="B44" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C44" t="s">
-        <v>359</v>
+        <v>327</v>
       </c>
       <c r="D44" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      </c>
+        <v>226</v>
+      </c>
+      <c r="E44"/>
       <c r="F44" t="s">
         <v>46</v>
       </c>
       <c r="G44" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H44"/>
       <c r="I44" s="3">
-        <v>66.11</v>
+        <v>314.05</v>
       </c>
       <c r="J44">
-        <v>79.99</v>
+        <v>380</v>
       </c>
       <c r="K44" t="s" s="4">
-        <v>362</v>
+        <v>328</v>
       </c>
       <c r="L44"/>
     </row>
     <row r="45">
       <c r="A45">
-        <v>6203</v>
+        <v>6365</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C45" t="s">
-        <v>363</v>
+        <v>329</v>
       </c>
       <c r="D45" t="s">
-        <v>360</v>
+        <v>330</v>
       </c>
       <c r="E45" t="s">
-        <v>364</v>
+        <v>325</v>
       </c>
       <c r="F45" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
       <c r="H45"/>
       <c r="I45" s="3">
-        <v>256.20</v>
+        <v>438.02</v>
       </c>
       <c r="J45">
-        <v>310</v>
+        <v>530</v>
       </c>
       <c r="K45" t="s" s="4">
-        <v>365</v>
+        <v>331</v>
       </c>
       <c r="L45"/>
     </row>
     <row r="46">
       <c r="A46">
-        <v>6351</v>
+        <v>6381</v>
       </c>
       <c r="B46" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C46" t="s">
-        <v>366</v>
+        <v>332</v>
       </c>
       <c r="D46" t="s">
-        <v>295</v>
+        <v>261</v>
       </c>
       <c r="E46" t="s">
-        <v>367</v>
+        <v>333</v>
       </c>
       <c r="F46" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G46" t="s">
         <v>47</v>
       </c>
       <c r="H46"/>
       <c r="I46" s="3">
-        <v>355.37</v>
+        <v>404.13</v>
       </c>
       <c r="J46">
-        <v>430</v>
+        <v>489</v>
       </c>
       <c r="K46" t="s" s="4">
-        <v>368</v>
+        <v>334</v>
       </c>
       <c r="L46"/>
     </row>
     <row r="47">
       <c r="A47">
-        <v>6358</v>
+        <v>6792</v>
       </c>
       <c r="B47" t="s">
-        <v>62</v>
+        <v>335</v>
       </c>
       <c r="C47" t="s">
-        <v>369</v>
+        <v>336</v>
       </c>
       <c r="D47" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="E47"/>
+        <v>337</v>
+      </c>
+      <c r="E47" t="s">
+        <v>338</v>
+      </c>
       <c r="F47" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G47" t="s">
         <v>47</v>
       </c>
       <c r="H47"/>
       <c r="I47" s="3">
-        <v>314.05</v>
+        <v>206.61</v>
       </c>
       <c r="J47">
-        <v>380</v>
+        <v>250</v>
       </c>
       <c r="K47" t="s" s="4">
-        <v>370</v>
+        <v>339</v>
       </c>
       <c r="L47"/>
     </row>
     <row r="48">
       <c r="A48">
-        <v>6365</v>
+        <v>6851</v>
       </c>
       <c r="B48" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C48" t="s">
-        <v>371</v>
+        <v>340</v>
       </c>
       <c r="D48" t="s">
-        <v>372</v>
+        <v>257</v>
       </c>
       <c r="E48" t="s">
-        <v>367</v>
+        <v>341</v>
       </c>
       <c r="F48" t="s">
-        <v>53</v>
+        <v>131</v>
       </c>
       <c r="G48" t="s">
-        <v>47</v>
+        <v>342</v>
       </c>
       <c r="H48"/>
       <c r="I48" s="3">
-        <v>438.02</v>
+        <v>1033.06</v>
       </c>
       <c r="J48">
-        <v>530</v>
+        <v>1250</v>
       </c>
       <c r="K48" t="s" s="4">
-        <v>373</v>
+        <v>343</v>
       </c>
       <c r="L48"/>
     </row>
     <row r="49">
       <c r="A49">
-        <v>6381</v>
+        <v>7181</v>
       </c>
       <c r="B49" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C49" t="s">
-        <v>374</v>
+        <v>344</v>
       </c>
       <c r="D49" t="s">
-        <v>295</v>
+        <v>345</v>
       </c>
       <c r="E49" t="s">
-        <v>375</v>
+        <v>346</v>
       </c>
       <c r="F49" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G49" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="H49"/>
+        <v>171</v>
+      </c>
+      <c r="H49" s="5">
+        <v>0.08</v>
+      </c>
       <c r="I49" s="3">
-        <v>404.13</v>
+        <v>595.04</v>
       </c>
       <c r="J49">
-        <v>489</v>
+        <v>720</v>
       </c>
       <c r="K49" t="s" s="4">
-        <v>376</v>
+        <v>347</v>
       </c>
       <c r="L49"/>
     </row>
     <row r="50">
       <c r="A50">
-        <v>6792</v>
+        <v>7257</v>
       </c>
       <c r="B50" t="s">
-        <v>377</v>
+        <v>61</v>
       </c>
       <c r="C50" t="s">
-        <v>378</v>
+        <v>348</v>
       </c>
       <c r="D50" t="s">
-        <v>379</v>
+        <v>226</v>
       </c>
       <c r="E50" t="s">
-        <v>380</v>
+        <v>349</v>
       </c>
       <c r="F50" t="s">
         <v>46</v>
       </c>
       <c r="G50" t="s">
         <v>47</v>
       </c>
       <c r="H50"/>
       <c r="I50" s="3">
-        <v>206.61</v>
+        <v>223.14</v>
       </c>
       <c r="J50">
-        <v>250</v>
+        <v>270</v>
       </c>
       <c r="K50" t="s" s="4">
-        <v>381</v>
+        <v>350</v>
       </c>
       <c r="L50"/>
     </row>
     <row r="51">
       <c r="A51">
-        <v>6851</v>
+        <v>7332</v>
       </c>
       <c r="B51" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C51" t="s">
-        <v>382</v>
+        <v>351</v>
       </c>
       <c r="D51" t="s">
-        <v>291</v>
+        <v>265</v>
       </c>
       <c r="E51" t="s">
-        <v>383</v>
+        <v>352</v>
       </c>
       <c r="F51" t="s">
-        <v>154</v>
+        <v>97</v>
       </c>
       <c r="G51" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="H51"/>
+        <v>47</v>
+      </c>
+      <c r="H51" s="5">
+        <v>0.06</v>
+      </c>
       <c r="I51" s="3">
-        <v>1033.06</v>
+        <v>223.14</v>
       </c>
       <c r="J51">
-        <v>1250</v>
+        <v>270</v>
       </c>
       <c r="K51" t="s" s="4">
-        <v>385</v>
+        <v>353</v>
       </c>
       <c r="L51"/>
     </row>
     <row r="52">
       <c r="A52">
-        <v>6902</v>
+        <v>7338</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>49</v>
       </c>
       <c r="C52" t="s">
-        <v>386</v>
+        <v>354</v>
       </c>
       <c r="D52" t="s">
-        <v>253</v>
+        <v>355</v>
       </c>
       <c r="E52" t="s">
-        <v>387</v>
+        <v>356</v>
       </c>
       <c r="F52" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="G52" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H52"/>
       <c r="I52" s="3">
-        <v>578.51</v>
+        <v>614.88</v>
       </c>
       <c r="J52">
-        <v>700</v>
+        <v>744</v>
       </c>
       <c r="K52" t="s" s="4">
-        <v>388</v>
+        <v>357</v>
       </c>
       <c r="L52"/>
     </row>
     <row r="53">
       <c r="A53">
-        <v>7023</v>
+        <v>7413</v>
       </c>
       <c r="B53" t="s">
-        <v>307</v>
+        <v>335</v>
       </c>
       <c r="C53" t="s">
-        <v>389</v>
+        <v>336</v>
       </c>
       <c r="D53" t="s">
-        <v>309</v>
+        <v>337</v>
       </c>
       <c r="E53" t="s">
-        <v>390</v>
+        <v>358</v>
       </c>
       <c r="F53" t="s">
+        <v>97</v>
+      </c>
+      <c r="G53" t="s">
         <v>53</v>
       </c>
-      <c r="G53" t="s">
-[...2 lines deleted...]
-      <c r="H53"/>
+      <c r="H53" s="5">
+        <v>0.1</v>
+      </c>
       <c r="I53" s="3">
-        <v>289.26</v>
+        <v>206.61</v>
       </c>
       <c r="J53">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="K53" t="s" s="4">
-        <v>391</v>
+        <v>359</v>
       </c>
       <c r="L53"/>
     </row>
     <row r="54">
       <c r="A54">
-        <v>7039</v>
+        <v>7524</v>
       </c>
       <c r="B54" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C54" t="s">
-        <v>392</v>
+        <v>360</v>
       </c>
       <c r="D54" t="s">
-        <v>393</v>
+        <v>261</v>
       </c>
       <c r="E54" t="s">
-        <v>394</v>
+        <v>361</v>
       </c>
       <c r="F54" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G54" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H54"/>
       <c r="I54" s="3">
-        <v>355.37</v>
+        <v>545.45</v>
       </c>
       <c r="J54">
-        <v>430</v>
+        <v>659.99</v>
       </c>
       <c r="K54" t="s" s="4">
-        <v>395</v>
+        <v>362</v>
       </c>
       <c r="L54"/>
     </row>
     <row r="55">
       <c r="A55">
-        <v>7181</v>
+        <v>7675</v>
       </c>
       <c r="B55" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C55" t="s">
-        <v>396</v>
+        <v>332</v>
       </c>
       <c r="D55" t="s">
-        <v>397</v>
+        <v>261</v>
       </c>
       <c r="E55" t="s">
-        <v>398</v>
+        <v>333</v>
       </c>
       <c r="F55" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G55" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H55"/>
       <c r="I55" s="3">
-        <v>595.04</v>
+        <v>371.90</v>
       </c>
       <c r="J55">
-        <v>720</v>
+        <v>450</v>
       </c>
       <c r="K55" t="s" s="4">
-        <v>399</v>
+        <v>363</v>
       </c>
       <c r="L55"/>
     </row>
     <row r="56">
       <c r="A56">
-        <v>7257</v>
+        <v>7708</v>
       </c>
       <c r="B56" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C56" t="s">
-        <v>400</v>
+        <v>364</v>
       </c>
       <c r="D56" t="s">
-        <v>259</v>
+        <v>226</v>
       </c>
       <c r="E56" t="s">
-        <v>401</v>
+        <v>365</v>
       </c>
       <c r="F56" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G56" t="s">
         <v>47</v>
       </c>
       <c r="H56"/>
       <c r="I56" s="3">
-        <v>223.14</v>
+        <v>190.08</v>
       </c>
       <c r="J56">
-        <v>270</v>
+        <v>230</v>
       </c>
       <c r="K56" t="s" s="4">
-        <v>402</v>
+        <v>366</v>
       </c>
       <c r="L56"/>
     </row>
     <row r="57">
       <c r="A57">
-        <v>7332</v>
+        <v>7716</v>
       </c>
       <c r="B57" t="s">
         <v>49</v>
       </c>
       <c r="C57" t="s">
-        <v>403</v>
+        <v>367</v>
       </c>
       <c r="D57" t="s">
-        <v>299</v>
+        <v>219</v>
       </c>
       <c r="E57" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="F57" t="s">
         <v>46</v>
       </c>
       <c r="G57" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="H57"/>
       <c r="I57" s="3">
-        <v>223.14</v>
+        <v>198.35</v>
       </c>
       <c r="J57">
-        <v>270</v>
+        <v>240</v>
       </c>
       <c r="K57" t="s" s="4">
-        <v>405</v>
+        <v>369</v>
       </c>
       <c r="L57"/>
     </row>
     <row r="58">
       <c r="A58">
-        <v>7338</v>
+        <v>7731</v>
       </c>
       <c r="B58" t="s">
         <v>49</v>
       </c>
       <c r="C58" t="s">
-        <v>406</v>
+        <v>370</v>
       </c>
       <c r="D58" t="s">
-        <v>407</v>
+        <v>275</v>
       </c>
       <c r="E58" t="s">
-        <v>408</v>
+        <v>371</v>
       </c>
       <c r="F58" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G58" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H58"/>
       <c r="I58" s="3">
-        <v>614.88</v>
+        <v>238.84</v>
       </c>
       <c r="J58">
-        <v>744</v>
+        <v>289</v>
       </c>
       <c r="K58" t="s" s="4">
-        <v>409</v>
+        <v>372</v>
       </c>
       <c r="L58"/>
     </row>
     <row r="59">
       <c r="A59">
-        <v>7346</v>
+        <v>7760</v>
       </c>
       <c r="B59" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C59" t="s">
-        <v>410</v>
+        <v>373</v>
       </c>
       <c r="D59" t="s">
-        <v>309</v>
+        <v>275</v>
       </c>
       <c r="E59" t="s">
-        <v>411</v>
+        <v>374</v>
       </c>
       <c r="F59" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G59" t="s">
-        <v>150</v>
+        <v>47</v>
       </c>
       <c r="H59"/>
       <c r="I59" s="3">
-        <v>471.07</v>
+        <v>264.46</v>
       </c>
       <c r="J59">
-        <v>569.99</v>
+        <v>320</v>
       </c>
       <c r="K59" t="s" s="4">
-        <v>412</v>
+        <v>375</v>
       </c>
       <c r="L59"/>
     </row>
     <row r="60">
       <c r="A60">
-        <v>7404</v>
+        <v>7827</v>
       </c>
       <c r="B60" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C60" t="s">
-        <v>413</v>
+        <v>376</v>
       </c>
       <c r="D60" t="s">
-        <v>309</v>
+        <v>275</v>
       </c>
       <c r="E60" t="s">
-        <v>414</v>
+        <v>377</v>
       </c>
       <c r="F60" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="G60" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="H60"/>
       <c r="I60" s="3">
-        <v>718.18</v>
+        <v>173.55</v>
       </c>
       <c r="J60">
-        <v>869</v>
+        <v>210</v>
       </c>
       <c r="K60" t="s" s="4">
-        <v>415</v>
+        <v>378</v>
       </c>
       <c r="L60"/>
     </row>
     <row r="61">
       <c r="A61">
-        <v>7413</v>
+        <v>7994</v>
       </c>
       <c r="B61" t="s">
-        <v>377</v>
+        <v>61</v>
       </c>
       <c r="C61" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D61" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E61" t="s">
-        <v>416</v>
+        <v>381</v>
       </c>
       <c r="F61" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="G61" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="H61"/>
       <c r="I61" s="3">
-        <v>206.61</v>
+        <v>1073.55</v>
       </c>
       <c r="J61">
-        <v>250</v>
+        <v>1299</v>
       </c>
       <c r="K61" t="s" s="4">
-        <v>417</v>
+        <v>382</v>
       </c>
       <c r="L61"/>
     </row>
     <row r="62">
       <c r="A62">
-        <v>7524</v>
+        <v>8002</v>
       </c>
       <c r="B62" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C62" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
       <c r="D62" t="s">
-        <v>295</v>
+        <v>384</v>
       </c>
       <c r="E62" t="s">
-        <v>419</v>
+        <v>385</v>
       </c>
       <c r="F62" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G62" t="s">
         <v>47</v>
       </c>
       <c r="H62"/>
       <c r="I62" s="3">
-        <v>577.69</v>
+        <v>363.63</v>
       </c>
       <c r="J62">
-        <v>699</v>
+        <v>439.99</v>
       </c>
       <c r="K62" t="s" s="4">
-        <v>420</v>
+        <v>386</v>
       </c>
       <c r="L62"/>
     </row>
     <row r="63">
       <c r="A63">
-        <v>7650</v>
+        <v>8214</v>
       </c>
       <c r="B63" t="s">
-        <v>62</v>
+        <v>306</v>
       </c>
       <c r="C63" t="s">
-        <v>421</v>
+        <v>387</v>
       </c>
       <c r="D63" t="s">
-        <v>291</v>
+        <v>275</v>
       </c>
       <c r="E63" t="s">
-        <v>422</v>
+        <v>388</v>
       </c>
       <c r="F63" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="G63" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H63"/>
       <c r="I63" s="3">
-        <v>537.19</v>
+        <v>136.36</v>
       </c>
       <c r="J63">
-        <v>650</v>
+        <v>165</v>
       </c>
       <c r="K63" t="s" s="4">
-        <v>423</v>
+        <v>389</v>
       </c>
       <c r="L63"/>
     </row>
     <row r="64">
       <c r="A64">
-        <v>7675</v>
+        <v>8250</v>
       </c>
       <c r="B64" t="s">
-        <v>62</v>
+        <v>306</v>
       </c>
       <c r="C64" t="s">
-        <v>374</v>
+        <v>390</v>
       </c>
       <c r="D64" t="s">
-        <v>295</v>
+        <v>265</v>
       </c>
       <c r="E64" t="s">
-        <v>375</v>
+        <v>391</v>
       </c>
       <c r="F64" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G64" t="s">
         <v>47</v>
       </c>
       <c r="H64"/>
       <c r="I64" s="3">
-        <v>371.90</v>
+        <v>140.49</v>
       </c>
       <c r="J64">
-        <v>450</v>
+        <v>169.99</v>
       </c>
       <c r="K64" t="s" s="4">
-        <v>424</v>
+        <v>392</v>
       </c>
       <c r="L64"/>
     </row>
     <row r="65">
       <c r="A65">
-        <v>7708</v>
+        <v>8258</v>
       </c>
       <c r="B65" t="s">
-        <v>49</v>
+        <v>335</v>
       </c>
       <c r="C65" t="s">
-        <v>425</v>
+        <v>393</v>
       </c>
       <c r="D65" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="E65" t="s">
-        <v>426</v>
+        <v>391</v>
       </c>
       <c r="F65" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G65" t="s">
         <v>47</v>
       </c>
       <c r="H65"/>
       <c r="I65" s="3">
-        <v>190.08</v>
+        <v>136.36</v>
       </c>
       <c r="J65">
-        <v>230</v>
+        <v>165</v>
       </c>
       <c r="K65" t="s" s="4">
-        <v>427</v>
+        <v>394</v>
       </c>
       <c r="L65"/>
     </row>
     <row r="66">
       <c r="A66">
-        <v>7716</v>
+        <v>8271</v>
       </c>
       <c r="B66" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C66" t="s">
-        <v>428</v>
+        <v>395</v>
       </c>
       <c r="D66" t="s">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="E66" t="s">
-        <v>429</v>
+        <v>396</v>
       </c>
       <c r="F66" t="s">
+        <v>106</v>
+      </c>
+      <c r="G66" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H66"/>
       <c r="I66" s="3">
-        <v>198.35</v>
+        <v>247.11</v>
       </c>
       <c r="J66">
-        <v>240</v>
+        <v>299</v>
       </c>
       <c r="K66" t="s" s="4">
-        <v>430</v>
+        <v>397</v>
       </c>
       <c r="L66"/>
     </row>
     <row r="67">
       <c r="A67">
-        <v>7722</v>
+        <v>8276</v>
       </c>
       <c r="B67" t="s">
-        <v>49</v>
+        <v>335</v>
       </c>
       <c r="C67" t="s">
-        <v>431</v>
+        <v>398</v>
       </c>
       <c r="D67" t="s">
-        <v>432</v>
+        <v>399</v>
       </c>
       <c r="E67" t="s">
-        <v>429</v>
+        <v>400</v>
       </c>
       <c r="F67" t="s">
+        <v>97</v>
+      </c>
+      <c r="G67" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="H67"/>
       <c r="I67" s="3">
-        <v>305.78</v>
+        <v>231.40</v>
       </c>
       <c r="J67">
-        <v>369.99</v>
+        <v>279.99</v>
       </c>
       <c r="K67" t="s" s="4">
-        <v>433</v>
+        <v>401</v>
       </c>
       <c r="L67"/>
     </row>
     <row r="68">
       <c r="A68">
-        <v>7731</v>
+        <v>8312</v>
       </c>
       <c r="B68" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C68" t="s">
-        <v>434</v>
+        <v>402</v>
       </c>
       <c r="D68" t="s">
-        <v>309</v>
+        <v>219</v>
       </c>
       <c r="E68" t="s">
-        <v>435</v>
+        <v>403</v>
       </c>
       <c r="F68" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G68" t="s">
         <v>47</v>
       </c>
       <c r="H68"/>
       <c r="I68" s="3">
-        <v>238.84</v>
+        <v>363.64</v>
       </c>
       <c r="J68">
-        <v>289</v>
+        <v>440</v>
       </c>
       <c r="K68" t="s" s="4">
-        <v>436</v>
+        <v>404</v>
       </c>
       <c r="L68"/>
     </row>
     <row r="69">
       <c r="A69">
-        <v>7748</v>
+        <v>8327</v>
       </c>
       <c r="B69" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C69" t="s">
-        <v>437</v>
+        <v>405</v>
       </c>
       <c r="D69" t="s">
-        <v>291</v>
+        <v>406</v>
       </c>
       <c r="E69" t="s">
-        <v>438</v>
+        <v>400</v>
       </c>
       <c r="F69" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="G69" t="s">
-        <v>150</v>
+        <v>47</v>
       </c>
       <c r="H69"/>
       <c r="I69" s="3">
-        <v>395.87</v>
+        <v>181.82</v>
       </c>
       <c r="J69">
-        <v>479</v>
+        <v>220</v>
       </c>
       <c r="K69" t="s" s="4">
-        <v>439</v>
+        <v>407</v>
       </c>
       <c r="L69"/>
     </row>
     <row r="70">
       <c r="A70">
-        <v>7760</v>
+        <v>8431</v>
       </c>
       <c r="B70" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C70" t="s">
-        <v>440</v>
+        <v>408</v>
       </c>
       <c r="D70" t="s">
-        <v>309</v>
+        <v>226</v>
       </c>
       <c r="E70" t="s">
-        <v>441</v>
+        <v>400</v>
       </c>
       <c r="F70" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70"/>
       <c r="I70" s="3">
-        <v>264.46</v>
+        <v>214.88</v>
       </c>
       <c r="J70">
-        <v>320</v>
+        <v>260</v>
       </c>
       <c r="K70" t="s" s="4">
-        <v>442</v>
+        <v>409</v>
       </c>
       <c r="L70"/>
     </row>
     <row r="71">
       <c r="A71">
-        <v>7827</v>
+        <v>8468</v>
       </c>
       <c r="B71" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C71" t="s">
-        <v>443</v>
+        <v>410</v>
       </c>
       <c r="D71" t="s">
-        <v>309</v>
+        <v>411</v>
       </c>
       <c r="E71" t="s">
-        <v>444</v>
+        <v>400</v>
       </c>
       <c r="F71" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G71" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H71"/>
       <c r="I71" s="3">
-        <v>173.55</v>
+        <v>223.14</v>
       </c>
       <c r="J71">
-        <v>210</v>
+        <v>270</v>
       </c>
       <c r="K71" t="s" s="4">
-        <v>445</v>
+        <v>412</v>
       </c>
       <c r="L71"/>
     </row>
     <row r="72">
       <c r="A72">
-        <v>7939</v>
+        <v>8484</v>
       </c>
       <c r="B72" t="s">
-        <v>377</v>
+        <v>61</v>
       </c>
       <c r="C72" t="s">
-        <v>446</v>
+        <v>413</v>
       </c>
       <c r="D72" t="s">
-        <v>253</v>
+        <v>226</v>
       </c>
       <c r="E72" t="s">
-        <v>328</v>
+        <v>414</v>
       </c>
       <c r="F72" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G72" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H72"/>
       <c r="I72" s="3">
-        <v>247.93</v>
+        <v>214.87</v>
       </c>
       <c r="J72">
-        <v>300</v>
+        <v>259.99</v>
       </c>
       <c r="K72" t="s" s="4">
-        <v>447</v>
+        <v>415</v>
       </c>
       <c r="L72"/>
     </row>
     <row r="73">
       <c r="A73">
-        <v>7967</v>
+        <v>8491</v>
       </c>
       <c r="B73" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C73" t="s">
-        <v>448</v>
+        <v>416</v>
       </c>
       <c r="D73" t="s">
-        <v>449</v>
+        <v>417</v>
       </c>
       <c r="E73" t="s">
-        <v>450</v>
+        <v>418</v>
       </c>
       <c r="F73" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G73" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="H73"/>
       <c r="I73" s="3">
-        <v>909.09</v>
+        <v>239.67</v>
       </c>
       <c r="J73">
-        <v>1100</v>
+        <v>290</v>
       </c>
       <c r="K73" t="s" s="4">
-        <v>451</v>
+        <v>419</v>
       </c>
       <c r="L73"/>
     </row>
     <row r="74">
       <c r="A74">
-        <v>7976</v>
+        <v>8505</v>
       </c>
       <c r="B74" t="s">
-        <v>131</v>
+        <v>306</v>
       </c>
       <c r="C74" t="s">
-        <v>452</v>
+        <v>420</v>
       </c>
       <c r="D74" t="s">
-        <v>453</v>
+        <v>265</v>
       </c>
       <c r="E74" t="s">
-        <v>454</v>
+        <v>421</v>
       </c>
       <c r="F74" t="s">
-        <v>154</v>
+        <v>422</v>
       </c>
       <c r="G74" t="s">
-        <v>150</v>
+        <v>47</v>
       </c>
       <c r="H74"/>
       <c r="I74" s="3">
-        <v>1322.31</v>
+        <v>181.82</v>
       </c>
       <c r="J74">
-        <v>1600</v>
+        <v>220</v>
       </c>
       <c r="K74" t="s" s="4">
-        <v>455</v>
+        <v>423</v>
       </c>
       <c r="L74"/>
     </row>
     <row r="75">
       <c r="A75">
-        <v>7985</v>
+        <v>8512</v>
       </c>
       <c r="B75" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="C75"/>
       <c r="D75" t="s">
-        <v>457</v>
+        <v>265</v>
       </c>
       <c r="E75" t="s">
-        <v>458</v>
+        <v>424</v>
       </c>
       <c r="F75" t="s">
-        <v>154</v>
+        <v>46</v>
       </c>
       <c r="G75" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="H75"/>
       <c r="I75" s="3">
-        <v>842.97</v>
+        <v>181.82</v>
       </c>
       <c r="J75">
-        <v>1019.99</v>
+        <v>220</v>
       </c>
       <c r="K75" t="s" s="4">
-        <v>459</v>
+        <v>425</v>
       </c>
       <c r="L75"/>
     </row>
     <row r="76">
       <c r="A76">
-        <v>7994</v>
+        <v>8520</v>
       </c>
       <c r="B76" t="s">
-        <v>62</v>
+        <v>335</v>
       </c>
       <c r="C76" t="s">
-        <v>460</v>
+        <v>426</v>
       </c>
       <c r="D76" t="s">
-        <v>461</v>
+        <v>265</v>
       </c>
       <c r="E76" t="s">
-        <v>450</v>
+        <v>427</v>
       </c>
       <c r="F76" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G76" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="H76"/>
       <c r="I76" s="3">
-        <v>1073.55</v>
+        <v>264.46</v>
       </c>
       <c r="J76">
-        <v>1299</v>
+        <v>320</v>
       </c>
       <c r="K76" t="s" s="4">
-        <v>462</v>
+        <v>428</v>
       </c>
       <c r="L76"/>
     </row>
     <row r="77">
       <c r="A77">
-        <v>8002</v>
+        <v>8527</v>
       </c>
       <c r="B77" t="s">
-        <v>49</v>
+        <v>335</v>
       </c>
       <c r="C77" t="s">
-        <v>463</v>
+        <v>429</v>
       </c>
       <c r="D77" t="s">
-        <v>464</v>
+        <v>275</v>
       </c>
       <c r="E77" t="s">
-        <v>465</v>
+        <v>430</v>
       </c>
       <c r="F77" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G77" t="s">
-        <v>47</v>
+        <v>171</v>
       </c>
       <c r="H77"/>
       <c r="I77" s="3">
-        <v>363.63</v>
+        <v>238.84</v>
       </c>
       <c r="J77">
-        <v>439.99</v>
+        <v>289</v>
       </c>
       <c r="K77" t="s" s="4">
-        <v>466</v>
+        <v>431</v>
       </c>
       <c r="L77"/>
     </row>
     <row r="78">
       <c r="A78">
-        <v>8019</v>
+        <v>8586</v>
       </c>
       <c r="B78" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="C78" t="s">
-        <v>467</v>
+        <v>324</v>
       </c>
       <c r="D78" t="s">
-        <v>468</v>
+        <v>432</v>
       </c>
       <c r="E78" t="s">
-        <v>450</v>
+        <v>433</v>
       </c>
       <c r="F78" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G78" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H78"/>
       <c r="I78" s="3">
-        <v>644.63</v>
+        <v>231.40</v>
       </c>
       <c r="J78">
-        <v>780</v>
+        <v>279.99</v>
       </c>
       <c r="K78" t="s" s="4">
-        <v>469</v>
+        <v>434</v>
       </c>
       <c r="L78"/>
     </row>
     <row r="79">
       <c r="A79">
-        <v>8050</v>
+        <v>8594</v>
       </c>
       <c r="B79" t="s">
-        <v>262</v>
+        <v>49</v>
       </c>
       <c r="C79" t="s">
-        <v>470</v>
+        <v>435</v>
       </c>
       <c r="D79" t="s">
-        <v>259</v>
+        <v>219</v>
       </c>
       <c r="E79" t="s">
-        <v>471</v>
+        <v>436</v>
       </c>
       <c r="F79" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G79" t="s">
         <v>47</v>
       </c>
       <c r="H79"/>
       <c r="I79" s="3">
-        <v>173.55</v>
+        <v>164.46</v>
       </c>
       <c r="J79">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="K79" t="s" s="4">
-        <v>472</v>
+        <v>437</v>
       </c>
       <c r="L79"/>
     </row>
     <row r="80">
       <c r="A80">
-        <v>8058</v>
+        <v>8602</v>
       </c>
       <c r="B80" t="s">
-        <v>262</v>
+        <v>438</v>
       </c>
       <c r="C80" t="s">
-        <v>473</v>
+        <v>439</v>
       </c>
       <c r="D80" t="s">
-        <v>253</v>
+        <v>440</v>
       </c>
       <c r="E80" t="s">
-        <v>474</v>
+        <v>441</v>
       </c>
       <c r="F80" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G80" t="s">
         <v>47</v>
       </c>
       <c r="H80"/>
       <c r="I80" s="3">
-        <v>140.49</v>
+        <v>132.23</v>
       </c>
       <c r="J80">
-        <v>169.99</v>
+        <v>160</v>
       </c>
       <c r="K80" t="s" s="4">
-        <v>475</v>
+        <v>442</v>
       </c>
       <c r="L80"/>
     </row>
     <row r="81">
       <c r="A81">
-        <v>8070</v>
+        <v>8668</v>
       </c>
       <c r="B81" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C81" t="s">
-        <v>476</v>
+        <v>443</v>
       </c>
       <c r="D81" t="s">
-        <v>253</v>
+        <v>226</v>
       </c>
       <c r="E81" t="s">
-        <v>477</v>
+        <v>444</v>
       </c>
       <c r="F81" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G81" t="s">
-        <v>47</v>
+        <v>171</v>
       </c>
       <c r="H81"/>
       <c r="I81" s="3">
-        <v>148.76</v>
+        <v>181.82</v>
       </c>
       <c r="J81">
-        <v>180</v>
+        <v>220</v>
       </c>
       <c r="K81" t="s" s="4">
-        <v>478</v>
+        <v>445</v>
       </c>
       <c r="L81"/>
     </row>
     <row r="82">
       <c r="A82">
-        <v>8132</v>
+        <v>8677</v>
       </c>
       <c r="B82" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C82" t="s">
-        <v>479</v>
+        <v>443</v>
       </c>
       <c r="D82" t="s">
-        <v>295</v>
+        <v>226</v>
       </c>
       <c r="E82" t="s">
-        <v>480</v>
+        <v>444</v>
       </c>
       <c r="F82" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="G82" t="s">
-        <v>129</v>
+        <v>53</v>
       </c>
       <c r="H82"/>
       <c r="I82" s="3">
-        <v>619.83</v>
+        <v>165.29</v>
       </c>
       <c r="J82">
-        <v>749.99</v>
+        <v>200</v>
       </c>
       <c r="K82" t="s" s="4">
-        <v>481</v>
+        <v>446</v>
       </c>
       <c r="L82"/>
     </row>
     <row r="83">
       <c r="A83">
-        <v>8139</v>
+        <v>8724</v>
       </c>
       <c r="B83" t="s">
         <v>49</v>
       </c>
       <c r="C83" t="s">
-        <v>482</v>
+        <v>447</v>
       </c>
       <c r="D83" t="s">
-        <v>483</v>
+        <v>448</v>
       </c>
       <c r="E83" t="s">
-        <v>480</v>
+        <v>449</v>
       </c>
       <c r="F83" t="s">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="G83" t="s">
-        <v>150</v>
+        <v>47</v>
       </c>
       <c r="H83"/>
       <c r="I83" s="3">
-        <v>785.12</v>
+        <v>206.61</v>
       </c>
       <c r="J83">
-        <v>950</v>
+        <v>250</v>
       </c>
       <c r="K83" t="s" s="4">
-        <v>484</v>
+        <v>450</v>
       </c>
       <c r="L83"/>
     </row>
     <row r="84">
       <c r="A84">
-        <v>8154</v>
+        <v>8747</v>
       </c>
       <c r="B84" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C84" t="s">
-        <v>476</v>
+        <v>451</v>
       </c>
       <c r="D84" t="s">
-        <v>485</v>
+        <v>452</v>
       </c>
       <c r="E84" t="s">
-        <v>486</v>
+        <v>453</v>
       </c>
       <c r="F84" t="s">
+        <v>46</v>
+      </c>
+      <c r="G84" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="H84"/>
       <c r="I84" s="3">
-        <v>148.76</v>
+        <v>413.22</v>
       </c>
       <c r="J84">
-        <v>180</v>
+        <v>500</v>
       </c>
       <c r="K84" t="s" s="4">
-        <v>487</v>
+        <v>454</v>
       </c>
       <c r="L84"/>
     </row>
     <row r="85">
       <c r="A85">
-        <v>8165</v>
+        <v>8754</v>
       </c>
       <c r="B85" t="s">
         <v>49</v>
       </c>
       <c r="C85" t="s">
-        <v>488</v>
+        <v>455</v>
       </c>
       <c r="D85" t="s">
-        <v>432</v>
+        <v>456</v>
       </c>
       <c r="E85" t="s">
-        <v>489</v>
+        <v>457</v>
       </c>
       <c r="F85" t="s">
-        <v>46</v>
+        <v>458</v>
       </c>
       <c r="G85" t="s">
-        <v>47</v>
+        <v>171</v>
       </c>
       <c r="H85"/>
       <c r="I85" s="3">
-        <v>263.63</v>
+        <v>578.51</v>
       </c>
       <c r="J85">
-        <v>318.99</v>
+        <v>700</v>
       </c>
       <c r="K85" t="s" s="4">
-        <v>490</v>
+        <v>459</v>
       </c>
       <c r="L85"/>
     </row>
     <row r="86">
       <c r="A86">
-        <v>8180</v>
+        <v>8787</v>
       </c>
       <c r="B86" t="s">
-        <v>377</v>
+        <v>61</v>
       </c>
       <c r="C86" t="s">
-        <v>491</v>
+        <v>460</v>
       </c>
       <c r="D86" t="s">
-        <v>492</v>
+        <v>275</v>
       </c>
       <c r="E86" t="s">
-        <v>493</v>
+        <v>461</v>
       </c>
       <c r="F86" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G86" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H86"/>
       <c r="I86" s="3">
-        <v>322.31</v>
+        <v>305.78</v>
       </c>
       <c r="J86">
-        <v>390</v>
+        <v>369.99</v>
       </c>
       <c r="K86" t="s" s="4">
-        <v>494</v>
+        <v>462</v>
       </c>
       <c r="L86"/>
     </row>
     <row r="87">
       <c r="A87">
-        <v>8188</v>
+        <v>8802</v>
       </c>
       <c r="B87" t="s">
         <v>49</v>
       </c>
       <c r="C87" t="s">
-        <v>495</v>
+        <v>463</v>
       </c>
       <c r="D87" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E87" t="s">
-        <v>496</v>
+        <v>464</v>
       </c>
       <c r="F87" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G87" t="s">
         <v>47</v>
       </c>
       <c r="H87"/>
       <c r="I87" s="3">
-        <v>181.82</v>
+        <v>289.26</v>
       </c>
       <c r="J87">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="K87" t="s" s="4">
-        <v>497</v>
+        <v>465</v>
       </c>
       <c r="L87"/>
     </row>
     <row r="88">
       <c r="A88">
-        <v>8214</v>
+        <v>8811</v>
       </c>
       <c r="B88" t="s">
-        <v>345</v>
+        <v>61</v>
       </c>
       <c r="C88" t="s">
-        <v>498</v>
+        <v>466</v>
       </c>
       <c r="D88" t="s">
-        <v>309</v>
+        <v>275</v>
       </c>
       <c r="E88" t="s">
-        <v>499</v>
+        <v>365</v>
       </c>
       <c r="F88" t="s">
         <v>46</v>
       </c>
       <c r="G88" t="s">
         <v>47</v>
       </c>
       <c r="H88"/>
       <c r="I88" s="3">
-        <v>136.36</v>
+        <v>247.93</v>
       </c>
       <c r="J88">
-        <v>165</v>
+        <v>300</v>
       </c>
       <c r="K88" t="s" s="4">
-        <v>500</v>
+        <v>467</v>
       </c>
       <c r="L88"/>
     </row>
     <row r="89">
       <c r="A89">
-        <v>8221</v>
+        <v>8832</v>
       </c>
       <c r="B89" t="s">
-        <v>131</v>
+        <v>49</v>
       </c>
       <c r="C89" t="s">
-        <v>501</v>
+        <v>468</v>
       </c>
       <c r="D89" t="s">
-        <v>309</v>
+        <v>469</v>
       </c>
       <c r="E89" t="s">
-        <v>502</v>
+        <v>470</v>
       </c>
       <c r="F89" t="s">
         <v>46</v>
       </c>
       <c r="G89" t="s">
+        <v>171</v>
+      </c>
+      <c r="H89"/>
+      <c r="I89" s="3">
+        <v>495.87</v>
+      </c>
+      <c r="J89">
+        <v>600</v>
+      </c>
+      <c r="K89" t="s" s="4">
+        <v>471</v>
+      </c>
+      <c r="L89"/>
+    </row>
+    <row r="90">
+      <c r="A90">
+        <v>8839</v>
+      </c>
+      <c r="B90" t="s">
+        <v>49</v>
+      </c>
+      <c r="C90" t="s">
+        <v>472</v>
+      </c>
+      <c r="D90" t="s">
+        <v>226</v>
+      </c>
+      <c r="E90" t="s">
+        <v>461</v>
+      </c>
+      <c r="F90" t="s">
+        <v>46</v>
+      </c>
+      <c r="G90" t="s">
         <v>47</v>
       </c>
-      <c r="H89"/>
-[...9 lines deleted...]
-      <c r="L89"/>
+      <c r="H90"/>
+      <c r="I90" s="3">
+        <v>314.05</v>
+      </c>
+      <c r="J90">
+        <v>380</v>
+      </c>
+      <c r="K90" t="s" s="4">
+        <v>473</v>
+      </c>
+      <c r="L90"/>
+    </row>
+    <row r="91">
+      <c r="A91">
+        <v>8846</v>
+      </c>
+      <c r="B91" t="s">
+        <v>120</v>
+      </c>
+      <c r="C91" t="s">
+        <v>474</v>
+      </c>
+      <c r="D91" t="s">
+        <v>475</v>
+      </c>
+      <c r="E91" t="s">
+        <v>341</v>
+      </c>
+      <c r="F91" t="s">
+        <v>106</v>
+      </c>
+      <c r="G91" t="s">
+        <v>53</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91" s="3">
+        <v>578.51</v>
+      </c>
+      <c r="J91">
+        <v>700</v>
+      </c>
+      <c r="K91" t="s" s="4">
+        <v>476</v>
+      </c>
+      <c r="L91"/>
+    </row>
+    <row r="92">
+      <c r="A92">
+        <v>8855</v>
+      </c>
+      <c r="B92" t="s">
+        <v>120</v>
+      </c>
+      <c r="C92" t="s">
+        <v>474</v>
+      </c>
+      <c r="D92" t="s">
+        <v>477</v>
+      </c>
+      <c r="E92" t="s">
+        <v>478</v>
+      </c>
+      <c r="F92" t="s">
+        <v>106</v>
+      </c>
+      <c r="G92" t="s">
+        <v>171</v>
+      </c>
+      <c r="H92"/>
+      <c r="I92" s="3">
+        <v>776.86</v>
+      </c>
+      <c r="J92">
+        <v>940</v>
+      </c>
+      <c r="K92" t="s" s="4">
+        <v>479</v>
+      </c>
+      <c r="L92"/>
+    </row>
+    <row r="93">
+      <c r="A93">
+        <v>8863</v>
+      </c>
+      <c r="B93" t="s">
+        <v>49</v>
+      </c>
+      <c r="C93" t="s">
+        <v>472</v>
+      </c>
+      <c r="D93" t="s">
+        <v>480</v>
+      </c>
+      <c r="E93" t="s">
+        <v>461</v>
+      </c>
+      <c r="F93" t="s">
+        <v>46</v>
+      </c>
+      <c r="G93" t="s">
+        <v>53</v>
+      </c>
+      <c r="H93"/>
+      <c r="I93" s="3">
+        <v>322.31</v>
+      </c>
+      <c r="J93">
+        <v>390</v>
+      </c>
+      <c r="K93" t="s" s="4">
+        <v>481</v>
+      </c>
+      <c r="L93"/>
+    </row>
+    <row r="94">
+      <c r="A94">
+        <v>8870</v>
+      </c>
+      <c r="B94" t="s">
+        <v>120</v>
+      </c>
+      <c r="C94" t="s">
+        <v>482</v>
+      </c>
+      <c r="D94" t="s">
+        <v>483</v>
+      </c>
+      <c r="E94" t="s">
+        <v>484</v>
+      </c>
+      <c r="F94" t="s">
+        <v>131</v>
+      </c>
+      <c r="G94" t="s">
+        <v>171</v>
+      </c>
+      <c r="H94"/>
+      <c r="I94" s="3">
+        <v>826.45</v>
+      </c>
+      <c r="J94">
+        <v>1000</v>
+      </c>
+      <c r="K94" t="s" s="4">
+        <v>485</v>
+      </c>
+      <c r="L94"/>
+    </row>
+    <row r="95">
+      <c r="A95">
+        <v>8878</v>
+      </c>
+      <c r="B95" t="s">
+        <v>120</v>
+      </c>
+      <c r="C95" t="s">
+        <v>486</v>
+      </c>
+      <c r="D95" t="s">
+        <v>487</v>
+      </c>
+      <c r="E95" t="s">
+        <v>484</v>
+      </c>
+      <c r="F95" t="s">
+        <v>488</v>
+      </c>
+      <c r="G95" t="s">
+        <v>171</v>
+      </c>
+      <c r="H95"/>
+      <c r="I95" s="3">
+        <v>537.19</v>
+      </c>
+      <c r="J95">
+        <v>650</v>
+      </c>
+      <c r="K95" t="s" s="4">
+        <v>489</v>
+      </c>
+      <c r="L95"/>
+    </row>
+    <row r="96">
+      <c r="A96">
+        <v>8905</v>
+      </c>
+      <c r="B96" t="s">
+        <v>120</v>
+      </c>
+      <c r="C96" t="s">
+        <v>490</v>
+      </c>
+      <c r="D96" t="s">
+        <v>491</v>
+      </c>
+      <c r="E96" t="s">
+        <v>492</v>
+      </c>
+      <c r="F96" t="s">
+        <v>46</v>
+      </c>
+      <c r="G96" t="s">
+        <v>47</v>
+      </c>
+      <c r="H96"/>
+      <c r="I96" s="3">
+        <v>198.35</v>
+      </c>
+      <c r="J96">
+        <v>240</v>
+      </c>
+      <c r="K96" t="s" s="4">
+        <v>493</v>
+      </c>
+      <c r="L96"/>
+    </row>
+    <row r="97">
+      <c r="A97">
+        <v>8915</v>
+      </c>
+      <c r="B97" t="s">
+        <v>61</v>
+      </c>
+      <c r="C97" t="s">
+        <v>413</v>
+      </c>
+      <c r="D97" t="s">
+        <v>494</v>
+      </c>
+      <c r="E97" t="s">
+        <v>495</v>
+      </c>
+      <c r="F97" t="s">
+        <v>106</v>
+      </c>
+      <c r="G97" t="s">
+        <v>47</v>
+      </c>
+      <c r="H97"/>
+      <c r="I97" s="3">
+        <v>264.46</v>
+      </c>
+      <c r="J97">
+        <v>320</v>
+      </c>
+      <c r="K97" t="s" s="4">
+        <v>496</v>
+      </c>
+      <c r="L97"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="K2" r:id="rId74" location="" display="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/"/>
-[...86 lines deleted...]
-    <hyperlink ref="K89" r:id="rId161" location="" display="https://eridas.lt/preke/dell-latitude-3520-156-fhd-ips-i5-1135g7-8gb-256gb-ssd-0/"/>
+    <hyperlink ref="K2" r:id="rId61" location="" display="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/"/>
+    <hyperlink ref="K3" r:id="rId62" location="" display="https://eridas.lt/preke/thinkpad-x395-13-3-fhd-ips-ryzen-5-pro-3500u-16gb-256gb/"/>
+    <hyperlink ref="K4" r:id="rId63" location="" display="https://eridas.lt/preke/lifebook-u728-12-5-ips-i5-8250u-8gb-256gb-svoris-tik-1-105kg/"/>
+    <hyperlink ref="K5" r:id="rId64" location="" display="https://eridas.lt/preke/fujitsu-lifebook-u748-14-fhd-ips-i5-8250u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K6" r:id="rId65" location="" display="https://eridas.lt/preke/dell-latitude-5495/"/>
+    <hyperlink ref="K7" r:id="rId66" location="" display="https://eridas.lt/preke/dell-latitude-5495-14-0-fhd-ips-amd-ryzen-5-2500u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K8" r:id="rId67" location="" display="https://eridas.lt/preke/lenovo-thinkpad-l14-gen-1-ryzen-7-4750u-16gb-512gb-ssd-12-men-garantija/"/>
+    <hyperlink ref="K9" r:id="rId68" location="" display="https://eridas.lt/preke/thinkpad-l14-fhd-ryzen-5-4650u-8gb-128gb-ssd/"/>
+    <hyperlink ref="K10" r:id="rId69" location="" display="https://eridas.lt/preke/fujitsu-lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K11" r:id="rId70" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e495-14-0-fhd-ips-ryzen-5-3500u-8-256gb/"/>
+    <hyperlink ref="K12" r:id="rId71" location="" display="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd-2/"/>
+    <hyperlink ref="K13" r:id="rId72" location="" display="https://eridas.lt/preke/lifebook-e736-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K14" r:id="rId73" location="" display="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K15" r:id="rId74" location="" display="https://eridas.lt/preke/lifebook-u747-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd-copy/"/>
+    <hyperlink ref="K16" r:id="rId75" location="" display="https://eridas.lt/preke/toshiba-z30-c-16m-13-3-fhd-ips-i7-6500u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K17" r:id="rId76" location="" display="https://eridas.lt/preke/toshiba-z30-c-120-13-3-fhd-ips-i5-6200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K18" r:id="rId77" location="" display="https://eridas.lt/preke/lifebook-u727-14-0-fhd-ips-i5-7200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K19" r:id="rId78" location="" display="https://eridas.lt/preke/dell-inspiron-16-16-0-fhd-i5-1235u-8gb-512gb-ssd/"/>
+    <hyperlink ref="K20" r:id="rId79" location="" display="https://eridas.lt/preke/surface-laptop-go-12-4-ips-i5-1035g1-4gb-64gb/"/>
+    <hyperlink ref="K21" r:id="rId80" location="" display="https://eridas.lt/preke/latitude-5410-14-0-i7-10610u-8gb-512tb-ssd-21/"/>
+    <hyperlink ref="K22" r:id="rId81" location="" display="https://eridas.lt/preke/toshiba14-0-hd-tn-matinis-i5-7200u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K23" r:id="rId82" location="" display="https://eridas.lt/preke/3618/"/>
+    <hyperlink ref="K24" r:id="rId83" location="" display="https://eridas.lt/preke/17-3-hp-zbook-17-g3-fhd-ips-xeon-e3-1535m-v5-16gb-ram-512gb-ssd-quadro-m5000m-8gb-gddr5/"/>
+    <hyperlink ref="K25" r:id="rId84" location="" display="https://eridas.lt/preke/hp-elitebook-845-g9-fhd-ips-ryzen-5-6650-16-256gb/"/>
+    <hyperlink ref="K26" r:id="rId85" location="" display="https://eridas.lt/preke/hp-zbook-15-g1-workstation-15-6-fhd-matinis-i7-4700mq-8gb-256gb-ssd-nvidia-quadro-k1100m-2gb-gddr5/"/>
+    <hyperlink ref="K27" r:id="rId86" location="" display="https://eridas.lt/preke/thinkpad-t14-gen-1-14-0-hd-tn-ryzen-7-4750u-16gb-256gb-ssd/"/>
+    <hyperlink ref="K28" r:id="rId87" location="" display="https://eridas.lt/preke/cepter-n520-02-15-6-fhd-i5-8250u-16gb-512gb-ssd-1/"/>
+    <hyperlink ref="K29" r:id="rId88" location="" display="https://eridas.lt/preke/medion-s6445-15-6-fhd-ips-i5-8265u-8gb-1tb-ssd-10/"/>
+    <hyperlink ref="K30" r:id="rId89" location="" display="https://eridas.lt/preke/dell-vostro-14-3420-fhd-ips-i7-1255u-16gb-512gb-ssd-24-men-garantija/"/>
+    <hyperlink ref="K31" r:id="rId90" location="" display="https://eridas.lt/preke/dell-latitude-14-3440-14-0-fhd-ips-i5-1335u-8gb-256gb-ssd-24-men-garantija/"/>
+    <hyperlink ref="K32" r:id="rId91" location="" display="https://eridas.lt/preke/hp-zbook-14-g7-firefly-14-0-fhd-ips-i7-10610u-32gb-1tb-ssd-nvidia-quadro-p520-4gb-gddr5/"/>
+    <hyperlink ref="K33" r:id="rId92" location="" display="https://eridas.lt/preke/15-6-fhd-ips-ryzen-5-4500u-16gb-512gb-ssd-0/"/>
+    <hyperlink ref="K34" r:id="rId93" location="" display="https://eridas.lt/preke/isparduodame-lenovo-thinkpad-x13-gen-1-1-14-0-fhd-ips-ryzen-3-4450u-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="K35" r:id="rId94" location="" display="https://eridas.lt/preke/microsoft-surface-laptop-3-13-5-i7-1065g7-16gb-256gb-ssd/"/>
+    <hyperlink ref="K36" r:id="rId95" location="" display="https://eridas.lt/preke/hp-zbook-17-g3-fhd-xeon-e3-1535m-v5-16gb-256gb-m3000m-4gb/"/>
+    <hyperlink ref="K37" r:id="rId96" location="" display="https://eridas.lt/preke/hp-elitebook-845-g8-fhd-ips-ryzen-5650u-16gb-256gb-30/"/>
+    <hyperlink ref="K38" r:id="rId97" location="" display="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/"/>
+    <hyperlink ref="K39" r:id="rId98" location="" display="https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/"/>
+    <hyperlink ref="K40" r:id="rId99" location="" display="https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/"/>
+    <hyperlink ref="K41" r:id="rId100" location="" display="https://eridas.lt/preke/msi-ge60-15-6-19201080-tn-i7-4700mq-8gb-480gb-ssd-nvidia-gt-750m-2gb-gddr5-baterija-mirusi/"/>
+    <hyperlink ref="K42" r:id="rId101" location="" display="https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/"/>
+    <hyperlink ref="K43" r:id="rId102" location="" display="https://eridas.lt/preke/6351/"/>
+    <hyperlink ref="K44" r:id="rId103" location="" display="https://eridas.lt/preke/hp-elitebook-640-g9-i5-1235u-16gb-256gb-ssd-17/"/>
+    <hyperlink ref="K45" r:id="rId104" location="" display="https://eridas.lt/preke/hp-elitetebook-x360-830-g9-2-in-1-i5-1245u-16-256-2026-03-7/"/>
+    <hyperlink ref="K46" r:id="rId105" location="" display="https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija/"/>
+    <hyperlink ref="K47" r:id="rId106" location="" display="https://eridas.lt/preke/asus-vivobook-go-14-ryzen-3-7320u-8gb-256gb-12-men-garantija-0/"/>
+    <hyperlink ref="K48" r:id="rId107" location="" display="https://eridas.lt/preke/hp-zbook-fury-17-g8-17-3-fhd-ips-i7-11850h-64gb-2tb-ssd-rtx-a5000-16gb/"/>
+    <hyperlink ref="K49" r:id="rId108" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p15v-gen-3-15-6-fhd-ips-i7-12700h-16gb-1tb-ssd-t1200-4gb-8/"/>
+    <hyperlink ref="K50" r:id="rId109" location="" display="https://eridas.lt/preke/hp-probook-445-g8-14-0-fhd-ips-probook-ryzen-5-4500u-16gb-256gb-ssd/"/>
+    <hyperlink ref="K51" r:id="rId110" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-lenovo-ideapad-3-15alc6-15-6-fhd-ryzen-5-5500u-8gb-256gb-ssd-6/"/>
+    <hyperlink ref="K52" r:id="rId111" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/"/>
+    <hyperlink ref="K53" r:id="rId112" location="" display="https://eridas.lt/preke/asus-vivobook-go-14-fhd-tn-matinis-ryzen-5-7520u-8gb-512gb-ssd-10/"/>
+    <hyperlink ref="K54" r:id="rId113" location="" display="https://eridas.lt/preke/845-g11-ips-ryzen-5-8640hs-16-256gb-36-men-garantija-baterijai-12-men/"/>
+    <hyperlink ref="K55" r:id="rId114" location="" display="https://eridas.lt/preke/hp-elitebook-845-g10-fhd-ips-ryzen-5-7540u-16gb-256gb-ssd-usa-klaviatura-24-men-garantija-c-grade/"/>
+    <hyperlink ref="K56" r:id="rId115" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t14s-gen-2-14-0-fhd-ips-ryzen-5-4650u-16gb-256gb-0-trukumas-1vnt-usb-c-neveikia/"/>
+    <hyperlink ref="K57" r:id="rId116" location="" display="https://eridas.lt/preke/lenovo-thinkpad-l13-gen-2-13-3-fhd-ips-i7-1165g7-16gb-512gb-gera-baterija/"/>
+    <hyperlink ref="K58" r:id="rId117" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/"/>
+    <hyperlink ref="K59" r:id="rId118" location="" display="https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/"/>
+    <hyperlink ref="K60" r:id="rId119" location="" display="https://eridas.lt/preke/dell-precision-3520-15-6-fhd-ips-i7-7700hq-32gb-512gb-ssd-quadro-m620-2gb/"/>
+    <hyperlink ref="K61" r:id="rId120" location="" display="https://eridas.lt/preke/hp-zbook-power-g10-15-6-fhd-i7-13800h-32gb-512gb-rtx-2000-8gb-garantija-iki-2027-05-16/"/>
+    <hyperlink ref="K62" r:id="rId121" location="" display="https://eridas.lt/preke/lenovo-thinkpad-l13-yoga-3rd-gen-13-3-fhd-touchscreen-i5-1235u-16gb-12-men-garantija/"/>
+    <hyperlink ref="K63" r:id="rId122" location="" display="https://eridas.lt/preke/acer-aspire-5-a515-51-15-6-fhd-ips-i3-8130u-8gb-256gb-17-windows-11-home/"/>
+    <hyperlink ref="K64" r:id="rId123" location="" display="https://eridas.lt/preke/acer-aspire-3-a315-41-15-6-fhd-ryzen-3-2200u-8gb-256gb-ssd-11/"/>
+    <hyperlink ref="K65" r:id="rId124" location="" display="https://eridas.lt/preke/asus-d509da-15-6-fhd-ryzen-3-2200u-8gb-256gb-ssd-31/"/>
+    <hyperlink ref="K66" r:id="rId125" location="" display="https://eridas.lt/preke/dell-precision-3530-ips-i5-8400h-32gb-512gb-p600-2gb-28/"/>
+    <hyperlink ref="K67" r:id="rId126" location="" display="https://eridas.lt/preke/asus-bx325e-13-3-fhd-oled-i5-1135g7-8gb-512gb-ssd-31/"/>
+    <hyperlink ref="K68" r:id="rId127" location="" display="https://eridas.lt/preke/hp-elitebook-630-g10-i5-1355u-16gb-256gb-ssd-0-12menesiu-garantija/"/>
+    <hyperlink ref="K69" r:id="rId128" location="" display="https://eridas.lt/preke/hp-probook-430-g8-13-3-fhd-ips-i5-1135g7-8gb-256gb-ssd-22/"/>
+    <hyperlink ref="K70" r:id="rId129" location="" display="https://eridas.lt/preke/hp-elitebook-840-g8-14-0-fhd-ips-i5-1135g7-16gb-256gb-ssd-26/"/>
+    <hyperlink ref="K71" r:id="rId130" location="" display="https://eridas.lt/preke/hp-elitebook-850-g8-15-6-fhd-ips-400-nit-i5-1135g7-16gb-512gb-ssd-26/"/>
+    <hyperlink ref="K72" r:id="rId131" location="" display="https://eridas.lt/preke/hp-probook-440-g9-14-fhd-ips-i3-1215u-8gb-256gb-ssd-5/"/>
+    <hyperlink ref="K73" r:id="rId132" location="" display="https://eridas.lt/preke/hp-probook-440-g10-14-fhd-ips-i3-1315u-16gb-256gb-ssd-5/"/>
+    <hyperlink ref="K74" r:id="rId133" location="" display="https://eridas.lt/preke/acer-aspire-3-a315-58-15-6-fhd-i3-1115g4-12gb-256gb-ssd-6/"/>
+    <hyperlink ref="K75" r:id="rId134" location="" display="https://eridas.lt/preke/15-6-i7-8565u-16gb-256gb-mx-150-2gb-12/"/>
+    <hyperlink ref="K76" r:id="rId135" location="" display="https://eridas.lt/preke/asus-vivobook-15-x1504-15-6-i5-1235u-16gb-256gb-mx-150-2gb-12/"/>
+    <hyperlink ref="K77" r:id="rId136" location="" display="https://eridas.lt/preke/asus-x515j-15-6-fhd-ips-i7-1065g7-16gb-1tb-ssd-ssd-38/"/>
+    <hyperlink ref="K78" r:id="rId137" location="" display="https://eridas.lt/preke/hp-elitebook-840-g9-14-0-fhd-ips-i7-1255u-16gb-256gb-23/"/>
+    <hyperlink ref="K79" r:id="rId138" location="" display="https://eridas.lt/preke/lenovo-thinkpad-x13-g1-13-3-fhd-ips-i5-10210u-8gb-256gb-15/"/>
+    <hyperlink ref="K80" r:id="rId139" location="" display="https://eridas.lt/preke/toshiba-dynabook-portege-x40-e-14-fhd-ips-touch-i5-8250u-8gb-256gb-ssd-10/"/>
+    <hyperlink ref="K81" r:id="rId140" location="" display="https://eridas.lt/preke/hp-245-g9-14-fhd-ips-ryzen-3-5425u-8gb-3200mhz-antras-lizdas-laisvas-1tb-ssd-0-baterijos-susidevejimas/"/>
+    <hyperlink ref="K82" r:id="rId141" location="" display="https://eridas.lt/preke/hp-245-g9-14-fhd-ips-ryzen-3-5425u-8gb-3200mhz-antras-lizdas-laisvas-512gb-ssd-0-baterijos-susidevejimas/"/>
+    <hyperlink ref="K83" r:id="rId142" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t14s-fhd-ips-400-nit-ekranas-ryzen-7-4750u-16gb-256gb-11-ekrane-yra-baltas-taskelis/"/>
+    <hyperlink ref="K84" r:id="rId143" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t14-3rd-gen-fhd-touch-i5-1250p-16gb-512gb-ssd-0/"/>
+    <hyperlink ref="K85" r:id="rId144" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p14s-14-0-fhd-400-nit-i7-1360p-32gb-1tb-a500-4gb/"/>
+    <hyperlink ref="K86" r:id="rId145" location="" display="https://eridas.lt/preke/15-6-fhd-ips-elitebook-ryzen-7-5850u-16gb-256gb-ssd-27/"/>
+    <hyperlink ref="K87" r:id="rId146" location="" display="https://eridas.lt/preke/lenovo-thinkpad-l15-gen-3-15-6-fhd-ips-r5-5675u-8gb-256gb-6/"/>
+    <hyperlink ref="K88" r:id="rId147" location="" display="https://eridas.lt/preke/hp-elitebook-855-g7-15-6-fhd-ips-ryzen-5-4650u-16gb-256gb/"/>
+    <hyperlink ref="K89" r:id="rId148" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p14s-14-0-fhd-ips-i7-1260p-16gb-1tb-ssd-19/"/>
+    <hyperlink ref="K90" r:id="rId149" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p14s-14-0-fhd-ips-ryzen-7-5850u-16gb-256gb-0/"/>
+    <hyperlink ref="K91" r:id="rId150" location="" display="https://eridas.lt/preke/dell-precision-7560-15-6-i7-11850h-32gb-512gb-a3000-6gb-31/"/>
+    <hyperlink ref="K92" r:id="rId151" location="" display="https://eridas.lt/preke/dell-precision-7670-16-0-fhd-i9-12950hx-32gb-1tb-a2000-8gb-17/"/>
+    <hyperlink ref="K93" r:id="rId152" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p14s-fhd-ips-ts-ryzen-7-5850u-16gb-512gb-9/"/>
+    <hyperlink ref="K94" r:id="rId153" location="" display="https://eridas.lt/preke/dell-precision-5570-15-6-fhd-500-nit-i7-12700h-64gb-ddr5-1tb-rtx-a2000-8gb-21/"/>
+    <hyperlink ref="K95" r:id="rId154" location="" display="https://eridas.lt/preke/dell-precision-3571-15-6-fhd-i7-12700h-32gb-ddr5-1tb-rtx-a1000-4gb/"/>
+    <hyperlink ref="K96" r:id="rId155" location="" display="https://eridas.lt/preke/xps-15-9575-15-6-x360-4k-ts-i7-8705g-16gb-256gb-69/"/>
+    <hyperlink ref="K97" r:id="rId156" location="" display="https://eridas.lt/preke/hp-probook-440-g914-fhd-ips-i5-1235u-32gb-256gb-mx570a-2gb-22/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J45"/>
+  <dimension ref="A1:J37"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="29" customWidth="1"/>
     <col min="5" max="5" width="50" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>35</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>36</v>
       </c>
       <c r="D1" t="s" s="2">
-        <v>213</v>
+        <v>182</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>38</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>39</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>40</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>2813</v>
+        <v>2855</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C2" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>498</v>
       </c>
       <c r="E2" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="F2" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G2" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="H2" s="3">
-        <v>81.82</v>
+        <v>74.38</v>
       </c>
       <c r="I2">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="J2" t="s" s="4">
-        <v>506</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>2855</v>
+        <v>2947</v>
       </c>
       <c r="B3" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="C3" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="D3" t="s">
-        <v>508</v>
+        <v>251</v>
       </c>
       <c r="E3" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
       <c r="F3" t="s">
-        <v>46</v>
+        <v>166</v>
       </c>
       <c r="G3" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H3" s="3">
-        <v>74.38</v>
+        <v>66.12</v>
       </c>
       <c r="I3">
-        <v>90</v>
+        <v>80.01</v>
       </c>
       <c r="J3" t="s" s="4">
-        <v>510</v>
+        <v>503</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>2947</v>
+        <v>2948</v>
       </c>
       <c r="B4" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C4" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="D4" t="s">
-        <v>285</v>
+        <v>254</v>
       </c>
       <c r="E4" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="F4" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="G4" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H4" s="3">
-        <v>66.12</v>
+        <v>78.51</v>
       </c>
       <c r="I4">
-        <v>80.01</v>
+        <v>95</v>
       </c>
       <c r="J4" t="s" s="4">
-        <v>513</v>
+        <v>506</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>2948</v>
+        <v>2949</v>
       </c>
       <c r="B5" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C5" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="D5" t="s">
-        <v>288</v>
+        <v>251</v>
       </c>
       <c r="E5" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="F5" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="H5" s="3">
-        <v>78.51</v>
+        <v>57.85</v>
       </c>
       <c r="I5">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="J5" t="s" s="4">
-        <v>516</v>
+        <v>509</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="B6" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C6" t="s">
-        <v>517</v>
+        <v>215</v>
       </c>
       <c r="D6" t="s">
-        <v>285</v>
+        <v>254</v>
       </c>
       <c r="E6" t="s">
-        <v>518</v>
+        <v>217</v>
       </c>
       <c r="F6" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H6" s="3">
-        <v>57.85</v>
+        <v>99.17</v>
       </c>
       <c r="I6">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="J6" t="s" s="4">
-        <v>519</v>
+        <v>510</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="B7" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C7" t="s">
-        <v>249</v>
+        <v>507</v>
       </c>
       <c r="D7" t="s">
-        <v>288</v>
+        <v>251</v>
       </c>
       <c r="E7" t="s">
-        <v>251</v>
+        <v>508</v>
       </c>
       <c r="F7" t="s">
-        <v>46</v>
+        <v>166</v>
       </c>
       <c r="G7" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="H7" s="3">
-        <v>99.17</v>
+        <v>53.72</v>
       </c>
       <c r="I7">
-        <v>120</v>
+        <v>65</v>
       </c>
       <c r="J7" t="s" s="4">
-        <v>520</v>
+        <v>511</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>2951</v>
+        <v>2952</v>
       </c>
       <c r="B8" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C8" t="s">
-        <v>517</v>
+        <v>504</v>
       </c>
       <c r="D8" t="s">
-        <v>285</v>
+        <v>254</v>
       </c>
       <c r="E8" t="s">
-        <v>518</v>
+        <v>505</v>
       </c>
       <c r="F8" t="s">
-        <v>278</v>
+        <v>166</v>
       </c>
       <c r="G8" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H8" s="3">
-        <v>53.72</v>
+        <v>78.51</v>
       </c>
       <c r="I8">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="J8" t="s" s="4">
-        <v>521</v>
+        <v>512</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>2952</v>
+        <v>2954</v>
       </c>
       <c r="B9" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C9" t="s">
+        <v>507</v>
+      </c>
+      <c r="D9" t="s">
+        <v>513</v>
+      </c>
+      <c r="E9" t="s">
         <v>514</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>97</v>
+      </c>
+      <c r="G9" t="s">
+        <v>64</v>
+      </c>
+      <c r="H9" s="3">
+        <v>53.72</v>
+      </c>
+      <c r="I9">
+        <v>65</v>
+      </c>
+      <c r="J9" t="s" s="4">
         <v>515</v>
-      </c>
-[...13 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>2954</v>
+        <v>2955</v>
       </c>
       <c r="B10" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C10" t="s">
+        <v>516</v>
+      </c>
+      <c r="D10" t="s">
+        <v>251</v>
+      </c>
+      <c r="E10" t="s">
         <v>517</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>46</v>
+        <v>166</v>
       </c>
       <c r="G10" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H10" s="3">
         <v>53.72</v>
       </c>
       <c r="I10">
         <v>65</v>
       </c>
       <c r="J10" t="s" s="4">
-        <v>525</v>
+        <v>518</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>2955</v>
+        <v>2960</v>
       </c>
       <c r="B11" t="s">
-        <v>131</v>
+        <v>42</v>
       </c>
       <c r="C11" t="s">
-        <v>526</v>
+        <v>222</v>
       </c>
       <c r="D11" t="s">
-        <v>285</v>
+        <v>219</v>
       </c>
       <c r="E11" t="s">
-        <v>527</v>
+        <v>223</v>
       </c>
       <c r="F11" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="G11" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="H11" s="3">
-        <v>53.72</v>
+        <v>82.64</v>
       </c>
       <c r="I11">
-        <v>65</v>
+        <v>99.99</v>
       </c>
       <c r="J11" t="s" s="4">
-        <v>528</v>
+        <v>519</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>2960</v>
+        <v>2962</v>
       </c>
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" t="s">
-        <v>255</v>
+        <v>520</v>
       </c>
       <c r="D12" t="s">
-        <v>253</v>
+        <v>521</v>
       </c>
       <c r="E12" t="s">
-        <v>256</v>
+        <v>522</v>
       </c>
       <c r="F12" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G12" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H12" s="3">
-        <v>82.64</v>
+        <v>74.38</v>
       </c>
       <c r="I12">
-        <v>99.99</v>
+        <v>90</v>
       </c>
       <c r="J12" t="s" s="4">
-        <v>529</v>
+        <v>523</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>2962</v>
+        <v>2967</v>
       </c>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>229</v>
       </c>
       <c r="C13" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="D13" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="E13" t="s">
-        <v>532</v>
+        <v>223</v>
       </c>
       <c r="F13" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G13" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H13" s="3">
-        <v>74.38</v>
+        <v>78.51</v>
       </c>
       <c r="I13">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="J13" t="s" s="4">
-        <v>533</v>
+        <v>525</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>2967</v>
+        <v>3181</v>
       </c>
       <c r="B14" t="s">
-        <v>262</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="D14" t="s">
-        <v>531</v>
+        <v>251</v>
       </c>
       <c r="E14" t="s">
-        <v>256</v>
+        <v>522</v>
       </c>
       <c r="F14" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G14" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H14" s="3">
-        <v>78.51</v>
+        <v>74.38</v>
       </c>
       <c r="I14">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="J14" t="s" s="4">
-        <v>535</v>
+        <v>527</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3011</v>
+        <v>3728</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="C15" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="D15" t="s">
-        <v>508</v>
+        <v>251</v>
       </c>
       <c r="E15" t="s">
-        <v>537</v>
+        <v>220</v>
       </c>
       <c r="F15" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G15" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>74.38</v>
+        <v>68</v>
+      </c>
+      <c r="H15">
+        <v>50</v>
       </c>
       <c r="I15">
-        <v>90</v>
+        <v>60.5</v>
       </c>
       <c r="J15" t="s" s="4">
-        <v>538</v>
+        <v>529</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3181</v>
+        <v>3905</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="C16" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="D16" t="s">
-        <v>285</v>
+        <v>251</v>
       </c>
       <c r="E16" t="s">
+        <v>531</v>
+      </c>
+      <c r="F16" t="s">
+        <v>97</v>
+      </c>
+      <c r="G16" t="s">
         <v>532</v>
       </c>
-      <c r="F16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H16" s="3">
-        <v>74.38</v>
+        <v>45.45</v>
       </c>
       <c r="I16">
-        <v>90</v>
+        <v>54.99</v>
       </c>
       <c r="J16" t="s" s="4">
-        <v>540</v>
+        <v>533</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3722</v>
+        <v>3908</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="D17" t="s">
-        <v>523</v>
+        <v>251</v>
       </c>
       <c r="E17" t="s">
-        <v>256</v>
+        <v>535</v>
       </c>
       <c r="F17" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G17" t="s">
-        <v>47</v>
+        <v>532</v>
       </c>
       <c r="H17" s="3">
-        <v>57.85</v>
+        <v>41.32</v>
       </c>
       <c r="I17">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="J17" t="s" s="4">
-        <v>542</v>
+        <v>536</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3728</v>
+        <v>4092</v>
       </c>
       <c r="B18" t="s">
         <v>49</v>
       </c>
       <c r="C18" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="D18" t="s">
-        <v>285</v>
+        <v>251</v>
       </c>
       <c r="E18" t="s">
-        <v>245</v>
+        <v>531</v>
       </c>
       <c r="F18" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>532</v>
+      </c>
+      <c r="H18" s="3">
+        <v>49.59</v>
       </c>
       <c r="I18">
-        <v>60.5</v>
+        <v>60</v>
       </c>
       <c r="J18" t="s" s="4">
-        <v>544</v>
+        <v>538</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>3905</v>
+        <v>4094</v>
       </c>
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="D19" t="s">
-        <v>285</v>
+        <v>251</v>
       </c>
       <c r="E19" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G19" t="s">
-        <v>547</v>
+        <v>532</v>
       </c>
       <c r="H19" s="3">
         <v>45.45</v>
       </c>
       <c r="I19">
         <v>54.99</v>
       </c>
       <c r="J19" t="s" s="4">
-        <v>548</v>
+        <v>541</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>3908</v>
+        <v>4096</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="D20" t="s">
-        <v>285</v>
+        <v>251</v>
       </c>
       <c r="E20" t="s">
-        <v>550</v>
+        <v>531</v>
       </c>
       <c r="F20" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G20" t="s">
-        <v>547</v>
+        <v>532</v>
       </c>
       <c r="H20" s="3">
-        <v>41.32</v>
+        <v>49.59</v>
       </c>
       <c r="I20">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="J20" t="s" s="4">
-        <v>551</v>
+        <v>543</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>4092</v>
+        <v>4098</v>
       </c>
       <c r="B21" t="s">
         <v>49</v>
       </c>
       <c r="C21" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D21" t="s">
-        <v>285</v>
+        <v>251</v>
       </c>
       <c r="E21" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="F21" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G21" t="s">
-        <v>547</v>
+        <v>532</v>
       </c>
       <c r="H21" s="3">
-        <v>49.59</v>
+        <v>45.45</v>
       </c>
       <c r="I21">
-        <v>60</v>
+        <v>54.99</v>
       </c>
       <c r="J21" t="s" s="4">
-        <v>553</v>
+        <v>545</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>4094</v>
-[...18 lines deleted...]
-      </c>
+        <v>4142</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22"/>
+      <c r="D22"/>
+      <c r="E22"/>
+      <c r="F22"/>
+      <c r="G22"/>
       <c r="H22" s="3">
-        <v>45.45</v>
+        <v>37.19</v>
       </c>
       <c r="I22">
-        <v>54.99</v>
+        <v>45</v>
       </c>
       <c r="J22" t="s" s="4">
-        <v>556</v>
+        <v>546</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>4096</v>
-[...16 lines deleted...]
-      <c r="G23" t="s">
+        <v>4145</v>
+      </c>
+      <c r="B23"/>
+      <c r="C23"/>
+      <c r="D23"/>
+      <c r="E23"/>
+      <c r="F23"/>
+      <c r="G23"/>
+      <c r="H23" s="3">
+        <v>37.19</v>
+      </c>
+      <c r="I23">
+        <v>45</v>
+      </c>
+      <c r="J23" t="s" s="4">
         <v>547</v>
-      </c>
-[...7 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>4098</v>
-[...18 lines deleted...]
-      </c>
+        <v>4154</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24"/>
+      <c r="D24"/>
+      <c r="E24"/>
+      <c r="F24"/>
+      <c r="G24"/>
       <c r="H24" s="3">
-        <v>45.45</v>
+        <v>37.19</v>
       </c>
       <c r="I24">
-        <v>54.99</v>
+        <v>45</v>
       </c>
       <c r="J24" t="s" s="4">
-        <v>560</v>
+        <v>548</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>4100</v>
-[...18 lines deleted...]
-      </c>
+        <v>4159</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25"/>
+      <c r="D25"/>
+      <c r="E25"/>
+      <c r="F25"/>
+      <c r="G25"/>
       <c r="H25" s="3">
-        <v>40.50</v>
+        <v>37.19</v>
       </c>
       <c r="I25">
-        <v>49.01</v>
+        <v>45</v>
       </c>
       <c r="J25" t="s" s="4">
-        <v>564</v>
+        <v>549</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>4142</v>
-[...6 lines deleted...]
-      <c r="G26"/>
+        <v>4599</v>
+      </c>
+      <c r="B26" t="s">
+        <v>306</v>
+      </c>
+      <c r="C26" t="s">
+        <v>550</v>
+      </c>
+      <c r="D26" t="s">
+        <v>551</v>
+      </c>
+      <c r="E26" t="s">
+        <v>552</v>
+      </c>
+      <c r="F26" t="s">
+        <v>97</v>
+      </c>
+      <c r="G26" t="s">
+        <v>64</v>
+      </c>
       <c r="H26" s="3">
-        <v>37.19</v>
+        <v>66.12</v>
       </c>
       <c r="I26">
-        <v>45</v>
+        <v>80.01</v>
       </c>
       <c r="J26" t="s" s="4">
-        <v>565</v>
+        <v>553</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>4145</v>
-[...6 lines deleted...]
-      <c r="G27"/>
+        <v>4628</v>
+      </c>
+      <c r="B27" t="s">
+        <v>229</v>
+      </c>
+      <c r="C27" t="s">
+        <v>554</v>
+      </c>
+      <c r="D27" t="s">
+        <v>551</v>
+      </c>
+      <c r="E27" t="s">
+        <v>555</v>
+      </c>
+      <c r="F27" t="s">
+        <v>97</v>
+      </c>
+      <c r="G27" t="s">
+        <v>64</v>
+      </c>
       <c r="H27" s="3">
         <v>37.19</v>
       </c>
       <c r="I27">
         <v>45</v>
       </c>
       <c r="J27" t="s" s="4">
-        <v>566</v>
+        <v>556</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>4154</v>
-[...6 lines deleted...]
-      <c r="G28"/>
+        <v>5646</v>
+      </c>
+      <c r="B28" t="s">
+        <v>61</v>
+      </c>
+      <c r="C28" t="s">
+        <v>557</v>
+      </c>
+      <c r="D28" t="s">
+        <v>254</v>
+      </c>
+      <c r="E28" t="s">
+        <v>558</v>
+      </c>
+      <c r="F28" t="s">
+        <v>422</v>
+      </c>
+      <c r="G28" t="s">
+        <v>47</v>
+      </c>
       <c r="H28" s="3">
-        <v>37.19</v>
+        <v>82.64</v>
       </c>
       <c r="I28">
-        <v>45</v>
+        <v>99.99</v>
       </c>
       <c r="J28" t="s" s="4">
-        <v>567</v>
+        <v>559</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>4159</v>
-[...6 lines deleted...]
-      <c r="G29"/>
+        <v>5865</v>
+      </c>
+      <c r="B29" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" t="s">
+        <v>560</v>
+      </c>
+      <c r="D29" t="s">
+        <v>561</v>
+      </c>
+      <c r="E29" t="s">
+        <v>562</v>
+      </c>
+      <c r="F29" t="s">
+        <v>563</v>
+      </c>
+      <c r="G29" t="s">
+        <v>68</v>
+      </c>
       <c r="H29" s="3">
-        <v>37.19</v>
+        <v>82.64</v>
       </c>
       <c r="I29">
-        <v>45</v>
+        <v>99.99</v>
       </c>
       <c r="J29" t="s" s="4">
-        <v>568</v>
+        <v>564</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>4599</v>
+        <v>5876</v>
       </c>
       <c r="B30" t="s">
-        <v>345</v>
+        <v>306</v>
       </c>
       <c r="C30" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="D30" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="E30" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="F30" t="s">
-        <v>46</v>
+        <v>166</v>
       </c>
       <c r="G30" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="H30" s="3">
-        <v>66.12</v>
+        <v>82.64</v>
       </c>
       <c r="I30">
-        <v>80.01</v>
+        <v>99.99</v>
       </c>
       <c r="J30" t="s" s="4">
-        <v>572</v>
+        <v>568</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>4628</v>
+        <v>6150</v>
       </c>
       <c r="B31" t="s">
-        <v>262</v>
+        <v>61</v>
       </c>
       <c r="C31" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="D31" t="s">
+        <v>265</v>
+      </c>
+      <c r="E31" t="s">
         <v>570</v>
       </c>
-      <c r="E31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G31" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H31" s="3">
-        <v>37.19</v>
+        <v>74.38</v>
       </c>
       <c r="I31">
-        <v>45</v>
+        <v>90</v>
       </c>
       <c r="J31" t="s" s="4">
-        <v>575</v>
+        <v>571</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>4651</v>
+        <v>6158</v>
       </c>
       <c r="B32" t="s">
         <v>49</v>
       </c>
       <c r="C32" t="s">
-        <v>330</v>
+        <v>572</v>
       </c>
       <c r="D32" t="s">
-        <v>523</v>
+        <v>265</v>
       </c>
       <c r="E32" t="s">
-        <v>515</v>
+        <v>573</v>
       </c>
       <c r="F32" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G32" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H32" s="3">
         <v>66.12</v>
       </c>
       <c r="I32">
         <v>80.01</v>
       </c>
       <c r="J32" t="s" s="4">
-        <v>576</v>
+        <v>574</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>4791</v>
-[...20 lines deleted...]
-        <v>82.64</v>
+        <v>6682</v>
+      </c>
+      <c r="B33"/>
+      <c r="C33"/>
+      <c r="D33"/>
+      <c r="E33"/>
+      <c r="F33"/>
+      <c r="G33"/>
+      <c r="H33">
+        <v>40</v>
       </c>
       <c r="I33">
-        <v>99.99</v>
+        <v>48.4</v>
       </c>
       <c r="J33" t="s" s="4">
-        <v>578</v>
+        <v>575</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>5646</v>
-[...20 lines deleted...]
-        <v>82.64</v>
+        <v>6687</v>
+      </c>
+      <c r="B34"/>
+      <c r="C34"/>
+      <c r="D34"/>
+      <c r="E34"/>
+      <c r="F34"/>
+      <c r="G34"/>
+      <c r="H34">
+        <v>60</v>
       </c>
       <c r="I34">
-        <v>99.99</v>
+        <v>72.6</v>
       </c>
       <c r="J34" t="s" s="4">
-        <v>581</v>
+        <v>576</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>5865</v>
-[...20 lines deleted...]
-        <v>82.64</v>
+        <v>6692</v>
+      </c>
+      <c r="B35"/>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35"/>
+      <c r="F35"/>
+      <c r="G35"/>
+      <c r="H35">
+        <v>35</v>
       </c>
       <c r="I35">
-        <v>99.99</v>
+        <v>42.35</v>
       </c>
       <c r="J35" t="s" s="4">
-        <v>586</v>
+        <v>577</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>5876</v>
-[...18 lines deleted...]
-      </c>
+        <v>6867</v>
+      </c>
+      <c r="B36"/>
+      <c r="C36"/>
+      <c r="D36"/>
+      <c r="E36"/>
+      <c r="F36"/>
+      <c r="G36"/>
       <c r="H36" s="3">
-        <v>82.64</v>
+        <v>53.72</v>
       </c>
       <c r="I36">
-        <v>99.99</v>
+        <v>65</v>
       </c>
       <c r="J36" t="s" s="4">
-        <v>590</v>
+        <v>578</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>6150</v>
+        <v>7313</v>
       </c>
       <c r="B37" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="C37" t="s">
-        <v>591</v>
+        <v>579</v>
       </c>
       <c r="D37" t="s">
-        <v>299</v>
+        <v>216</v>
       </c>
       <c r="E37" t="s">
-        <v>592</v>
+        <v>580</v>
       </c>
       <c r="F37" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G37" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H37" s="3">
-        <v>74.38</v>
+        <v>66.12</v>
       </c>
       <c r="I37">
-        <v>90</v>
+        <v>80.01</v>
       </c>
       <c r="J37" t="s" s="4">
-        <v>593</v>
-[...207 lines deleted...]
-        <v>610</v>
+        <v>581</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId162" location="" display="https://eridas.lt/preke/thinkpad-t440s-fhd-ips-i7-4600u-8gb-256gb/"/>
-[...42 lines deleted...]
-    <hyperlink ref="J45" r:id="rId205" location="" display="https://eridas.lt/preke/lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-3-2300u-16gb-128gb-ssd-1vnt-baterija/"/>
+    <hyperlink ref="J2" r:id="rId157" location="" display="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/"/>
+    <hyperlink ref="J3" r:id="rId158" location="" display="https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/"/>
+    <hyperlink ref="J4" r:id="rId159" location="" display="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/"/>
+    <hyperlink ref="J5" r:id="rId160" location="" display="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J6" r:id="rId161" location="" display="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/"/>
+    <hyperlink ref="J7" r:id="rId162" location="" display="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/"/>
+    <hyperlink ref="J8" r:id="rId163" location="" display="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/"/>
+    <hyperlink ref="J9" r:id="rId164" location="" display="https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J10" r:id="rId165" location="" display="https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/"/>
+    <hyperlink ref="J11" r:id="rId166" location="" display="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J12" r:id="rId167" location="" display="https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/"/>
+    <hyperlink ref="J13" r:id="rId168" location="" display="https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J14" r:id="rId169" location="" display="https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/"/>
+    <hyperlink ref="J15" r:id="rId170" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/"/>
+    <hyperlink ref="J16" r:id="rId171" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J17" r:id="rId172" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J18" r:id="rId173" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J19" r:id="rId174" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J20" r:id="rId175" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J21" r:id="rId176" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J22" r:id="rId177" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/"/>
+    <hyperlink ref="J23" r:id="rId178" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/"/>
+    <hyperlink ref="J24" r:id="rId179" location="" display="https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/"/>
+    <hyperlink ref="J25" r:id="rId180" location="" display="https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/"/>
+    <hyperlink ref="J26" r:id="rId181" location="" display="https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/"/>
+    <hyperlink ref="J27" r:id="rId182" location="" display="https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/"/>
+    <hyperlink ref="J28" r:id="rId183" location="" display="https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/"/>
+    <hyperlink ref="J29" r:id="rId184" location="" display="https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/"/>
+    <hyperlink ref="J30" r:id="rId185" location="" display="https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/"/>
+    <hyperlink ref="J31" r:id="rId186" location="" display="https://eridas.lt/preke/hp-elitebook-850-g115-6-fhd-blizgus-i3-6006u-8gb-256gb-ssd-16/"/>
+    <hyperlink ref="J32" r:id="rId187" location="" display="https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/"/>
+    <hyperlink ref="J33" r:id="rId188" location="" display="https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/"/>
+    <hyperlink ref="J34" r:id="rId189" location="" display="https://eridas.lt/preke/toshiba-15-6hd-i7-4600u-16gb-256gb-ssd-mirusi-baterija/"/>
+    <hyperlink ref="J35" r:id="rId190" location="" display="https://eridas.lt/preke/15-6-hd-ips-i3-5005u-8gb-500gb-hdd/"/>
+    <hyperlink ref="J36" r:id="rId191" location="" display="https://eridas.lt/preke/tecra-z40-b-14-0-1600900-i5-5200u-8gb-500gb-ssd-19/"/>
+    <hyperlink ref="J37" r:id="rId192" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J61"/>
+  <dimension ref="A1:J55"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
-    <col min="3" max="3" width="31" customWidth="1"/>
+    <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="31" customWidth="1"/>
     <col min="5" max="5" width="50" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>35</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>36</v>
       </c>
       <c r="D1" t="s" s="2">
-        <v>213</v>
+        <v>182</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>38</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>39</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>40</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2894</v>
       </c>
       <c r="B2" t="s">
         <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>611</v>
+        <v>582</v>
       </c>
       <c r="D2" t="s">
-        <v>612</v>
+        <v>583</v>
       </c>
       <c r="E2" t="s">
-        <v>221</v>
+        <v>190</v>
       </c>
       <c r="F2" t="s">
-        <v>613</v>
+        <v>584</v>
       </c>
       <c r="G2" t="s">
-        <v>614</v>
+        <v>585</v>
       </c>
       <c r="H2">
         <v>1000</v>
       </c>
       <c r="I2">
         <v>1210</v>
       </c>
       <c r="J2" t="s" s="4">
-        <v>615</v>
+        <v>586</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2899</v>
       </c>
       <c r="B3" t="s">
-        <v>377</v>
+        <v>335</v>
       </c>
       <c r="C3" t="s">
-        <v>616</v>
+        <v>587</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="E3" t="s">
-        <v>617</v>
+        <v>588</v>
       </c>
       <c r="F3" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G3" t="s">
         <v>47</v>
       </c>
       <c r="H3" s="3">
         <v>205.79</v>
       </c>
       <c r="I3">
         <v>249.01</v>
       </c>
       <c r="J3" t="s" s="4">
-        <v>618</v>
+        <v>589</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3311</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" s="3">
         <v>29.75</v>
       </c>
       <c r="I4">
         <v>36</v>
       </c>
       <c r="J4" t="s" s="4">
-        <v>619</v>
+        <v>590</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>3421</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>620</v>
+        <v>591</v>
       </c>
       <c r="D5" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="E5" t="s">
-        <v>621</v>
+        <v>592</v>
       </c>
       <c r="F5" t="s">
-        <v>278</v>
+        <v>166</v>
       </c>
       <c r="G5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H5" s="3">
         <v>28.93</v>
       </c>
       <c r="I5">
         <v>35.01</v>
       </c>
       <c r="J5" t="s" s="4">
-        <v>622</v>
+        <v>593</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>3424</v>
       </c>
       <c r="B6" t="s">
-        <v>623</v>
+        <v>594</v>
       </c>
       <c r="C6" t="s">
-        <v>624</v>
+        <v>595</v>
       </c>
       <c r="D6" t="s">
-        <v>625</v>
+        <v>596</v>
       </c>
       <c r="E6" t="s">
-        <v>626</v>
+        <v>597</v>
       </c>
       <c r="F6" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G6" t="s">
-        <v>627</v>
+        <v>598</v>
       </c>
       <c r="H6" s="3">
         <v>41.32</v>
       </c>
       <c r="I6">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="4">
-        <v>628</v>
+        <v>599</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>3507</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>629</v>
+        <v>600</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>630</v>
+        <v>601</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7">
         <v>60</v>
       </c>
       <c r="I7">
         <v>72.6</v>
       </c>
       <c r="J7" t="s" s="4">
-        <v>631</v>
+        <v>602</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>3512</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>632</v>
+        <v>603</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8">
         <v>35</v>
       </c>
       <c r="I8">
         <v>42.35</v>
       </c>
       <c r="J8" t="s" s="4">
-        <v>633</v>
+        <v>604</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>3603</v>
       </c>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9">
         <v>45</v>
       </c>
       <c r="I9">
         <v>54.45</v>
       </c>
       <c r="J9" t="s" s="4">
-        <v>634</v>
+        <v>605</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3609</v>
+        <v>3626</v>
       </c>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10">
         <v>50</v>
       </c>
       <c r="I10">
         <v>60.5</v>
       </c>
       <c r="J10" t="s" s="4">
-        <v>635</v>
+        <v>606</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>3626</v>
-[...8 lines deleted...]
-        <v>50</v>
+        <v>3657</v>
+      </c>
+      <c r="B11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" t="s">
+        <v>607</v>
+      </c>
+      <c r="D11" t="s">
+        <v>226</v>
+      </c>
+      <c r="E11" t="s">
+        <v>203</v>
+      </c>
+      <c r="F11" t="s">
+        <v>97</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" s="3">
+        <v>57.85</v>
       </c>
       <c r="I11">
-        <v>60.5</v>
+        <v>70</v>
       </c>
       <c r="J11" t="s" s="4">
-        <v>636</v>
+        <v>608</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3657</v>
+        <v>3663</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
       <c r="C12" t="s">
-        <v>637</v>
+        <v>192</v>
       </c>
       <c r="D12" t="s">
-        <v>259</v>
+        <v>219</v>
       </c>
       <c r="E12" t="s">
-        <v>234</v>
+        <v>194</v>
       </c>
       <c r="F12" t="s">
         <v>46</v>
       </c>
       <c r="G12" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="H12" s="3">
-        <v>57.85</v>
+        <v>123.97</v>
       </c>
       <c r="I12">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="J12" t="s" s="4">
-        <v>638</v>
+        <v>609</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3663</v>
+        <v>3673</v>
       </c>
       <c r="B13" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C13" t="s">
-        <v>223</v>
+        <v>610</v>
       </c>
       <c r="D13" t="s">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="E13" t="s">
-        <v>225</v>
+        <v>611</v>
       </c>
       <c r="F13" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G13" t="s">
         <v>47</v>
       </c>
       <c r="H13" s="3">
-        <v>123.97</v>
+        <v>132.23</v>
       </c>
       <c r="I13">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="J13" t="s" s="4">
-        <v>639</v>
+        <v>612</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3673</v>
+        <v>3715</v>
       </c>
       <c r="B14" t="s">
-        <v>131</v>
+        <v>241</v>
       </c>
       <c r="C14" t="s">
-        <v>640</v>
+        <v>613</v>
       </c>
       <c r="D14" t="s">
-        <v>309</v>
+        <v>596</v>
       </c>
       <c r="E14" t="s">
-        <v>641</v>
+        <v>597</v>
       </c>
       <c r="F14" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14" s="3">
-        <v>132.23</v>
+        <v>58.33</v>
       </c>
       <c r="I14">
-        <v>160</v>
+        <v>70.58</v>
       </c>
       <c r="J14" t="s" s="4">
-        <v>642</v>
+        <v>614</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3715</v>
+        <v>3854</v>
       </c>
       <c r="B15" t="s">
-        <v>274</v>
+        <v>49</v>
       </c>
       <c r="C15" t="s">
-        <v>643</v>
+        <v>582</v>
       </c>
       <c r="D15" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="E15" t="s">
-        <v>626</v>
+        <v>190</v>
       </c>
       <c r="F15" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G15" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>58.33</v>
+        <v>68</v>
+      </c>
+      <c r="H15">
+        <v>50</v>
       </c>
       <c r="I15">
-        <v>70.58</v>
+        <v>60.5</v>
       </c>
       <c r="J15" t="s" s="4">
-        <v>644</v>
+        <v>616</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3854</v>
-[...18 lines deleted...]
-      </c>
+        <v>3858</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16"/>
+      <c r="D16"/>
+      <c r="E16"/>
+      <c r="F16"/>
+      <c r="G16"/>
       <c r="H16">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I16">
-        <v>60.5</v>
+        <v>42.35</v>
       </c>
       <c r="J16" t="s" s="4">
-        <v>646</v>
+        <v>617</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3858</v>
+        <v>4081</v>
       </c>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="I17">
-        <v>42.35</v>
+        <v>60.5</v>
       </c>
       <c r="J17" t="s" s="4">
-        <v>647</v>
+        <v>618</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>4081</v>
-[...8 lines deleted...]
-        <v>50</v>
+        <v>4105</v>
+      </c>
+      <c r="B18" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" t="s">
+        <v>619</v>
+      </c>
+      <c r="D18" t="s">
+        <v>620</v>
+      </c>
+      <c r="E18" t="s">
+        <v>220</v>
+      </c>
+      <c r="F18" t="s">
+        <v>97</v>
+      </c>
+      <c r="G18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H18" s="3">
+        <v>74.38</v>
       </c>
       <c r="I18">
-        <v>60.5</v>
+        <v>90</v>
       </c>
       <c r="J18" t="s" s="4">
-        <v>648</v>
+        <v>621</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>4105</v>
+        <v>4197</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C19" t="s">
-        <v>649</v>
+        <v>622</v>
       </c>
       <c r="D19" t="s">
-        <v>331</v>
+        <v>219</v>
       </c>
       <c r="E19" t="s">
-        <v>245</v>
+        <v>623</v>
       </c>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G19" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H19" s="3">
-        <v>74.38</v>
+        <v>132.23</v>
       </c>
       <c r="I19">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="J19" t="s" s="4">
-        <v>650</v>
+        <v>624</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>4197</v>
+        <v>4274</v>
       </c>
       <c r="B20" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C20" t="s">
-        <v>651</v>
+        <v>625</v>
       </c>
       <c r="D20" t="s">
-        <v>253</v>
+        <v>551</v>
       </c>
       <c r="E20" t="s">
-        <v>652</v>
+        <v>223</v>
       </c>
       <c r="F20" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G20" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>132.23</v>
+        <v>64</v>
+      </c>
+      <c r="H20">
+        <v>80</v>
       </c>
       <c r="I20">
-        <v>160</v>
+        <v>96.8</v>
       </c>
       <c r="J20" t="s" s="4">
-        <v>653</v>
+        <v>626</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>4274</v>
+        <v>4442</v>
       </c>
       <c r="B21" t="s">
-        <v>131</v>
+        <v>49</v>
       </c>
       <c r="C21" t="s">
-        <v>654</v>
+        <v>627</v>
       </c>
       <c r="D21" t="s">
-        <v>570</v>
+        <v>265</v>
       </c>
       <c r="E21" t="s">
-        <v>256</v>
+        <v>190</v>
       </c>
       <c r="F21" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G21" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>64</v>
+      </c>
+      <c r="H21" s="3">
+        <v>74.38</v>
       </c>
       <c r="I21">
-        <v>96.8</v>
+        <v>90</v>
       </c>
       <c r="J21" t="s" s="4">
-        <v>655</v>
+        <v>628</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>4442</v>
+        <v>4458</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="C22" t="s">
-        <v>656</v>
+        <v>629</v>
       </c>
       <c r="D22" t="s">
-        <v>299</v>
+        <v>265</v>
       </c>
       <c r="E22" t="s">
-        <v>221</v>
+        <v>630</v>
       </c>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="G22" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H22" s="3">
-        <v>74.38</v>
+        <v>107.43</v>
       </c>
       <c r="I22">
-        <v>90</v>
+        <v>129.99</v>
       </c>
       <c r="J22" t="s" s="4">
-        <v>657</v>
+        <v>631</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>4458</v>
+        <v>4465</v>
       </c>
       <c r="B23" t="s">
         <v>42</v>
       </c>
       <c r="C23" t="s">
-        <v>658</v>
+        <v>632</v>
       </c>
       <c r="D23" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E23" t="s">
-        <v>659</v>
+        <v>522</v>
       </c>
       <c r="F23" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="G23" t="s">
         <v>47</v>
       </c>
-      <c r="H23" s="3">
-        <v>107.43</v>
+      <c r="H23">
+        <v>50</v>
       </c>
       <c r="I23">
-        <v>129.99</v>
+        <v>60.5</v>
       </c>
       <c r="J23" t="s" s="4">
-        <v>660</v>
+        <v>633</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>4465</v>
+        <v>4471</v>
       </c>
       <c r="B24" t="s">
-        <v>42</v>
+        <v>306</v>
       </c>
       <c r="C24" t="s">
-        <v>661</v>
+        <v>634</v>
       </c>
       <c r="D24" t="s">
-        <v>309</v>
+        <v>635</v>
       </c>
       <c r="E24" t="s">
-        <v>532</v>
+        <v>636</v>
       </c>
       <c r="F24" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G24" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="H24">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I24">
-        <v>60.5</v>
+        <v>42.35</v>
       </c>
       <c r="J24" t="s" s="4">
-        <v>662</v>
+        <v>637</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>4471</v>
+        <v>4513</v>
       </c>
       <c r="B25" t="s">
-        <v>345</v>
+        <v>306</v>
       </c>
       <c r="C25" t="s">
-        <v>663</v>
+        <v>638</v>
       </c>
       <c r="D25" t="s">
-        <v>664</v>
+        <v>635</v>
       </c>
       <c r="E25" t="s">
-        <v>665</v>
+        <v>639</v>
       </c>
       <c r="F25" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G25" t="s">
-        <v>65</v>
+        <v>157</v>
       </c>
       <c r="H25">
         <v>35</v>
       </c>
       <c r="I25">
         <v>42.35</v>
       </c>
       <c r="J25" t="s" s="4">
-        <v>666</v>
+        <v>640</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>4513</v>
+        <v>4524</v>
       </c>
       <c r="B26" t="s">
-        <v>345</v>
+        <v>49</v>
       </c>
       <c r="C26" t="s">
-        <v>667</v>
+        <v>641</v>
       </c>
       <c r="D26" t="s">
-        <v>664</v>
+        <v>620</v>
       </c>
       <c r="E26" t="s">
-        <v>668</v>
+        <v>227</v>
       </c>
       <c r="F26" t="s">
-        <v>46</v>
+        <v>166</v>
       </c>
       <c r="G26" t="s">
-        <v>669</v>
+        <v>47</v>
       </c>
       <c r="H26">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="I26">
-        <v>42.35</v>
+        <v>78.65</v>
       </c>
       <c r="J26" t="s" s="4">
-        <v>670</v>
+        <v>642</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>4524</v>
+        <v>4548</v>
       </c>
       <c r="B27" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C27" t="s">
-        <v>671</v>
+        <v>643</v>
       </c>
       <c r="D27" t="s">
-        <v>331</v>
+        <v>551</v>
       </c>
       <c r="E27" t="s">
-        <v>260</v>
+        <v>211</v>
       </c>
       <c r="F27" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="G27" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>68</v>
+      </c>
+      <c r="H27" s="3">
+        <v>96.12</v>
       </c>
       <c r="I27">
-        <v>78.65</v>
+        <v>116.31</v>
       </c>
       <c r="J27" t="s" s="4">
-        <v>672</v>
+        <v>644</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>4548</v>
+        <v>4578</v>
       </c>
       <c r="B28" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C28" t="s">
-        <v>673</v>
+        <v>645</v>
       </c>
       <c r="D28" t="s">
-        <v>570</v>
+        <v>265</v>
       </c>
       <c r="E28" t="s">
-        <v>242</v>
+        <v>646</v>
       </c>
       <c r="F28" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G28" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>96.12</v>
+        <v>68</v>
+      </c>
+      <c r="H28">
+        <v>35</v>
       </c>
       <c r="I28">
-        <v>116.31</v>
+        <v>42.35</v>
       </c>
       <c r="J28" t="s" s="4">
-        <v>674</v>
+        <v>647</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>4578</v>
+        <v>4618</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>306</v>
       </c>
       <c r="C29" t="s">
-        <v>675</v>
+        <v>648</v>
       </c>
       <c r="D29" t="s">
-        <v>299</v>
+        <v>635</v>
       </c>
       <c r="E29" t="s">
-        <v>676</v>
+        <v>649</v>
       </c>
       <c r="F29" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G29" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>650</v>
+      </c>
+      <c r="H29" s="3">
+        <v>28.93</v>
       </c>
       <c r="I29">
-        <v>42.35</v>
+        <v>35.01</v>
       </c>
       <c r="J29" t="s" s="4">
-        <v>677</v>
+        <v>651</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>4618</v>
+        <v>4623</v>
       </c>
       <c r="B30" t="s">
-        <v>345</v>
+        <v>270</v>
       </c>
       <c r="C30" t="s">
-        <v>678</v>
+        <v>271</v>
       </c>
       <c r="D30" t="s">
-        <v>664</v>
+        <v>275</v>
       </c>
       <c r="E30" t="s">
-        <v>679</v>
+        <v>276</v>
       </c>
       <c r="F30" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G30" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>28.93</v>
+        <v>68</v>
+      </c>
+      <c r="H30">
+        <v>65</v>
       </c>
       <c r="I30">
-        <v>35.01</v>
+        <v>78.65</v>
       </c>
       <c r="J30" t="s" s="4">
-        <v>681</v>
+        <v>652</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>4623</v>
+        <v>4640</v>
       </c>
       <c r="B31" t="s">
-        <v>304</v>
+        <v>49</v>
       </c>
       <c r="C31" t="s">
-        <v>305</v>
+        <v>653</v>
       </c>
       <c r="D31" t="s">
-        <v>309</v>
+        <v>615</v>
       </c>
       <c r="E31" t="s">
-        <v>310</v>
+        <v>217</v>
       </c>
       <c r="F31" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G31" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>68</v>
+      </c>
+      <c r="H31" s="3">
+        <v>45.45</v>
       </c>
       <c r="I31">
-        <v>78.65</v>
+        <v>54.99</v>
       </c>
       <c r="J31" t="s" s="4">
-        <v>682</v>
+        <v>654</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>4640</v>
+        <v>4753</v>
       </c>
       <c r="B32" t="s">
         <v>49</v>
       </c>
       <c r="C32" t="s">
-        <v>683</v>
+        <v>253</v>
       </c>
       <c r="D32" t="s">
-        <v>645</v>
+        <v>254</v>
       </c>
       <c r="E32" t="s">
-        <v>251</v>
+        <v>203</v>
       </c>
       <c r="F32" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G32" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>45.45</v>
+        <v>47</v>
+      </c>
+      <c r="H32">
+        <v>95</v>
       </c>
       <c r="I32">
-        <v>54.99</v>
+        <v>114.95</v>
       </c>
       <c r="J32" t="s" s="4">
-        <v>684</v>
+        <v>655</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>4646</v>
+        <v>4944</v>
       </c>
       <c r="B33" t="s">
         <v>49</v>
       </c>
       <c r="C33" t="s">
-        <v>577</v>
+        <v>656</v>
       </c>
       <c r="D33" t="s">
-        <v>685</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>251</v>
+        <v>276</v>
       </c>
       <c r="F33" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="G33" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="H33" s="3">
-        <v>49.59</v>
+        <v>123.14</v>
       </c>
       <c r="I33">
-        <v>60</v>
+        <v>149</v>
       </c>
       <c r="J33" t="s" s="4">
-        <v>686</v>
+        <v>657</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>4753</v>
+        <v>5040</v>
       </c>
       <c r="B34" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C34" t="s">
-        <v>287</v>
+        <v>658</v>
       </c>
       <c r="D34" t="s">
-        <v>288</v>
+        <v>219</v>
       </c>
       <c r="E34" t="s">
-        <v>234</v>
+        <v>190</v>
       </c>
       <c r="F34" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G34" t="s">
         <v>47</v>
       </c>
-      <c r="H34">
-        <v>95</v>
+      <c r="H34" s="3">
+        <v>82.64</v>
       </c>
       <c r="I34">
-        <v>114.95</v>
+        <v>99.99</v>
       </c>
       <c r="J34" t="s" s="4">
-        <v>687</v>
+        <v>659</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>4944</v>
+        <v>5348</v>
       </c>
       <c r="B35" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C35" t="s">
-        <v>688</v>
+        <v>660</v>
       </c>
       <c r="D35" t="s">
-        <v>259</v>
+        <v>661</v>
       </c>
       <c r="E35" t="s">
-        <v>310</v>
+        <v>662</v>
       </c>
       <c r="F35" t="s">
         <v>46</v>
       </c>
       <c r="G35" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="3">
-        <v>123.14</v>
+        <v>107.44</v>
       </c>
       <c r="I35">
-        <v>149</v>
+        <v>130</v>
       </c>
       <c r="J35" t="s" s="4">
-        <v>689</v>
+        <v>663</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>4962</v>
+        <v>5430</v>
       </c>
       <c r="B36" t="s">
-        <v>49</v>
+        <v>335</v>
       </c>
       <c r="C36" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="D36" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="E36" t="s">
-        <v>691</v>
+        <v>666</v>
       </c>
       <c r="F36" t="s">
-        <v>278</v>
+        <v>667</v>
       </c>
       <c r="G36" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="H36" s="3">
-        <v>81.82</v>
+        <v>41.32</v>
       </c>
       <c r="I36">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="J36" t="s" s="4">
-        <v>692</v>
+        <v>668</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>5040</v>
+        <v>5624</v>
       </c>
       <c r="B37" t="s">
-        <v>131</v>
+        <v>49</v>
       </c>
       <c r="C37" t="s">
-        <v>693</v>
+        <v>669</v>
       </c>
       <c r="D37" t="s">
-        <v>253</v>
+        <v>226</v>
       </c>
       <c r="E37" t="s">
-        <v>221</v>
+        <v>670</v>
       </c>
       <c r="F37" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="G37" t="s">
         <v>47</v>
       </c>
       <c r="H37" s="3">
         <v>82.64</v>
       </c>
       <c r="I37">
         <v>99.99</v>
       </c>
       <c r="J37" t="s" s="4">
-        <v>694</v>
+        <v>671</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>5348</v>
-[...18 lines deleted...]
-      </c>
+        <v>5893</v>
+      </c>
+      <c r="B38"/>
+      <c r="C38"/>
+      <c r="D38"/>
+      <c r="E38"/>
+      <c r="F38"/>
+      <c r="G38"/>
       <c r="H38" s="3">
-        <v>107.44</v>
+        <v>20.66</v>
       </c>
       <c r="I38">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="J38" t="s" s="4">
-        <v>697</v>
+        <v>672</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>5430</v>
-[...20 lines deleted...]
-        <v>41.32</v>
+        <v>5899</v>
+      </c>
+      <c r="B39"/>
+      <c r="C39"/>
+      <c r="D39"/>
+      <c r="E39"/>
+      <c r="F39"/>
+      <c r="G39"/>
+      <c r="H39">
+        <v>100</v>
       </c>
       <c r="I39">
-        <v>50</v>
+        <v>121</v>
       </c>
       <c r="J39" t="s" s="4">
-        <v>702</v>
+        <v>673</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>5624</v>
-[...20 lines deleted...]
-        <v>82.64</v>
+        <v>5906</v>
+      </c>
+      <c r="B40"/>
+      <c r="C40"/>
+      <c r="D40"/>
+      <c r="E40"/>
+      <c r="F40"/>
+      <c r="G40"/>
+      <c r="H40">
+        <v>70</v>
       </c>
       <c r="I40">
-        <v>99.99</v>
+        <v>84.7</v>
       </c>
       <c r="J40" t="s" s="4">
-        <v>705</v>
+        <v>674</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>5893</v>
+        <v>6001</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
-      <c r="H41" s="3">
-        <v>20.66</v>
+      <c r="H41">
+        <v>100</v>
       </c>
       <c r="I41">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="J41" t="s" s="4">
-        <v>706</v>
+        <v>675</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>5899</v>
+        <v>6007</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
-      <c r="H42">
-        <v>100</v>
+      <c r="H42" s="3">
+        <v>111.57</v>
       </c>
       <c r="I42">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="J42" t="s" s="4">
-        <v>707</v>
+        <v>676</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>5906</v>
+        <v>6055</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I43">
-        <v>84.7</v>
+        <v>121</v>
       </c>
       <c r="J43" t="s" s="4">
-        <v>708</v>
+        <v>677</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>6001</v>
+        <v>6062</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I44">
-        <v>121</v>
+        <v>96.8</v>
       </c>
       <c r="J44" t="s" s="4">
-        <v>709</v>
+        <v>678</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>6007</v>
+        <v>6067</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
-      <c r="H45" s="3">
-        <v>111.57</v>
+      <c r="H45">
+        <v>100</v>
       </c>
       <c r="I45">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="J45" t="s" s="4">
-        <v>710</v>
+        <v>679</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>6055</v>
+        <v>6073</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I46">
-        <v>121</v>
+        <v>96.8</v>
       </c>
       <c r="J46" t="s" s="4">
-        <v>711</v>
+        <v>680</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>6062</v>
+        <v>6079</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47">
         <v>80</v>
       </c>
       <c r="I47">
         <v>96.8</v>
       </c>
       <c r="J47" t="s" s="4">
-        <v>712</v>
+        <v>681</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>6067</v>
-[...8 lines deleted...]
-        <v>100</v>
+        <v>6165</v>
+      </c>
+      <c r="B48" t="s">
+        <v>61</v>
+      </c>
+      <c r="C48" t="s">
+        <v>682</v>
+      </c>
+      <c r="D48" t="s">
+        <v>683</v>
+      </c>
+      <c r="E48" t="s">
+        <v>322</v>
+      </c>
+      <c r="F48" t="s">
+        <v>97</v>
+      </c>
+      <c r="G48" t="s">
+        <v>47</v>
+      </c>
+      <c r="H48" s="3">
+        <v>66.11</v>
       </c>
       <c r="I48">
-        <v>121</v>
+        <v>79.99</v>
       </c>
       <c r="J48" t="s" s="4">
-        <v>713</v>
+        <v>684</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>6073</v>
+        <v>6676</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I49">
-        <v>96.8</v>
+        <v>24.2</v>
       </c>
       <c r="J49" t="s" s="4">
-        <v>714</v>
+        <v>685</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>6079</v>
+        <v>6703</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I50">
-        <v>96.8</v>
+        <v>24.2</v>
       </c>
       <c r="J50" t="s" s="4">
-        <v>715</v>
+        <v>686</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>6165</v>
+        <v>7204</v>
       </c>
       <c r="B51" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="C51" t="s">
-        <v>716</v>
+        <v>687</v>
       </c>
       <c r="D51" t="s">
-        <v>717</v>
+        <v>688</v>
       </c>
       <c r="E51" t="s">
-        <v>361</v>
+        <v>689</v>
       </c>
       <c r="F51" t="s">
         <v>46</v>
       </c>
       <c r="G51" t="s">
         <v>47</v>
       </c>
       <c r="H51" s="3">
-        <v>66.11</v>
+        <v>190.08</v>
       </c>
       <c r="I51">
-        <v>79.99</v>
+        <v>230</v>
       </c>
       <c r="J51" t="s" s="4">
-        <v>718</v>
+        <v>690</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>6421</v>
-[...18 lines deleted...]
-      </c>
+        <v>7241</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52"/>
+      <c r="D52"/>
+      <c r="E52"/>
+      <c r="F52"/>
+      <c r="G52"/>
       <c r="H52" s="3">
-        <v>57.85</v>
+        <v>148.76</v>
       </c>
       <c r="I52">
-        <v>70</v>
+        <v>180</v>
       </c>
       <c r="J52" t="s" s="4">
-        <v>721</v>
+        <v>691</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>6676</v>
-[...8 lines deleted...]
-        <v>20</v>
+        <v>7326</v>
+      </c>
+      <c r="B53" t="s">
+        <v>229</v>
+      </c>
+      <c r="C53" t="s">
+        <v>692</v>
+      </c>
+      <c r="D53" t="s">
+        <v>521</v>
+      </c>
+      <c r="E53" t="s">
+        <v>570</v>
+      </c>
+      <c r="F53" t="s">
+        <v>97</v>
+      </c>
+      <c r="G53" t="s">
+        <v>47</v>
+      </c>
+      <c r="H53" s="3">
+        <v>41.32</v>
       </c>
       <c r="I53">
-        <v>24.2</v>
+        <v>50</v>
       </c>
       <c r="J53" t="s" s="4">
-        <v>722</v>
+        <v>693</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>6703</v>
+        <v>7387</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
-      <c r="H54">
-        <v>20</v>
+      <c r="H54" s="3">
+        <v>70.25</v>
       </c>
       <c r="I54">
-        <v>24.2</v>
+        <v>85</v>
       </c>
       <c r="J54" t="s" s="4">
-        <v>723</v>
+        <v>694</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>7204</v>
+        <v>7485</v>
       </c>
       <c r="B55" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C55" t="s">
-        <v>724</v>
+        <v>695</v>
       </c>
       <c r="D55" t="s">
-        <v>725</v>
+        <v>226</v>
       </c>
       <c r="E55" t="s">
-        <v>726</v>
+        <v>696</v>
       </c>
       <c r="F55" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G55" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="H55" s="3">
-        <v>190.08</v>
+        <v>82.64</v>
       </c>
       <c r="I55">
-        <v>230</v>
+        <v>99.99</v>
       </c>
       <c r="J55" t="s" s="4">
-        <v>727</v>
-[...167 lines deleted...]
-        <v>740</v>
+        <v>697</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId206" location="" display="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/"/>
-[...58 lines deleted...]
-    <hyperlink ref="J61" r:id="rId265" location="" display="https://eridas.lt/preke/veikiantis-laptopas-uz-ekrano-kaina-travelmate-p214-series-n19q7-i3-1115g4-8gb-256gb-ssd-24-isluze-vyriai-korpuso-defektas/"/>
+    <hyperlink ref="J2" r:id="rId193" location="" display="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/"/>
+    <hyperlink ref="J3" r:id="rId194" location="" display="https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/"/>
+    <hyperlink ref="J4" r:id="rId195" location="" display="https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/"/>
+    <hyperlink ref="J5" r:id="rId196" location="" display="https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/"/>
+    <hyperlink ref="J6" r:id="rId197" location="" display="https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/"/>
+    <hyperlink ref="J7" r:id="rId198" location="" display="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/"/>
+    <hyperlink ref="J8" r:id="rId199" location="" display="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/"/>
+    <hyperlink ref="J9" r:id="rId200" location="" display="https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/"/>
+    <hyperlink ref="J10" r:id="rId201" location="" display="https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/"/>
+    <hyperlink ref="J11" r:id="rId202" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e485-14-0-fhd-ips-ryzen-5-2500u-8gb-0gb-ssd-10-kosmetinei-defektai/"/>
+    <hyperlink ref="J12" r:id="rId203" location="" display="https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/"/>
+    <hyperlink ref="J13" r:id="rId204" location="" display="https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/"/>
+    <hyperlink ref="J14" r:id="rId205" location="" display="https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/"/>
+    <hyperlink ref="J15" r:id="rId206" location="" display="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/"/>
+    <hyperlink ref="J16" r:id="rId207" location="" display="https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/"/>
+    <hyperlink ref="J17" r:id="rId208" location="" display="https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/"/>
+    <hyperlink ref="J18" r:id="rId209" location="" display="https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/"/>
+    <hyperlink ref="J19" r:id="rId210" location="" display="https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/"/>
+    <hyperlink ref="J20" r:id="rId211" location="" display="https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/"/>
+    <hyperlink ref="J21" r:id="rId212" location="" display="https://eridas.lt/preke/lenovo-ideapad-330s-15ikb-15-6-fhd-i5-8250u-8gb-128gb-ssd-10-bloga-klaviat8ra-ekrane-matosi-nuospaudos-nuo-klaviaturos/"/>
+    <hyperlink ref="J22" r:id="rId213" location="" display="https://eridas.lt/preke/15-6-19201080-i7-4710mq-32gb-ram-256gb-ssd-quadro-k1100m-2gb-keli-trukumai-nekritiniai/"/>
+    <hyperlink ref="J23" r:id="rId214" location="" display="https://eridas.lt/preke/fujitsu-lifebook-e544-15-6-fhd-ips-i5-4210m-8gb-256gb-ssd-20-keli-defektai/"/>
+    <hyperlink ref="J24" r:id="rId215" location="" display="https://eridas.lt/preke/acer-aspire-e5-532-15-6-1366768-i3-4005u-8gb-128gb-ssd-12-touchpad-neveikia/"/>
+    <hyperlink ref="J25" r:id="rId216" location="" display="https://eridas.lt/preke/acer-aspire-es1-512-15-6-celeron-n2920-8gb-1tb-hdd-bloga-baterija-ir-touchpad/"/>
+    <hyperlink ref="J26" r:id="rId217" location="" display="https://eridas.lt/preke/lenovo-yoga-710-14ikb-su-defektais-14-0-fhd-ips-i5-7200u-4gb-256gb-ssd-ekrano-defektais-camera-neveikia-klaviatura-neidealiai-veikia/"/>
+    <hyperlink ref="J27" r:id="rId218" location="" display="https://eridas.lt/preke/17-3-1600900-i5-6200u-8gb-be-disko-r5-m330-keli-nebaisus-trukumai/"/>
+    <hyperlink ref="J28" r:id="rId219" location="" display="https://eridas.lt/preke/15-6-19201080-a10-7300-8gb-r7-m260-bloga-baterija-ir-touchpad/"/>
+    <hyperlink ref="J29" r:id="rId220" location="" display="https://eridas.lt/preke/acer-e1-572g-15-6-i5-4200u-8gb-750gb-hdd-bloga-baterija-ir-truksta-vieno-klaviso/"/>
+    <hyperlink ref="J30" r:id="rId221" location="" display="https://eridas.lt/preke/15-6-fhd-ips-idealus-ekranas-i5-8265u-8gb-0gb-ssd-su-defektu-klaviaturos-nevisi-mygtukai-veikia-baterijos-nera/"/>
+    <hyperlink ref="J31" r:id="rId222" location="" display="https://eridas.lt/preke/lenovo-thinkpad-carbon-x1-3rd-gen-14-0-fhd-i5-5300u-8gb-0gb-ssd-bloga-klaviatura/"/>
+    <hyperlink ref="J32" r:id="rId223" location="" display="https://eridas.lt/preke/lenovo-thinkpad-a285-12-5-hd-amd-ryzen-5-2500u-8gb-256gb-ssd-vienas-is-dvieju-usb-c-neveikiantis/"/>
+    <hyperlink ref="J33" r:id="rId224" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t490-14-0-fhd-ips-i5-8265u-8gb-256gb-0-vienas-usb-c-neveikiantis/"/>
+    <hyperlink ref="J34" r:id="rId225" location="" display="https://eridas.lt/preke/dell-inspiron-13-5370-13-3-fhd-ips-i5-8250u-8gb-256gb-45-neveikia-web-camera/"/>
+    <hyperlink ref="J35" r:id="rId226" location="" display="https://eridas.lt/preke/dell-latitude-7200-touch-12-3-19201080-touchscreen-i5-8365u-16gb-256gb-baterija-i-pabaiga/"/>
+    <hyperlink ref="J36" r:id="rId227" location="" display="https://eridas.lt/preke/asus-pu500c-15-6-hd-matinis-i5-3337u-10gb-ram-128gb-ssd-14/"/>
+    <hyperlink ref="J37" r:id="rId228" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8350u-8gb-256-ssd-18-neveikia-1vnt-usb-ir-1vnt-usb-c/"/>
+    <hyperlink ref="J38" r:id="rId229" location="" display="https://eridas.lt/preke/asus-n53s-15-6-i7-cpu-4gb-ram-be-ssd-neveikiantis/"/>
+    <hyperlink ref="J39" r:id="rId230" location="" display="https://eridas.lt/preke/x1-yoga-5th-gen-i7-10510u-16gb-ram-gera-baterija-12-duzes-ekranas-neveikia-vienas-usb-c-is-dvieju/"/>
+    <hyperlink ref="J40" r:id="rId231" location="" display="https://eridas.lt/preke/neveikiantis-thinkbook-13s-g2-itl-i5-1135g7-8gb-ram-ilituoti-0gb-ssd-yra-baterija-netestuota/"/>
+    <hyperlink ref="J41" r:id="rId232" location="" display="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-np930xdb-13-3-amoled-supilta-pagrindine-plokste-dalimis-arba-visas/"/>
+    <hyperlink ref="J42" r:id="rId233" location="" display="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-360-np930qdb-13-3-x360-touchscreen-amoled-mb-jau-buvo-lituota-ankstesnio-savininko/"/>
+    <hyperlink ref="J43" r:id="rId234" location="" display="https://eridas.lt/preke/lenovo-y540-17irh-neveikiantis-i5-9300h-gtx-1660-ti-6gb-s-n-pf1zvzkv/"/>
+    <hyperlink ref="J44" r:id="rId235" location="" display="https://eridas.lt/preke/lenovo-legion-y530-15ich-15-6-144hz-neveikiantis-i5-8300h-gtx-1060-6gb-8gb-ram-s-n-pf1efx10/"/>
+    <hyperlink ref="J45" r:id="rId236" location="" display="https://eridas.lt/preke/hp-omen-15-en0802no-200w-ryzen-5-4600h-1660ti-6gb-neveikiantis-s-n-5cd0256bds/"/>
+    <hyperlink ref="J46" r:id="rId237" location="" display="https://eridas.lt/preke/dell-xps-15-9550-15-6-i7-6700hq-960m-2gb-s-n-1ldnj72-sulietas-neveikiantis/"/>
+    <hyperlink ref="J47" r:id="rId238" location="" display="https://eridas.lt/preke/acer-aspire-vvn7-591g-738g-i7-4720hq-gtx-960m-2gb-8gb-128gb-ssd-1tb-hdd-baterija-yra-laiko-veikia-blogi-vyriai/"/>
+    <hyperlink ref="J48" r:id="rId239" location="" display="https://eridas.lt/preke/hp-spectre-13-3000eo-13-3-25601440-ips-touchscreen-i5-4200u-8gb-256gb-ssd-23-truputi-dzerzgia-garsiakalbiai/"/>
+    <hyperlink ref="J49" r:id="rId240" location="" display="https://eridas.lt/preke/hp-255-g3-15-6-hd-matinis-a4-5000-4gb-1tb-hdd-bloga-baterija-nuskiles-korpuso-kamputis/"/>
+    <hyperlink ref="J50" r:id="rId241" location="" display="https://eridas.lt/preke/asus-x53s-i3-2310m-8gb-be-disko-bloga-baterija/"/>
+    <hyperlink ref="J51" r:id="rId242" location="" display="https://eridas.lt/preke/lenovo-ideapad-c340-15iml-15-6-fhd-ips-touch-i7-10510u-16gb-256gb-ssd-14/"/>
+    <hyperlink ref="J52" r:id="rId243" location="" display="https://eridas.lt/preke/hp-elitebook-860-16-i7-1355u-neveikiantis/"/>
+    <hyperlink ref="J53" r:id="rId244" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-toshiba-portege-z30-a-13-3-hd-tn-i5-4210u-8gb-256gb-20-truputi-laisvesni-vyriai/"/>
+    <hyperlink ref="J54" r:id="rId245" location="" display="https://eridas.lt/preke/su-defektu-lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-5-2500u-8gb-256gb-ssd-abejos-baterijos-blogos-be-kroviklio-galima-dalimis-pirkti/"/>
+    <hyperlink ref="J55" r:id="rId246" location="" display="https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>