--- v2 (2026-01-25)
+++ v3 (2026-03-16)
@@ -15,2154 +15,1230 @@
   <Override PartName="/xl/worksheets/_rels/sheet2.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet3.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet4.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet5.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet6.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Įvairios prekės" sheetId="1" r:id="rId1"/>
-    <sheet name="Stacionarūs kompiuteriai" sheetId="2" r:id="rId2"/>
-[...3 lines deleted...]
-    <sheet name="Nešiojami kompiuteriai su defek" sheetId="6" r:id="rId6"/>
+    <sheet name="Nešiojami kompiuteriai" sheetId="2" r:id="rId2"/>
+    <sheet name="Nešiojami kompiuteriai iki 100 " sheetId="3" r:id="rId3"/>
+    <sheet name="Nešiojami kompiuteriai su defek" sheetId="4" r:id="rId4"/>
+    <sheet name="Stacionarūs kompiuteriai" sheetId="5" r:id="rId5"/>
+    <sheet name="Didmeniniai pasiūlymai" sheetId="6" r:id="rId6"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="698" uniqueCount="698">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="390" uniqueCount="390">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Kaina (VAT 0%)</t>
   </si>
   <si>
     <t>Kaina (VAT 21%)</t>
   </si>
   <si>
     <t>Nuoroda</t>
   </si>
   <si>
-    <t>DIMM DDR3 4GB RAM Atmintis PC3-12800U 1600MHz</t>
-[...10 lines deleted...]
-  <si>
     <t>IŠPARDAVIMAS Nešiojamo kompiuterio maitinimo šaltinis Lenovo Square 45w</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w/</t>
   </si>
   <si>
     <t>Originalus naudotas HP įkroviklis 65w 7.5x 5.0mm</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/originalus-naudotas-hp-ikroviklis-65w-7-5x-5-0mm/</t>
   </si>
   <si>
-    <t>i7-4790 4GHz, LGA 1150 CPU</t>
-[...4 lines deleted...]
-  <si>
     <t>DIMM DDR3 1*8GB 1.5V 1600MHz - Parenkamas atsitiktinis gamintojas</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/dimm-ddr3-18gb-1-5v-1600mhz-parenkamas-atsitiktinis-gamintojas/</t>
   </si>
   <si>
-    <t>DIMM DDR3 1*8GB 1.35V 1600MHz - Parenkamas atsitiktinis gamintojas</t>
-[...4 lines deleted...]
-  <si>
     <t>Asus Type C 45W įkroviklis 20V 2.25A , 5V - 3A, 9V - 9A, 15V-3A, Turime didelį kiekį.</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/asus-type-c-45w-ikroviklis-20v-2-25a-5v-3a-9v-9a-15v-3a-turime-dideli-kieki/</t>
   </si>
   <si>
     <t>Nešiojamo kompiuterio maitinimo šaltinis Lenovo Square 90w</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w-kopija/</t>
   </si>
   <si>
     <t>SO-DIMM DDR3 1vnt * 16GB PC3-12800S , Laptopo atmintis. VIENOJE PLOKŠTELĖJE 16GB RAM RETA PREKĖ</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/so-dimm-ddr3-1vnt-16gb-pc3-12800s-laptopo-atmintis-vienoje-ploksteleje-16gb-ram-reta-preke/</t>
   </si>
   <si>
-    <t>DDR3 4GB Plokštelių laptopų ir stacionarių rinkinys po 4vnt vienodus, 5 skirtingų pocizijų su nuolaida</t>
-[...5 lines deleted...]
-    <t>Lenovo IdeaPad 530S-14IKB 14.0 FHD IPS Touchscreen i5-8250U 0GB RAM 0GB SSD MX 130 2GB GPU</t>
+    <t>Gtx 1080 Ti 11gb Gddr5x Nestandartinis aušintuvas</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/gtx-1080-ti-11gb-gddr5x-nestandartinis-ausintuvas/</t>
+  </si>
+  <si>
+    <t>Gamintojas</t>
+  </si>
+  <si>
+    <t>Modelis</t>
+  </si>
+  <si>
+    <t>Ekranas</t>
+  </si>
+  <si>
+    <t>Procesorius (CPU)</t>
+  </si>
+  <si>
+    <t>Operatyvioji atmintis (RAM)</t>
+  </si>
+  <si>
+    <t>Diskas</t>
+  </si>
+  <si>
+    <t>Baterija (Wear level)</t>
+  </si>
+  <si>
+    <t>Trūkumai</t>
+  </si>
+  <si>
+    <t>Dell</t>
+  </si>
+  <si>
+    <t>Dell Latitude 5495</t>
+  </si>
+  <si>
+    <t>1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 2500u</t>
+  </si>
+  <si>
+    <t>8GB</t>
+  </si>
+  <si>
+    <t>256GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-5495-14-0-fhd-ips-amd-ryzen-5-2500u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Hewlett-Packard</t>
+  </si>
+  <si>
+    <t>ZBook 17 G3</t>
+  </si>
+  <si>
+    <t>17.3 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>Xeon E3-1535M v5</t>
+  </si>
+  <si>
+    <t>16GB</t>
+  </si>
+  <si>
+    <t>512GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-hp-zbook-17-g3-fhd-ips-xeon-e3-1535m-v5-16gb-ram-512gb-ssd-quadro-m5000m-8gb-gddr5/</t>
+  </si>
+  <si>
+    <t>ZBook 15 G1 Workstation</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 TN</t>
+  </si>
+  <si>
+    <t>intel i7-4700MQ</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-15-g1-workstation-15-6-fhd-matinis-i7-4700mq-8gb-256gb-ssd-nvidia-quadro-k1100m-2gb-gddr5/</t>
+  </si>
+  <si>
+    <t>ZBook 14 G7 Firefly</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>intel i7-10610U</t>
+  </si>
+  <si>
+    <t>32GB</t>
+  </si>
+  <si>
+    <t>1TB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-14-g7-firefly-14-0-fhd-ips-i7-10610u-32gb-1tb-ssd-nvidia-quadro-p520-4gb-gddr5/</t>
+  </si>
+  <si>
+    <t>ZBook 17 G6</t>
+  </si>
+  <si>
+    <t>Intel i7-9850H 2.6GHz, Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/</t>
+  </si>
+  <si>
+    <t>Lenovo</t>
+  </si>
+  <si>
+    <t>ThinkPad P1 4th Gen</t>
+  </si>
+  <si>
+    <t>16.0 2K+ 2560*1600 IPS 400 Nit 60Hz 8 Bit</t>
+  </si>
+  <si>
+    <t>Intel i7-11800H 2.3GHz, Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/</t>
+  </si>
+  <si>
+    <t>ThinkPad P1 Gen 1</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>Intel i7-8750H 2.2GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/</t>
+  </si>
+  <si>
+    <t>Precision 7530</t>
+  </si>
+  <si>
+    <t>Intel i7-8850H 2.6GHz, Max turbo dažnis 4.3GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/</t>
+  </si>
+  <si>
+    <t>Precision 5570</t>
+  </si>
+  <si>
+    <t>15.6 FHD+ 1920*1200 IPS Matinis 500 Nitų</t>
+  </si>
+  <si>
+    <t>i7-12700H 14 branduolių Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>64GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-5570-15-6-fhd-500-nit-i7-12700h-64gb-ddr5-1tb-rtx-a2000-8gb-21/</t>
+  </si>
+  <si>
+    <t>Precision 3571</t>
+  </si>
+  <si>
+    <t>15.6 FHD 1920*1080 IPS Matinis</t>
+  </si>
+  <si>
+    <t>32GB DDR5 1*32GB 4800MHz, antras lizdas laisvas</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3571-15-6-fhd-i7-12700h-32gb-ddr5-1tb-rtx-a1000-4gb/</t>
+  </si>
+  <si>
+    <t>XPS 15 9575</t>
+  </si>
+  <si>
+    <t>15.6 4K Touch x360 3840*2160 400 Nit</t>
+  </si>
+  <si>
+    <t>Intel Core i7-8705G 3.1Ghz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/xps-15-9575-15-6-x360-4k-ts-i7-8705g-16gb-256gb-69/</t>
+  </si>
+  <si>
+    <t>Thinkpad P16 Gen 1</t>
+  </si>
+  <si>
+    <t>16.0 WQXGA 2560*1600 400 Nit</t>
+  </si>
+  <si>
+    <t>i7-12850HX 8 Core Max turbo dažnis 4.8GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-16-0-wqxga-25601600-400-ni-i7-12850hx-32gb-1tb-a3000-12gb-11/</t>
+  </si>
+  <si>
+    <t>17.3 1920*1080 IPS Matinis ekranas</t>
+  </si>
+  <si>
+    <t>I9-9880H 2.3GHz Max turbo dažnis 4.8GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i9-9880h-32gb-512gb-rtx-5000-16gb/</t>
+  </si>
+  <si>
+    <t>Precision 3470</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 Matinis ekranas IPS</t>
+  </si>
+  <si>
+    <t>Intel i7-1260P 12 Core, Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-32gb-1tb-ssd-nvidia-quadro-t550-4gb-32/</t>
+  </si>
+  <si>
+    <t>ThinkPad P50</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 IPS Touchscreen</t>
+  </si>
+  <si>
+    <t>i7-6820HQ 2.7GHz, Max turbo dažnis 3.6GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-fhd-ips-touchscreen-i7-6820hq-16gb-256gb-m2000m-4gb/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-zbook-firefly-14-g8-14-fhd-ips-i7-1165g7-32gb-512gb-t500-4gb/</t>
+  </si>
+  <si>
+    <t>Precision 3560</t>
+  </si>
+  <si>
+    <t>Intel i5-1135G7 2.4GHz, Max turbo dažnis 4.2GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-840-g8-14-0-fhd-ips-i5-1135g7-16gb-256gb-ssd-26-kopija/</t>
+  </si>
+  <si>
+    <t>Precision 5490</t>
+  </si>
+  <si>
+    <t>14.0 QHD+ 2560*1600 Touchscreen 500 Nitų</t>
+  </si>
+  <si>
+    <t>Intel Ultra 7 165H 16 branduolių Max turbo dažnis 5.0GHz</t>
+  </si>
+  <si>
+    <t>32GB DDR5</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-5490-14-0-qhd-ts-ultra-7-165h-32gb-512gb-ssd-rtx-a2000-8gb-gddr6-ada-generation-0-garantija-iki-2029-07-10/</t>
+  </si>
+  <si>
+    <t>15.6 4K Matinis</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-4k-ips-i7-6820hq-32gb-512gb-m2000m-4gb/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-16gb-512gb-ssd-nvidia-quadro-t550-4gb-35/</t>
+  </si>
+  <si>
+    <t>ThinkPad P53</t>
+  </si>
+  <si>
+    <t>15.6 1920*1080 IPS Matinis, AG 2.4t</t>
+  </si>
+  <si>
+    <t>Intel i7-9750H 2.6GHz, Max turbo dažnis 4.5GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p53-15-6-i7-9750h-32gb-512gb-t2000-4gb-16/</t>
+  </si>
+  <si>
+    <t>Disko talpa</t>
+  </si>
+  <si>
+    <t>EliteBook 8570p</t>
+  </si>
+  <si>
+    <t>15.6 HD+ 1600*900 TN Matinis</t>
+  </si>
+  <si>
+    <t>Intel i7-3740QM</t>
+  </si>
+  <si>
+    <t>128GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E6440</t>
+  </si>
+  <si>
+    <t>14.0 1366*768 TN</t>
+  </si>
+  <si>
+    <t>Intel i5-4200M</t>
+  </si>
+  <si>
+    <t>4GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E7240</t>
+  </si>
+  <si>
+    <t>12.5 1366*768 TN</t>
+  </si>
+  <si>
+    <t>Intel i5-4300U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E5450</t>
+  </si>
+  <si>
+    <t>Intel i3-5010U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E7250</t>
+  </si>
+  <si>
+    <t>Intel i5-5300U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>14.0 1600*900 TN</t>
+  </si>
+  <si>
+    <t>Intel i3-4030U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Latittude E5440</t>
+  </si>
+  <si>
+    <t>Intel i3-4010U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/</t>
+  </si>
+  <si>
+    <t>Fujitsu-Siemens</t>
+  </si>
+  <si>
+    <t>LIFEBOOK S935</t>
+  </si>
+  <si>
+    <t>13.3 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-5200U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>LifeBook E734</t>
+  </si>
+  <si>
+    <t>13.3 1366*768 TN</t>
+  </si>
+  <si>
+    <t>Intel i5-4210M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Toshiba</t>
+  </si>
+  <si>
+    <t>Z30-B-106</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>LIFEBOOK E744</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/</t>
+  </si>
+  <si>
+    <t>Thinkpad E460</t>
+  </si>
+  <si>
+    <t>Intel i5-6200U</t>
+  </si>
+  <si>
+    <t>Nėra</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/</t>
+  </si>
+  <si>
+    <t>Thinkpad L430</t>
+  </si>
+  <si>
+    <t>Intel i5-3210M</t>
+  </si>
+  <si>
+    <t>120GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad L420</t>
+  </si>
+  <si>
+    <t>I5-2320M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T430</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T420</t>
+  </si>
+  <si>
+    <t>Intel i5-2410M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T430S</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>Thinkpad T420S</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/</t>
+  </si>
+  <si>
+    <t>Acer</t>
+  </si>
+  <si>
+    <t>TravelMate P273</t>
+  </si>
+  <si>
+    <t>17.3 1600*900</t>
+  </si>
+  <si>
+    <t>i3-2348M</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/</t>
+  </si>
+  <si>
+    <t>Satellite C870D-11M</t>
+  </si>
+  <si>
+    <t>AMD E1-1200</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/</t>
+  </si>
+  <si>
+    <t>HP EliteBook 725 G3</t>
+  </si>
+  <si>
+    <t>AMD PRO A10-8700B 1.8GHz, Max turbo dažnis 3.2GHz</t>
+  </si>
+  <si>
+    <t>12GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/</t>
+  </si>
+  <si>
+    <t>Amilo Li 3910</t>
+  </si>
+  <si>
+    <t>18.4 Raiška netestuota</t>
+  </si>
+  <si>
+    <t>Intel Pentium T3200 2.00GHz</t>
+  </si>
+  <si>
+    <t>3GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/</t>
+  </si>
+  <si>
+    <t>Aspire 8730</t>
+  </si>
+  <si>
+    <t>18.4 1920*1080</t>
+  </si>
+  <si>
+    <t>Intel Pentium T6400 2.00GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/</t>
+  </si>
+  <si>
+    <t>Aspire A315-32-P9GR</t>
+  </si>
+  <si>
+    <t>Intel Celeron Silver N5000 1.1GHz, Max turbo dažnis 2.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/</t>
+  </si>
+  <si>
+    <t>IdeaPad 330-15IKB</t>
+  </si>
+  <si>
+    <t>Intel Pentium Gold 4415U 2.3GHz</t>
+  </si>
+  <si>
+    <t>6GB</t>
+  </si>
+  <si>
+    <t>128GB SSD, 1TB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/</t>
+  </si>
+  <si>
+    <t>MSI</t>
+  </si>
+  <si>
+    <t>GE60</t>
+  </si>
+  <si>
+    <t>Intel i7-4700MQ 2.4GHz Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>480GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/msi-ge60-15-6-19201080-tn-i7-4700mq-8gb-480gb-ssd-nvidia-gt-750m-2gb-gddr5-baterija-mirusi/</t>
+  </si>
+  <si>
+    <t>V145-15AST</t>
+  </si>
+  <si>
+    <t>AMD A6-9225 R4 2.6GHz, Max turbo dažnis 3.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/</t>
+  </si>
+  <si>
+    <t>Yoga 2 13</t>
+  </si>
+  <si>
+    <t>13.3 1920*1080 IPS Touch</t>
+  </si>
+  <si>
+    <t>Intel i5-4200U 1.6GHz, Max turbo dažnis 2.6GHz</t>
+  </si>
+  <si>
+    <t>128GB SSD, 500GB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/</t>
+  </si>
+  <si>
+    <t>Latitude E7270</t>
+  </si>
+  <si>
+    <t>12.5 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-6300U 2.4GHz, Max turbo dažnis 3.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/</t>
+  </si>
+  <si>
+    <t>V330-14IKB</t>
+  </si>
+  <si>
+    <t>Untested</t>
+  </si>
+  <si>
+    <t>Intel i5-8250u</t>
+  </si>
+  <si>
+    <t>0GB</t>
+  </si>
+  <si>
+    <t>0GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/</t>
+  </si>
+  <si>
+    <t>Asus</t>
+  </si>
+  <si>
+    <t>Zenbook 14 UX434F</t>
+  </si>
+  <si>
+    <t>Intel i7-10510u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/</t>
+  </si>
+  <si>
+    <t>E31-70, E31-80</t>
+  </si>
+  <si>
+    <t>Intel i3-5005U, Intel i3-6006u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/</t>
+  </si>
+  <si>
+    <t>Microsoft</t>
+  </si>
+  <si>
+    <t>Surface 5 Pro</t>
+  </si>
+  <si>
+    <t>12.3 2736*1824 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-7300U</t>
+  </si>
+  <si>
+    <t>128GB arba 256GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/</t>
+  </si>
+  <si>
+    <t>Ideapad S540-13IML</t>
+  </si>
+  <si>
+    <t>Intel i5-10210U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/</t>
+  </si>
+  <si>
+    <t>Notebook 14-ck1864no</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Thinkpad X395</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 Pro 3500u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/</t>
+  </si>
+  <si>
+    <t>Latitude 5580</t>
+  </si>
+  <si>
+    <t>Intel i5-6440HQ</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/</t>
+  </si>
+  <si>
+    <t>Microsoft Surface</t>
+  </si>
+  <si>
+    <t>Microsfot Surface 5 Pro</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/</t>
+  </si>
+  <si>
+    <t>Yoga 510-14ISK</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 IPS Touchscreen</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/</t>
+  </si>
+  <si>
+    <t>Dell Latitude 5310</t>
+  </si>
+  <si>
+    <t>Intel i5-10310u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/</t>
+  </si>
+  <si>
+    <t>Inspiron 17 5748 </t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/</t>
+  </si>
+  <si>
+    <t>IdeaPad 330S-15IKB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-330s-15ikb-15-6-fhd-i5-8250u-8gb-128gb-ssd-10-bloga-klaviat8ra-ekrane-matosi-nuospaudos-nuo-klaviaturos/</t>
+  </si>
+  <si>
+    <t>LifeBook E544</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-e544-15-6-fhd-ips-i5-4210m-8gb-256gb-ssd-20-keli-defektai/</t>
+  </si>
+  <si>
+    <t>Aspire E5-532</t>
+  </si>
+  <si>
+    <t>15.6 1366*768</t>
+  </si>
+  <si>
+    <t>Intel i3-4005U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-e5-532-15-6-1366768-i3-4005u-8gb-128gb-ssd-12-touchpad-neveikia/</t>
+  </si>
+  <si>
+    <t>Aspire ES1-512</t>
+  </si>
+  <si>
+    <t>Celeron N2920</t>
+  </si>
+  <si>
+    <t>1TB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-es1-512-15-6-celeron-n2920-8gb-1tb-hdd-bloga-baterija-ir-touchpad/</t>
+  </si>
+  <si>
+    <t>Lenovo Yoga 710-14IKB</t>
+  </si>
+  <si>
+    <t>Intel I5-7200U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-710-14ikb-su-defektais-14-0-fhd-ips-i5-7200u-4gb-256gb-ssd-ekrano-defektais-camera-neveikia-klaviatura-neidealiai-veikia/</t>
+  </si>
+  <si>
+    <t>Notebook 17</t>
+  </si>
+  <si>
+    <t>Intel i5-6200u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i5-6200u-8gb-be-disko-r5-m330-keli-nebaisus-trukumai/</t>
+  </si>
+  <si>
+    <t>Pavilion 15-P294no</t>
+  </si>
+  <si>
+    <t>AMD A10-7300</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-a10-7300-8gb-r7-m260-bloga-baterija-ir-touchpad/</t>
+  </si>
+  <si>
+    <t>E1-572G</t>
+  </si>
+  <si>
+    <t>Intel i5-4200U</t>
+  </si>
+  <si>
+    <t>750GB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-e1-572g-15-6-i5-4200u-8gb-750gb-hdd-bloga-baterija-ir-truksta-vieno-klaviso/</t>
+  </si>
+  <si>
+    <t>Cepter</t>
+  </si>
+  <si>
+    <t>N520-02</t>
+  </si>
+  <si>
+    <t>Intel i5-8265U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-fhd-ips-idealus-ekranas-i5-8265u-8gb-0gb-ssd-su-defektu-klaviaturos-nevisi-mygtukai-veikia-baterijos-nera/</t>
+  </si>
+  <si>
+    <t>Thinkpad Carbon x1 3rd Gen</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-carbon-x1-3rd-gen-14-0-fhd-i5-5300u-8gb-0gb-ssd-bloga-klaviatura/</t>
+  </si>
+  <si>
+    <t>Thinkpad A285</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-a285-12-5-hd-amd-ryzen-5-2500u-8gb-256gb-ssd-vienas-is-dvieju-usb-c-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Thinkpad T490</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t490-14-0-fhd-ips-i5-8265u-8gb-256gb-0-vienas-usb-c-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Inspiron 13 5370</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-inspiron-13-5370-13-3-fhd-ips-i5-8250u-8gb-256gb-45-neveikia-web-camera/</t>
+  </si>
+  <si>
+    <t>Latitude 7200</t>
+  </si>
+  <si>
+    <t>12.3 1920*1080 IPS Touchscreen</t>
+  </si>
+  <si>
+    <t>Intel i5-8365U 1.6GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-7200-touch-12-3-19201080-touchscreen-i5-8365u-16gb-256gb-baterija-i-pabaiga/</t>
+  </si>
+  <si>
+    <t>PU500C</t>
+  </si>
+  <si>
+    <t>15.6 1366*768 Matinis</t>
+  </si>
+  <si>
+    <t>Intel i5-3337U 1.8GHz, Max turbo dažnis 2.7GHz</t>
+  </si>
+  <si>
+    <t>10GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-pu500c-15-6-hd-matinis-i5-3337u-10gb-ram-128gb-ssd-14/</t>
+  </si>
+  <si>
+    <t>Thinkpad T480S</t>
+  </si>
+  <si>
+    <t>Intel i5-8350U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8350u-8gb-256-ssd-18-neveikia-1vnt-usb-ir-1vnt-usb-c/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-n53s-15-6-i7-cpu-4gb-ram-be-ssd-neveikiantis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/neveikiantis-thinkbook-13s-g2-itl-i5-1135g7-8gb-ram-ilituoti-0gb-ssd-yra-baterija-netestuota/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-ideapad-530s-14ikb-14-0-fhd-ips-touchscreen-i5-8250u-0gb-ram-0gb-ssd-mx-130-2gb-gpu/</t>
   </si>
   <si>
-    <t>50% NUOLAIDA SO-DIMM DDR3 4GB RAM Atmintis PC3L-12800U 1600MHz 1.35v</t>
-[...20 lines deleted...]
-    <t>Modelis</t>
+    <t>https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-np930xdb-13-3-amoled-supilta-pagrindine-plokste-dalimis-arba-visas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-360-np930qdb-13-3-x360-touchscreen-amoled-mb-jau-buvo-lituota-ankstesnio-savininko/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-y540-17irh-neveikiantis-i5-9300h-gtx-1660-ti-6gb-s-n-pf1zvzkv/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-legion-y530-15ich-15-6-144hz-neveikiantis-i5-8300h-gtx-1060-6gb-8gb-ram-s-n-pf1efx10/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-omen-15-en0802no-200w-ryzen-5-4600h-1660ti-6gb-neveikiantis-s-n-5cd0256bds/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-xps-15-9550-15-6-i7-6700hq-960m-2gb-s-n-1ldnj72-sulietas-neveikiantis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-vvn7-591g-738g-i7-4720hq-gtx-960m-2gb-8gb-128gb-ssd-1tb-hdd-baterija-yra-laiko-veikia-blogi-vyriai/</t>
+  </si>
+  <si>
+    <t>Spectre 13-3000eo</t>
+  </si>
+  <si>
+    <t>13.3 2560*1440 IPS Touch</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-spectre-13-3000eo-13-3-25601440-ips-touchscreen-i5-4200u-8gb-256gb-ssd-23-truputi-dzerzgia-garsiakalbiai/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-255-g3-15-6-hd-matinis-a4-5000-4gb-1tb-hdd-bloga-baterija-nuskiles-korpuso-kamputis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-x53s-i3-2310m-8gb-be-disko-bloga-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-860-16-i7-1355u-neveikiantis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/su-defektu-lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-5-2500u-8gb-256gb-ssd-abejos-baterijos-blogos-be-kroviklio-galima-dalimis-pirkti/</t>
+  </si>
+  <si>
+    <t>EliteBook 745 G5</t>
+  </si>
+  <si>
+    <t>Ryzen 3 Pro 2300U 2.0GHz, Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/</t>
+  </si>
+  <si>
+    <t>Intel i5-8250U 1.6GHz, Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8250u-8gb-256gb-ssd-23-su-defektais-kosmetiniai-vienas-baltas-taskas-ekrane/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-i5-7300u-nepilna-komplektacija-bloga-klaviatura/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-nepilna-komplektacija-fan-error/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-i5-7300u-nepilna-komplektacija-bloga-klaviatura-2/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t470s-14-0-fhd-ips-i5-7200u-nepilna-komplektacija-bloga-klaviatura-lcd-a-grade-baterijos-18-ir-20-nusidevejimo/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-xps-13-9365-13-3-ips-touchscreen-i5-7y54-8gb-ram-be-ssd-disko-silpna-baterija-kosmetiniai-trukumai-su-krovikliu/</t>
+  </si>
+  <si>
+    <t>Thinkpad T580</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t580-15-6-fhd-ips-i5-8250u-8gb-256gb-ssd-24-ir-20-susidevejimo-baterijos-prastos-bukles-ekranas/</t>
+  </si>
+  <si>
+    <t>ProBook 450 G6</t>
+  </si>
+  <si>
+    <t>Intel i5-8265U 1.6GHz, Max turbo dažnis 3.9GHz</t>
   </si>
   <si>
     <t>Korpuso tipas</t>
   </si>
   <si>
-    <t>Procesorius (CPU)</t>
-[...134 lines deleted...]
-    <t>HP Compaq 8200 Micro Tower</t>
+    <t>Z240 Tower</t>
   </si>
   <si>
     <t>Medium Tower</t>
   </si>
   <si>
-    <t>Intel i7-2600</t>
-[...58 lines deleted...]
-  <si>
     <t>Intel Xeon E3-1270 v6</t>
   </si>
   <si>
-    <t>32GB</t>
-[...1 lines deleted...]
-  <si>
     <t>https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/</t>
   </si>
   <si>
-    <t>Z230</t>
-[...16 lines deleted...]
-  <si>
     <t>ThinkStation P310</t>
   </si>
   <si>
     <t>Intel Xeon E3-1220 v5 3.0GHz, Max turbo dažnis 3.5GHz</t>
   </si>
   <si>
-    <t>480GB SSD</t>
-[...1 lines deleted...]
-  <si>
     <t>https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/</t>
   </si>
   <si>
-    <t>https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb/</t>
-[...1736 lines deleted...]
-    <t>https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/</t>
+    <t>Omen 25L GT14-1841no</t>
+  </si>
+  <si>
+    <t>Intel i5-13400F 10 Core Max turbo dažnis 4.6GHz</t>
+  </si>
+  <si>
+    <t>16GB DDR5 5200MHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-omen-25l-gt14-1841no-i5-13400f-16gb-ddr5-1tb-ssd-rtx-4060-ti-8gb/</t>
+  </si>
+  <si>
+    <t>Z2 Tower G4 Workstation</t>
+  </si>
+  <si>
+    <t>Intel Xeon E-2176G 3.7GHz , Max turbo dažnis 4.7GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-z2-tower-g4-workstation-xeon-e-2176g-16gb-512gb-ssd-gtx-1070-8gb/</t>
+  </si>
+  <si>
+    <t>Huawei</t>
+  </si>
+  <si>
+    <t>Intel Xeon Gold 6134 2vnt</t>
+  </si>
+  <si>
+    <t>32GB DDR4R 2666MHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/huawei-1288h-v5-serveris-x2-intel-xeon-gold-6134-2vnt-ddr4-2666mhz-ram-32gb-2tb/</t>
+  </si>
+  <si>
+    <t>i5-7400 4 branduoliai 3.0GHz, Max turbo dažnis 3.5Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/zaidimu-kompiuteris-minecraft-roblox-i5-7400-8gb-256gb-ssd-amd-radeon-rx-550-2gb-wifi-integruotas-yra/</t>
+  </si>
+  <si>
+    <t>Thinkstation P520C</t>
+  </si>
+  <si>
+    <t>Intel Xeon W-2123 4 branduoliai 3.6GHz, Max turbo dažnis 3.9Ghz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/thinkstation-p520c-intel-xeon-w-2123-16gb-ddr4-server-ram-256gb-ssd-nvidia-quadro-k620-500w-platinum-psu/</t>
+  </si>
+  <si>
+    <t>ThinkStation P620</t>
+  </si>
+  <si>
+    <t>Ryzen Threadripper PRO 3955WX 16 Core 3.9-4.3GHz</t>
+  </si>
+  <si>
+    <t>32GB DDR4 3200MHz registered,2*16GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/thinkstation-p620-ryzen-threadripper-pro-3955wx-16-core-3-9-4-3ghz-32gb-ddr4-server-ram-3200mhz-radeon-pro-wx-3200-100w-platinum-psu/</t>
+  </si>
+  <si>
+    <t>ThinkStation P510</t>
+  </si>
+  <si>
+    <t>16GB DDR4 Registered</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/thinkstation-p510-e5-2690-v4-16gb-512gb-ssd-nvidia-quadro-m4000/</t>
+  </si>
+  <si>
+    <t>2TB HDD, 512GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/thinkstation-p520c-intel-xeon-w-2123-16gb-ddr4-server-ram-512gb-ssd-2tb-hdd-nvidia-quadro-p1000-4gb-500w-psu/</t>
+  </si>
+  <si>
+    <t>Precision T7910</t>
+  </si>
+  <si>
+    <t>Intel E5-2687W v3 10 branduoliai 3.1GHz, Max turbo dažnis 3.5Ghz, 2vnt</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/precision-t7910-e5-2687w-v3-2vnt-be-ram-4gb-palikti-testuotis-be-ssd-disko-nvidia-quadro-k4200-4gb-tesla-k40-12gb/</t>
+  </si>
+  <si>
+    <t>Dell Vostro 3425 14.0 FHD IPS, Ryzen 5625U, Be ram ir be ssd diskų36 vnt B Grade. Krovikliai pridedami.</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-vostro-3425-14-0-fhd-ips-ryzen-5625u-be-ram-ir-be-ssd-disku36-vnt-b-grade-krovikliai-pridedami/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="3">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="16"/>
       <b/>
     </font>
     <font>
       <name val="Calibri"/>
@@ -2198,8347 +1274,4458 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/>
 <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/>
 <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/>
 <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dimm-ddr3-4gb-ram-atmintis-pc3-12800u-1600mhz/" TargetMode="External"/>
-[...13 lines deleted...]
-<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-zenbook-14-oled-ux3405-14-28801800-touch-ultra-7-155h-32gb-ddr5-1tb-ssd-11/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w/" TargetMode="External"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/originalus-naudotas-hp-ikroviklis-65w-7-5x-5-0mm/" TargetMode="External"/>
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dimm-ddr3-18gb-1-5v-1600mhz-parenkamas-atsitiktinis-gamintojas/" TargetMode="External"/>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-type-c-45w-ikroviklis-20v-2-25a-5v-3a-9v-9a-15v-3a-turime-dideli-kieki/" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w-kopija/" TargetMode="External"/>
+<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/so-dimm-ddr3-1vnt-16gb-pc3-12800s-laptopo-atmintis-vienoje-ploksteleje-16gb-ram-reta-preke/" TargetMode="External"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/gtx-1080-ti-11gb-gddr5x-nestandartinis-ausintuvas/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-esprimo-e720-i7-4790-8gb-ram-240gb-ssd/" TargetMode="External"/>
-[...42 lines deleted...]
-<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-m720s-sff-i5-8500-8gb-256gb-ssd/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-5495-14-0-fhd-ips-amd-ryzen-5-2500u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-hp-zbook-17-g3-fhd-ips-xeon-e3-1535m-v5-16gb-ram-512gb-ssd-quadro-m5000m-8gb-gddr5/" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-15-g1-workstation-15-6-fhd-matinis-i7-4700mq-8gb-256gb-ssd-nvidia-quadro-k1100m-2gb-gddr5/" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-14-g7-firefly-14-0-fhd-ips-i7-10610u-32gb-1tb-ssd-nvidia-quadro-p520-4gb-gddr5/" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/" TargetMode="External"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5570-15-6-fhd-500-nit-i7-12700h-64gb-ddr5-1tb-rtx-a2000-8gb-21/" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3571-15-6-fhd-i7-12700h-32gb-ddr5-1tb-rtx-a1000-4gb/" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/xps-15-9575-15-6-x360-4k-ts-i7-8705g-16gb-256gb-69/" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-16-0-wqxga-25601600-400-ni-i7-12850hx-32gb-1tb-a3000-12gb-11/" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i9-9880h-32gb-512gb-rtx-5000-16gb/" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-32gb-1tb-ssd-nvidia-quadro-t550-4gb-32/" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-fhd-ips-touchscreen-i7-6820hq-16gb-256gb-m2000m-4gb/" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-firefly-14-g8-14-fhd-ips-i7-1165g7-32gb-512gb-t500-4gb/" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-840-g8-14-0-fhd-ips-i5-1135g7-16gb-256gb-ssd-26-kopija/" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5490-14-0-qhd-ts-ultra-7-165h-32gb-512gb-ssd-rtx-a2000-8gb-gddr6-ada-generation-0-garantija-iki-2029-07-10/" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-4k-ips-i7-6820hq-32gb-512gb-m2000m-4gb/" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-16gb-512gb-ssd-nvidia-quadro-t550-4gb-35/" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p53-15-6-i7-9750h-32gb-512gb-t2000-4gb-16/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-tio-gen-3-21-5-fhd-ips-monitoriu-web-cam-garsiakalbiai/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/msi-ge60-15-6-19201080-tn-i7-4700mq-8gb-480gb-ssd-nvidia-gt-750m-2gb-gddr5-baterija-mirusi/" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/" TargetMode="External"/>
-[...94 lines deleted...]
-<Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-probook-440-g914-fhd-ips-i5-1235u-32gb-256gb-mx570a-2gb-22/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/" TargetMode="External"/>
+<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/" TargetMode="External"/>
+<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/" TargetMode="External"/>
+<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/" TargetMode="External"/>
+<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/" TargetMode="External"/>
+<Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/" TargetMode="External"/>
+<Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/" TargetMode="External"/>
+<Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/" TargetMode="External"/>
+<Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-330s-15ikb-15-6-fhd-i5-8250u-8gb-128gb-ssd-10-bloga-klaviat8ra-ekrane-matosi-nuospaudos-nuo-klaviaturos/" TargetMode="External"/>
+<Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-e544-15-6-fhd-ips-i5-4210m-8gb-256gb-ssd-20-keli-defektai/" TargetMode="External"/>
+<Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-e5-532-15-6-1366768-i3-4005u-8gb-128gb-ssd-12-touchpad-neveikia/" TargetMode="External"/>
+<Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-es1-512-15-6-celeron-n2920-8gb-1tb-hdd-bloga-baterija-ir-touchpad/" TargetMode="External"/>
+<Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-710-14ikb-su-defektais-14-0-fhd-ips-i5-7200u-4gb-256gb-ssd-ekrano-defektais-camera-neveikia-klaviatura-neidealiai-veikia/" TargetMode="External"/>
+<Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i5-6200u-8gb-be-disko-r5-m330-keli-nebaisus-trukumai/" TargetMode="External"/>
+<Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-a10-7300-8gb-r7-m260-bloga-baterija-ir-touchpad/" TargetMode="External"/>
+<Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-e1-572g-15-6-i5-4200u-8gb-750gb-hdd-bloga-baterija-ir-truksta-vieno-klaviso/" TargetMode="External"/>
+<Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-fhd-ips-idealus-ekranas-i5-8265u-8gb-0gb-ssd-su-defektu-klaviaturos-nevisi-mygtukai-veikia-baterijos-nera/" TargetMode="External"/>
+<Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-carbon-x1-3rd-gen-14-0-fhd-i5-5300u-8gb-0gb-ssd-bloga-klaviatura/" TargetMode="External"/>
+<Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-a285-12-5-hd-amd-ryzen-5-2500u-8gb-256gb-ssd-vienas-is-dvieju-usb-c-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t490-14-0-fhd-ips-i5-8265u-8gb-256gb-0-vienas-usb-c-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-inspiron-13-5370-13-3-fhd-ips-i5-8250u-8gb-256gb-45-neveikia-web-camera/" TargetMode="External"/>
+<Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-7200-touch-12-3-19201080-touchscreen-i5-8365u-16gb-256gb-baterija-i-pabaiga/" TargetMode="External"/>
+<Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-pu500c-15-6-hd-matinis-i5-3337u-10gb-ram-128gb-ssd-14/" TargetMode="External"/>
+<Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8350u-8gb-256-ssd-18-neveikia-1vnt-usb-ir-1vnt-usb-c/" TargetMode="External"/>
+<Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-n53s-15-6-i7-cpu-4gb-ram-be-ssd-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/neveikiantis-thinkbook-13s-g2-itl-i5-1135g7-8gb-ram-ilituoti-0gb-ssd-yra-baterija-netestuota/" TargetMode="External"/>
+<Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-530s-14ikb-14-0-fhd-ips-touchscreen-i5-8250u-0gb-ram-0gb-ssd-mx-130-2gb-gpu/" TargetMode="External"/>
+<Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-np930xdb-13-3-amoled-supilta-pagrindine-plokste-dalimis-arba-visas/" TargetMode="External"/>
+<Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-360-np930qdb-13-3-x360-touchscreen-amoled-mb-jau-buvo-lituota-ankstesnio-savininko/" TargetMode="External"/>
+<Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-y540-17irh-neveikiantis-i5-9300h-gtx-1660-ti-6gb-s-n-pf1zvzkv/" TargetMode="External"/>
+<Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-legion-y530-15ich-15-6-144hz-neveikiantis-i5-8300h-gtx-1060-6gb-8gb-ram-s-n-pf1efx10/" TargetMode="External"/>
+<Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-omen-15-en0802no-200w-ryzen-5-4600h-1660ti-6gb-neveikiantis-s-n-5cd0256bds/" TargetMode="External"/>
+<Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-xps-15-9550-15-6-i7-6700hq-960m-2gb-s-n-1ldnj72-sulietas-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-vvn7-591g-738g-i7-4720hq-gtx-960m-2gb-8gb-128gb-ssd-1tb-hdd-baterija-yra-laiko-veikia-blogi-vyriai/" TargetMode="External"/>
+<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-spectre-13-3000eo-13-3-25601440-ips-touchscreen-i5-4200u-8gb-256gb-ssd-23-truputi-dzerzgia-garsiakalbiai/" TargetMode="External"/>
+<Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-255-g3-15-6-hd-matinis-a4-5000-4gb-1tb-hdd-bloga-baterija-nuskiles-korpuso-kamputis/" TargetMode="External"/>
+<Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/asus-x53s-i3-2310m-8gb-be-disko-bloga-baterija/" TargetMode="External"/>
+<Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-860-16-i7-1355u-neveikiantis/" TargetMode="External"/>
+<Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/su-defektu-lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-5-2500u-8gb-256gb-ssd-abejos-baterijos-blogos-be-kroviklio-galima-dalimis-pirkti/" TargetMode="External"/>
+<Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/" TargetMode="External"/>
+<Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8250u-8gb-256gb-ssd-23-su-defektais-kosmetiniai-vienas-baltas-taskas-ekrane/" TargetMode="External"/>
+<Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-i5-7300u-nepilna-komplektacija-bloga-klaviatura/" TargetMode="External"/>
+<Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-nepilna-komplektacija-fan-error/" TargetMode="External"/>
+<Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-i5-7300u-nepilna-komplektacija-bloga-klaviatura-2/" TargetMode="External"/>
+<Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t470s-14-0-fhd-ips-i5-7200u-nepilna-komplektacija-bloga-klaviatura-lcd-a-grade-baterijos-18-ir-20-nusidevejimo/" TargetMode="External"/>
+<Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-xps-13-9365-13-3-ips-touchscreen-i5-7y54-8gb-ram-be-ssd-disko-silpna-baterija-kosmetiniai-trukumai-su-krovikliu/" TargetMode="External"/>
+<Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-t580-15-6-fhd-ips-i5-8250u-8gb-256gb-ssd-24-ir-20-susidevejimo-baterijos-prastos-bukles-ekranas/" TargetMode="External"/>
+<Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-probook-450-g6-15-6-fhd-ips-labai-prastos-bukles-ekranas-demes-nuospaudos-i5-8265u-16gb-256gb-ssd-11-nvidia-mx-130-2gb-koloneliu-defektas/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/" TargetMode="External"/>
-[...34 lines deleted...]
-<Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/" TargetMode="External"/>
+<Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/" TargetMode="External"/>
+<Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-omen-25l-gt14-1841no-i5-13400f-16gb-ddr5-1tb-ssd-rtx-4060-ti-8gb/" TargetMode="External"/>
+<Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-z2-tower-g4-workstation-xeon-e-2176g-16gb-512gb-ssd-gtx-1070-8gb/" TargetMode="External"/>
+<Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/huawei-1288h-v5-serveris-x2-intel-xeon-gold-6134-2vnt-ddr4-2666mhz-ram-32gb-2tb/" TargetMode="External"/>
+<Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/zaidimu-kompiuteris-minecraft-roblox-i5-7400-8gb-256gb-ssd-amd-radeon-rx-550-2gb-wifi-integruotas-yra/" TargetMode="External"/>
+<Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkstation-p520c-intel-xeon-w-2123-16gb-ddr4-server-ram-256gb-ssd-nvidia-quadro-k620-500w-platinum-psu/" TargetMode="External"/>
+<Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkstation-p620-ryzen-threadripper-pro-3955wx-16-core-3-9-4-3ghz-32gb-ddr4-server-ram-3200mhz-radeon-pro-wx-3200-100w-platinum-psu/" TargetMode="External"/>
+<Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkstation-p510-e5-2690-v4-16gb-512gb-ssd-nvidia-quadro-m4000/" TargetMode="External"/>
+<Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/thinkstation-p520c-intel-xeon-w-2123-16gb-ddr4-server-ram-512gb-ssd-2tb-hdd-nvidia-quadro-p1000-4gb-500w-psu/" TargetMode="External"/>
+<Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/precision-t7910-e5-2687w-v3-2vnt-be-ram-4gb-palikti-testuotis-be-ssd-disko-nvidia-quadro-k4200-4gb-tesla-k40-12gb/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/" TargetMode="External"/>
-[...52 lines deleted...]
-<Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-vostro-3425-14-0-fhd-ips-ryzen-5625u-be-ram-ir-be-ssd-disku36-vnt-b-grade-krovikliai-pridedami/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E16"/>
+  <dimension ref="A1:E8"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>2771</v>
+        <v>2775</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="3">
-        <v>3.31</v>
+        <v>7.80</v>
       </c>
       <c r="D2">
-        <v>4.01</v>
+        <v>9.44</v>
       </c>
       <c r="E2" t="s" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>2773</v>
+        <v>2973</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="3">
-        <v>3.31</v>
+        <v>4.13</v>
       </c>
       <c r="D3">
-        <v>4.01</v>
+        <v>5</v>
       </c>
       <c r="E3" t="s" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>2775</v>
+        <v>4242</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="3">
-        <v>7.80</v>
+        <v>10.09</v>
       </c>
       <c r="D4">
-        <v>9.44</v>
+        <v>12.21</v>
       </c>
       <c r="E4" t="s" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>2973</v>
+        <v>4706</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="3">
-        <v>4.13</v>
+        <v>12.40</v>
       </c>
       <c r="D5">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>3005</v>
+        <v>4718</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="3">
-        <v>38.84</v>
+        <v>12.40</v>
       </c>
       <c r="D6">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>4242</v>
+        <v>5047</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="3">
-        <v>10.09</v>
+        <v>33.06</v>
       </c>
       <c r="D7">
-        <v>12.21</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>4245</v>
+        <v>8699</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="3">
-        <v>10.09</v>
+        <v>140.49</v>
       </c>
       <c r="D8">
-        <v>12.21</v>
+        <v>169.99</v>
       </c>
       <c r="E8" t="s" s="4">
         <v>18</v>
       </c>
     </row>
-    <row r="9">
-[...134 lines deleted...]
-    </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="E2" r:id="rId1" location="" display="https://eridas.lt/preke/dimm-ddr3-4gb-ram-atmintis-pc3-12800u-1600mhz/"/>
-[...13 lines deleted...]
-    <hyperlink ref="E16" r:id="rId15" location="" display="https://eridas.lt/preke/asus-zenbook-14-oled-ux3405-14-28801800-touch-ultra-7-155h-32gb-ddr5-1tb-ssd-11/"/>
+    <hyperlink ref="E2" r:id="rId1" location="" display="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w/"/>
+    <hyperlink ref="E3" r:id="rId2" location="" display="https://eridas.lt/preke/originalus-naudotas-hp-ikroviklis-65w-7-5x-5-0mm/"/>
+    <hyperlink ref="E4" r:id="rId3" location="" display="https://eridas.lt/preke/dimm-ddr3-18gb-1-5v-1600mhz-parenkamas-atsitiktinis-gamintojas/"/>
+    <hyperlink ref="E5" r:id="rId4" location="" display="https://eridas.lt/preke/asus-type-c-45w-ikroviklis-20v-2-25a-5v-3a-9v-9a-15v-3a-turime-dideli-kieki/"/>
+    <hyperlink ref="E6" r:id="rId5" location="" display="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w-kopija/"/>
+    <hyperlink ref="E7" r:id="rId6" location="" display="https://eridas.lt/preke/so-dimm-ddr3-1vnt-16gb-pc3-12800s-laptopo-atmintis-vienoje-ploksteleje-16gb-ram-reta-preke/"/>
+    <hyperlink ref="E8" r:id="rId7" location="" display="https://eridas.lt/preke/gtx-1080-ti-11gb-gddr5x-nestandartinis-ausintuvas/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K45"/>
+  <dimension ref="A1:L22"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
-    <col min="3" max="3" width="43" customWidth="1"/>
-[...1565 lines deleted...]
-    <col min="5" max="5" width="60" customWidth="1"/>
+    <col min="3" max="3" width="24" customWidth="1"/>
+    <col min="4" max="4" width="42" customWidth="1"/>
+    <col min="5" max="5" width="57" customWidth="1"/>
     <col min="6" max="6" width="48" customWidth="1"/>
-    <col min="7" max="7" width="21" customWidth="1"/>
-    <col min="8" max="8" width="27" customWidth="1"/>
+    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="8" max="8" width="22" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
     <col min="10" max="10" width="16" customWidth="1"/>
     <col min="11" max="11" width="60" customWidth="1"/>
     <col min="12" max="12" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="C1" t="s" s="2">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="D1" t="s" s="2">
-        <v>182</v>
+        <v>21</v>
       </c>
       <c r="E1" t="s" s="2">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="F1" t="s" s="2">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G1" t="s" s="2">
-        <v>186</v>
+        <v>24</v>
       </c>
       <c r="H1" t="s" s="2">
-        <v>187</v>
+        <v>25</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="K1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="L1" t="s" s="2">
-        <v>41</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>2808</v>
+        <v>2839</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>188</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>189</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>190</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="H2"/>
       <c r="I2" s="3">
-        <v>115.70</v>
+        <v>165.29</v>
       </c>
       <c r="J2">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="K2" t="s" s="4">
-        <v>191</v>
+        <v>33</v>
       </c>
       <c r="L2"/>
     </row>
     <row r="3">
       <c r="A3">
-        <v>2817</v>
+        <v>3754</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>192</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
-        <v>193</v>
+        <v>36</v>
       </c>
       <c r="E3" t="s">
-        <v>194</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G3" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="H3"/>
-      <c r="I3">
-        <v>140</v>
+      <c r="I3" s="3">
+        <v>376.86</v>
       </c>
       <c r="J3">
-        <v>169.4</v>
+        <v>456</v>
       </c>
       <c r="K3" t="s" s="4">
-        <v>195</v>
+        <v>40</v>
       </c>
       <c r="L3"/>
     </row>
     <row r="4">
       <c r="A4">
-        <v>2821</v>
+        <v>3894</v>
       </c>
       <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
         <v>42</v>
       </c>
-      <c r="C4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>190</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G4" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H4"/>
       <c r="I4" s="3">
-        <v>140.49</v>
+        <v>107.44</v>
       </c>
       <c r="J4">
-        <v>169.99</v>
+        <v>130</v>
       </c>
       <c r="K4" t="s" s="4">
-        <v>197</v>
+        <v>44</v>
       </c>
       <c r="L4"/>
     </row>
     <row r="5">
       <c r="A5">
-        <v>2829</v>
+        <v>4419</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>198</v>
+        <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>193</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>190</v>
+        <v>47</v>
       </c>
       <c r="F5" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H5"/>
       <c r="I5" s="3">
-        <v>140.49</v>
+        <v>329.75</v>
       </c>
       <c r="J5">
-        <v>169.99</v>
+        <v>399</v>
       </c>
       <c r="K5" t="s" s="4">
-        <v>199</v>
+        <v>50</v>
       </c>
       <c r="L5"/>
     </row>
     <row r="6">
       <c r="A6">
-        <v>2834</v>
+        <v>5699</v>
       </c>
       <c r="B6" t="s">
-        <v>120</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>200</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>193</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>201</v>
+        <v>52</v>
       </c>
       <c r="F6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="H6"/>
       <c r="I6" s="3">
-        <v>190.08</v>
+        <v>661.16</v>
       </c>
       <c r="J6">
-        <v>230</v>
+        <v>800</v>
       </c>
       <c r="K6" t="s" s="4">
-        <v>202</v>
+        <v>53</v>
       </c>
       <c r="L6"/>
     </row>
     <row r="7">
       <c r="A7">
-        <v>2839</v>
+        <v>7338</v>
       </c>
       <c r="B7" t="s">
-        <v>120</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
-        <v>200</v>
+        <v>55</v>
       </c>
       <c r="D7" t="s">
-        <v>193</v>
+        <v>56</v>
       </c>
       <c r="E7" t="s">
-        <v>203</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="G7" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="H7"/>
       <c r="I7" s="3">
-        <v>165.29</v>
+        <v>577.68</v>
       </c>
       <c r="J7">
-        <v>200</v>
+        <v>698.99</v>
       </c>
       <c r="K7" t="s" s="4">
-        <v>204</v>
+        <v>58</v>
       </c>
       <c r="L7"/>
     </row>
     <row r="8">
       <c r="A8">
-        <v>2842</v>
+        <v>7731</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C8" t="s">
-        <v>205</v>
+        <v>59</v>
       </c>
       <c r="D8" t="s">
-        <v>193</v>
+        <v>60</v>
       </c>
       <c r="E8" t="s">
-        <v>206</v>
+        <v>61</v>
       </c>
       <c r="F8" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G8" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="H8"/>
       <c r="I8" s="3">
-        <v>280.99</v>
+        <v>238.84</v>
       </c>
       <c r="J8">
-        <v>340</v>
+        <v>289</v>
       </c>
       <c r="K8" t="s" s="4">
-        <v>207</v>
+        <v>62</v>
       </c>
       <c r="L8"/>
     </row>
     <row r="9">
       <c r="A9">
-        <v>2854</v>
+        <v>7760</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>205</v>
+        <v>63</v>
       </c>
       <c r="D9" t="s">
-        <v>193</v>
+        <v>60</v>
       </c>
       <c r="E9" t="s">
-        <v>208</v>
+        <v>64</v>
       </c>
       <c r="F9" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="H9"/>
       <c r="I9" s="3">
-        <v>181.82</v>
+        <v>264.46</v>
       </c>
       <c r="J9">
-        <v>220</v>
+        <v>320</v>
       </c>
       <c r="K9" t="s" s="4">
-        <v>209</v>
+        <v>65</v>
       </c>
       <c r="L9"/>
     </row>
     <row r="10">
       <c r="A10">
-        <v>2859</v>
+        <v>8870</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>210</v>
+        <v>66</v>
       </c>
       <c r="D10" t="s">
-        <v>193</v>
+        <v>67</v>
       </c>
       <c r="E10" t="s">
-        <v>211</v>
+        <v>68</v>
       </c>
       <c r="F10" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="G10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H10"/>
       <c r="I10" s="3">
-        <v>99.17</v>
+        <v>826.45</v>
       </c>
       <c r="J10">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="K10" t="s" s="4">
-        <v>212</v>
+        <v>70</v>
       </c>
       <c r="L10"/>
     </row>
     <row r="11">
       <c r="A11">
-        <v>2882</v>
+        <v>8878</v>
       </c>
       <c r="B11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" t="s">
+        <v>71</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>73</v>
+      </c>
+      <c r="G11" t="s">
         <v>49</v>
-      </c>
-[...13 lines deleted...]
-        <v>47</v>
       </c>
       <c r="H11"/>
       <c r="I11" s="3">
-        <v>131.40</v>
+        <v>537.19</v>
       </c>
       <c r="J11">
-        <v>158.99</v>
+        <v>650</v>
       </c>
       <c r="K11" t="s" s="4">
-        <v>214</v>
+        <v>74</v>
       </c>
       <c r="L11"/>
     </row>
     <row r="12">
       <c r="A12">
-        <v>2953</v>
+        <v>8905</v>
       </c>
       <c r="B12" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C12" t="s">
-        <v>215</v>
+        <v>75</v>
       </c>
       <c r="D12" t="s">
-        <v>216</v>
+        <v>76</v>
       </c>
       <c r="E12" t="s">
-        <v>217</v>
+        <v>77</v>
       </c>
       <c r="F12" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G12" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H12"/>
       <c r="I12" s="3">
-        <v>107.44</v>
+        <v>198.35</v>
       </c>
       <c r="J12">
-        <v>130</v>
+        <v>240</v>
       </c>
       <c r="K12" t="s" s="4">
-        <v>218</v>
+        <v>78</v>
       </c>
       <c r="L12"/>
     </row>
     <row r="13">
       <c r="A13">
-        <v>2961</v>
+        <v>8967</v>
       </c>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="C13" t="s">
-        <v>210</v>
+        <v>79</v>
       </c>
       <c r="D13" t="s">
-        <v>219</v>
+        <v>80</v>
       </c>
       <c r="E13" t="s">
-        <v>220</v>
+        <v>81</v>
       </c>
       <c r="F13" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="G13" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H13"/>
       <c r="I13" s="3">
-        <v>99.17</v>
+        <v>991.73</v>
       </c>
       <c r="J13">
-        <v>120</v>
+        <v>1199.99</v>
       </c>
       <c r="K13" t="s" s="4">
-        <v>221</v>
+        <v>82</v>
       </c>
       <c r="L13"/>
     </row>
     <row r="14">
       <c r="A14">
-        <v>2963</v>
+        <v>9013</v>
       </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>222</v>
+        <v>51</v>
       </c>
       <c r="D14" t="s">
-        <v>219</v>
+        <v>83</v>
       </c>
       <c r="E14" t="s">
-        <v>223</v>
+        <v>84</v>
       </c>
       <c r="F14" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="G14" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="H14"/>
       <c r="I14" s="3">
-        <v>90.91</v>
+        <v>644.63</v>
       </c>
       <c r="J14">
-        <v>110</v>
+        <v>780</v>
       </c>
       <c r="K14" t="s" s="4">
-        <v>224</v>
+        <v>85</v>
       </c>
       <c r="L14"/>
     </row>
     <row r="15">
       <c r="A15">
-        <v>2964</v>
+        <v>9207</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="C15" t="s">
-        <v>225</v>
+        <v>86</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>87</v>
       </c>
       <c r="E15" t="s">
-        <v>227</v>
+        <v>88</v>
       </c>
       <c r="F15" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="G15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H15"/>
       <c r="I15" s="3">
-        <v>123.97</v>
+        <v>454.54</v>
       </c>
       <c r="J15">
-        <v>150</v>
+        <v>549.99</v>
       </c>
       <c r="K15" t="s" s="4">
-        <v>228</v>
+        <v>89</v>
       </c>
       <c r="L15"/>
     </row>
     <row r="16">
       <c r="A16">
-        <v>2965</v>
+        <v>9385</v>
       </c>
       <c r="B16" t="s">
-        <v>229</v>
+        <v>54</v>
       </c>
       <c r="C16" t="s">
-        <v>230</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>219</v>
+        <v>91</v>
       </c>
       <c r="E16" t="s">
-        <v>231</v>
+        <v>92</v>
       </c>
       <c r="F16" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G16" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H16"/>
       <c r="I16" s="3">
-        <v>115.70</v>
+        <v>198.35</v>
       </c>
       <c r="J16">
-        <v>140</v>
+        <v>240</v>
       </c>
       <c r="K16" t="s" s="4">
-        <v>232</v>
+        <v>93</v>
       </c>
       <c r="L16"/>
     </row>
     <row r="17">
       <c r="A17">
-        <v>2966</v>
-[...18 lines deleted...]
-      </c>
+        <v>9466</v>
+      </c>
+      <c r="B17"/>
+      <c r="C17"/>
+      <c r="D17"/>
+      <c r="E17"/>
+      <c r="F17"/>
+      <c r="G17"/>
       <c r="H17"/>
       <c r="I17" s="3">
-        <v>99.17</v>
+        <v>404.96</v>
       </c>
       <c r="J17">
-        <v>120</v>
+        <v>490</v>
       </c>
       <c r="K17" t="s" s="4">
-        <v>234</v>
+        <v>94</v>
       </c>
       <c r="L17"/>
     </row>
     <row r="18">
       <c r="A18">
-        <v>2968</v>
+        <v>9505</v>
       </c>
       <c r="B18" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="C18" t="s">
-        <v>235</v>
+        <v>95</v>
       </c>
       <c r="D18" t="s">
-        <v>216</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>227</v>
+        <v>96</v>
       </c>
       <c r="F18" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G18" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H18"/>
       <c r="I18" s="3">
-        <v>107.44</v>
+        <v>330.58</v>
       </c>
       <c r="J18">
-        <v>130</v>
+        <v>400</v>
       </c>
       <c r="K18" t="s" s="4">
-        <v>236</v>
+        <v>97</v>
       </c>
       <c r="L18"/>
     </row>
     <row r="19">
       <c r="A19">
-        <v>3057</v>
+        <v>9545</v>
       </c>
       <c r="B19" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C19" t="s">
-        <v>237</v>
+        <v>98</v>
       </c>
       <c r="D19" t="s">
-        <v>238</v>
+        <v>99</v>
       </c>
       <c r="E19" t="s">
-        <v>239</v>
+        <v>100</v>
       </c>
       <c r="F19" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G19" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="H19"/>
+        <v>39</v>
+      </c>
+      <c r="H19" s="5">
+        <v>0</v>
+      </c>
       <c r="I19" s="3">
-        <v>363.64</v>
+        <v>1222.31</v>
       </c>
       <c r="J19">
-        <v>440</v>
+        <v>1479</v>
       </c>
       <c r="K19" t="s" s="4">
-        <v>240</v>
+        <v>102</v>
       </c>
       <c r="L19"/>
     </row>
     <row r="20">
       <c r="A20">
-        <v>3064</v>
+        <v>9610</v>
       </c>
       <c r="B20" t="s">
-        <v>241</v>
+        <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>242</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>243</v>
+        <v>103</v>
       </c>
       <c r="E20" t="s">
-        <v>244</v>
+        <v>92</v>
       </c>
       <c r="F20" t="s">
-        <v>166</v>
+        <v>48</v>
       </c>
       <c r="G20" t="s">
-        <v>245</v>
+        <v>39</v>
       </c>
       <c r="H20"/>
       <c r="I20" s="3">
-        <v>181.82</v>
+        <v>280.99</v>
       </c>
       <c r="J20">
-        <v>220</v>
+        <v>340</v>
       </c>
       <c r="K20" t="s" s="4">
-        <v>246</v>
+        <v>104</v>
       </c>
       <c r="L20"/>
     </row>
     <row r="21">
       <c r="A21">
-        <v>3090</v>
+        <v>9672</v>
       </c>
       <c r="B21" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C21" t="s">
-        <v>247</v>
+        <v>86</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>87</v>
       </c>
       <c r="E21" t="s">
-        <v>248</v>
+        <v>88</v>
       </c>
       <c r="F21" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G21" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="H21"/>
       <c r="I21" s="3">
-        <v>198.35</v>
+        <v>404.96</v>
       </c>
       <c r="J21">
-        <v>240</v>
+        <v>490</v>
       </c>
       <c r="K21" t="s" s="4">
-        <v>249</v>
+        <v>105</v>
       </c>
       <c r="L21"/>
     </row>
     <row r="22">
       <c r="A22">
-        <v>3134</v>
+        <v>9692</v>
       </c>
       <c r="B22" t="s">
-        <v>229</v>
+        <v>54</v>
       </c>
       <c r="C22" t="s">
-        <v>250</v>
+        <v>106</v>
       </c>
       <c r="D22" t="s">
-        <v>251</v>
+        <v>107</v>
       </c>
       <c r="E22" t="s">
-        <v>227</v>
+        <v>108</v>
       </c>
       <c r="F22" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="G22" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="H22"/>
       <c r="I22" s="3">
-        <v>99.17</v>
+        <v>371.90</v>
       </c>
       <c r="J22">
-        <v>120</v>
+        <v>450</v>
       </c>
       <c r="K22" t="s" s="4">
-        <v>252</v>
+        <v>109</v>
       </c>
       <c r="L22"/>
-    </row>
-[...2556 lines deleted...]
-      <c r="L97"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="K2" r:id="rId61" location="" display="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd-i5-8250u-8gb-128gb-ssd/"/>
-[...94 lines deleted...]
-    <hyperlink ref="K97" r:id="rId156" location="" display="https://eridas.lt/preke/hp-probook-440-g914-fhd-ips-i5-1235u-32gb-256gb-mx570a-2gb-22/"/>
+    <hyperlink ref="K2" r:id="rId8" location="" display="https://eridas.lt/preke/dell-latitude-5495-14-0-fhd-ips-amd-ryzen-5-2500u-8gb-256gb-ssd/"/>
+    <hyperlink ref="K3" r:id="rId9" location="" display="https://eridas.lt/preke/17-3-hp-zbook-17-g3-fhd-ips-xeon-e3-1535m-v5-16gb-ram-512gb-ssd-quadro-m5000m-8gb-gddr5/"/>
+    <hyperlink ref="K4" r:id="rId10" location="" display="https://eridas.lt/preke/hp-zbook-15-g1-workstation-15-6-fhd-matinis-i7-4700mq-8gb-256gb-ssd-nvidia-quadro-k1100m-2gb-gddr5/"/>
+    <hyperlink ref="K5" r:id="rId11" location="" display="https://eridas.lt/preke/hp-zbook-14-g7-firefly-14-0-fhd-ips-i7-10610u-32gb-1tb-ssd-nvidia-quadro-p520-4gb-gddr5/"/>
+    <hyperlink ref="K6" r:id="rId12" location="" display="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/"/>
+    <hyperlink ref="K7" r:id="rId13" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/"/>
+    <hyperlink ref="K8" r:id="rId14" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/"/>
+    <hyperlink ref="K9" r:id="rId15" location="" display="https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/"/>
+    <hyperlink ref="K10" r:id="rId16" location="" display="https://eridas.lt/preke/dell-precision-5570-15-6-fhd-500-nit-i7-12700h-64gb-ddr5-1tb-rtx-a2000-8gb-21/"/>
+    <hyperlink ref="K11" r:id="rId17" location="" display="https://eridas.lt/preke/dell-precision-3571-15-6-fhd-i7-12700h-32gb-ddr5-1tb-rtx-a1000-4gb/"/>
+    <hyperlink ref="K12" r:id="rId18" location="" display="https://eridas.lt/preke/xps-15-9575-15-6-x360-4k-ts-i7-8705g-16gb-256gb-69/"/>
+    <hyperlink ref="K13" r:id="rId19" location="" display="https://eridas.lt/preke/lenovo-thinkpad-16-0-wqxga-25601600-400-ni-i7-12850hx-32gb-1tb-a3000-12gb-11/"/>
+    <hyperlink ref="K14" r:id="rId20" location="" display="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i9-9880h-32gb-512gb-rtx-5000-16gb/"/>
+    <hyperlink ref="K15" r:id="rId21" location="" display="https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-32gb-1tb-ssd-nvidia-quadro-t550-4gb-32/"/>
+    <hyperlink ref="K16" r:id="rId22" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-fhd-ips-touchscreen-i7-6820hq-16gb-256gb-m2000m-4gb/"/>
+    <hyperlink ref="K17" r:id="rId23" location="" display="https://eridas.lt/preke/hp-zbook-firefly-14-g8-14-fhd-ips-i7-1165g7-32gb-512gb-t500-4gb/"/>
+    <hyperlink ref="K18" r:id="rId24" location="" display="https://eridas.lt/preke/hp-elitebook-840-g8-14-0-fhd-ips-i5-1135g7-16gb-256gb-ssd-26-kopija/"/>
+    <hyperlink ref="K19" r:id="rId25" location="" display="https://eridas.lt/preke/dell-precision-5490-14-0-qhd-ts-ultra-7-165h-32gb-512gb-ssd-rtx-a2000-8gb-gddr6-ada-generation-0-garantija-iki-2029-07-10/"/>
+    <hyperlink ref="K20" r:id="rId26" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-4k-ips-i7-6820hq-32gb-512gb-m2000m-4gb/"/>
+    <hyperlink ref="K21" r:id="rId27" location="" display="https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-16gb-512gb-ssd-nvidia-quadro-t550-4gb-35/"/>
+    <hyperlink ref="K22" r:id="rId28" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p53-15-6-i7-9750h-32gb-512gb-t2000-4gb-16/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J37"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="29" customWidth="1"/>
-    <col min="5" max="5" width="50" customWidth="1"/>
+    <col min="5" max="5" width="59" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
-    <col min="7" max="7" width="12" customWidth="1"/>
+    <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="C1" t="s" s="2">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="D1" t="s" s="2">
-        <v>182</v>
+        <v>21</v>
       </c>
       <c r="E1" t="s" s="2">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="F1" t="s" s="2">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G1" t="s" s="2">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2855</v>
       </c>
       <c r="B2" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>497</v>
+        <v>111</v>
       </c>
       <c r="D2" t="s">
-        <v>498</v>
+        <v>112</v>
       </c>
       <c r="E2" t="s">
-        <v>499</v>
+        <v>113</v>
       </c>
       <c r="F2" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H2" s="3">
         <v>74.38</v>
       </c>
       <c r="I2">
         <v>90</v>
       </c>
       <c r="J2" t="s" s="4">
-        <v>500</v>
+        <v>115</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2947</v>
       </c>
       <c r="B3" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C3" t="s">
-        <v>501</v>
+        <v>116</v>
       </c>
       <c r="D3" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E3" t="s">
-        <v>502</v>
+        <v>118</v>
       </c>
       <c r="F3" t="s">
-        <v>166</v>
+        <v>119</v>
       </c>
       <c r="G3" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H3" s="3">
         <v>66.12</v>
       </c>
       <c r="I3">
         <v>80.01</v>
       </c>
       <c r="J3" t="s" s="4">
-        <v>503</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>2948</v>
       </c>
       <c r="B4" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>504</v>
+        <v>121</v>
       </c>
       <c r="D4" t="s">
-        <v>254</v>
+        <v>122</v>
       </c>
       <c r="E4" t="s">
-        <v>505</v>
+        <v>123</v>
       </c>
       <c r="F4" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G4" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H4" s="3">
         <v>78.51</v>
       </c>
       <c r="I4">
         <v>95</v>
       </c>
       <c r="J4" t="s" s="4">
-        <v>506</v>
+        <v>124</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>2949</v>
       </c>
       <c r="B5" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>507</v>
+        <v>125</v>
       </c>
       <c r="D5" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E5" t="s">
-        <v>508</v>
+        <v>126</v>
       </c>
       <c r="F5" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G5" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H5" s="3">
         <v>57.85</v>
       </c>
       <c r="I5">
         <v>70</v>
       </c>
       <c r="J5" t="s" s="4">
-        <v>509</v>
+        <v>127</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>2950</v>
       </c>
       <c r="B6" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>215</v>
+        <v>128</v>
       </c>
       <c r="D6" t="s">
-        <v>254</v>
+        <v>122</v>
       </c>
       <c r="E6" t="s">
-        <v>217</v>
+        <v>129</v>
       </c>
       <c r="F6" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H6" s="3">
         <v>99.17</v>
       </c>
       <c r="I6">
         <v>120</v>
       </c>
       <c r="J6" t="s" s="4">
-        <v>510</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>2951</v>
       </c>
       <c r="B7" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C7" t="s">
-        <v>507</v>
+        <v>125</v>
       </c>
       <c r="D7" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E7" t="s">
-        <v>508</v>
+        <v>126</v>
       </c>
       <c r="F7" t="s">
-        <v>166</v>
+        <v>119</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H7" s="3">
         <v>53.72</v>
       </c>
       <c r="I7">
         <v>65</v>
       </c>
       <c r="J7" t="s" s="4">
-        <v>511</v>
+        <v>131</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>2952</v>
       </c>
       <c r="B8" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>504</v>
+        <v>121</v>
       </c>
       <c r="D8" t="s">
-        <v>254</v>
+        <v>122</v>
       </c>
       <c r="E8" t="s">
-        <v>505</v>
+        <v>123</v>
       </c>
       <c r="F8" t="s">
-        <v>166</v>
+        <v>119</v>
       </c>
       <c r="G8" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H8" s="3">
         <v>78.51</v>
       </c>
       <c r="I8">
         <v>95</v>
       </c>
       <c r="J8" t="s" s="4">
-        <v>512</v>
+        <v>132</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>2954</v>
       </c>
       <c r="B9" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>507</v>
+        <v>125</v>
       </c>
       <c r="D9" t="s">
-        <v>513</v>
+        <v>133</v>
       </c>
       <c r="E9" t="s">
-        <v>514</v>
+        <v>134</v>
       </c>
       <c r="F9" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H9" s="3">
         <v>53.72</v>
       </c>
       <c r="I9">
         <v>65</v>
       </c>
       <c r="J9" t="s" s="4">
-        <v>515</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>2955</v>
       </c>
       <c r="B10" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>516</v>
+        <v>136</v>
       </c>
       <c r="D10" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E10" t="s">
-        <v>517</v>
+        <v>137</v>
       </c>
       <c r="F10" t="s">
-        <v>166</v>
+        <v>119</v>
       </c>
       <c r="G10" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H10" s="3">
         <v>53.72</v>
       </c>
       <c r="I10">
         <v>65</v>
       </c>
       <c r="J10" t="s" s="4">
-        <v>518</v>
+        <v>138</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>2960</v>
       </c>
       <c r="B11" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="C11" t="s">
-        <v>222</v>
+        <v>140</v>
       </c>
       <c r="D11" t="s">
-        <v>219</v>
+        <v>141</v>
       </c>
       <c r="E11" t="s">
-        <v>223</v>
+        <v>142</v>
       </c>
       <c r="F11" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G11" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H11" s="3">
         <v>82.64</v>
       </c>
       <c r="I11">
         <v>99.99</v>
       </c>
       <c r="J11" t="s" s="4">
-        <v>519</v>
+        <v>143</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>2962</v>
       </c>
       <c r="B12" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="C12" t="s">
-        <v>520</v>
+        <v>144</v>
       </c>
       <c r="D12" t="s">
-        <v>521</v>
+        <v>145</v>
       </c>
       <c r="E12" t="s">
-        <v>522</v>
+        <v>146</v>
       </c>
       <c r="F12" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G12" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H12" s="3">
         <v>74.38</v>
       </c>
       <c r="I12">
         <v>90</v>
       </c>
       <c r="J12" t="s" s="4">
-        <v>523</v>
+        <v>147</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>2967</v>
       </c>
       <c r="B13" t="s">
-        <v>229</v>
+        <v>148</v>
       </c>
       <c r="C13" t="s">
-        <v>524</v>
+        <v>149</v>
       </c>
       <c r="D13" t="s">
-        <v>521</v>
+        <v>145</v>
       </c>
       <c r="E13" t="s">
-        <v>223</v>
+        <v>142</v>
       </c>
       <c r="F13" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G13" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H13" s="3">
         <v>78.51</v>
       </c>
       <c r="I13">
         <v>95</v>
       </c>
       <c r="J13" t="s" s="4">
-        <v>525</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>3181</v>
       </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="C14" t="s">
-        <v>526</v>
+        <v>151</v>
       </c>
       <c r="D14" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E14" t="s">
-        <v>522</v>
+        <v>146</v>
       </c>
       <c r="F14" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H14" s="3">
         <v>74.38</v>
       </c>
       <c r="I14">
         <v>90</v>
       </c>
       <c r="J14" t="s" s="4">
-        <v>527</v>
+        <v>152</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>3728</v>
       </c>
       <c r="B15" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>528</v>
+        <v>153</v>
       </c>
       <c r="D15" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E15" t="s">
-        <v>220</v>
+        <v>154</v>
       </c>
       <c r="F15" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
+        <v>155</v>
       </c>
       <c r="H15">
         <v>50</v>
       </c>
       <c r="I15">
         <v>60.5</v>
       </c>
       <c r="J15" t="s" s="4">
-        <v>529</v>
+        <v>156</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>3905</v>
       </c>
       <c r="B16" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C16" t="s">
-        <v>530</v>
+        <v>157</v>
       </c>
       <c r="D16" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E16" t="s">
-        <v>531</v>
+        <v>158</v>
       </c>
       <c r="F16" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G16" t="s">
-        <v>532</v>
+        <v>159</v>
       </c>
       <c r="H16" s="3">
         <v>45.45</v>
       </c>
       <c r="I16">
         <v>54.99</v>
       </c>
       <c r="J16" t="s" s="4">
-        <v>533</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>3908</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C17" t="s">
-        <v>534</v>
+        <v>161</v>
       </c>
       <c r="D17" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E17" t="s">
-        <v>535</v>
+        <v>162</v>
       </c>
       <c r="F17" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G17" t="s">
-        <v>532</v>
+        <v>159</v>
       </c>
       <c r="H17" s="3">
         <v>41.32</v>
       </c>
       <c r="I17">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="4">
-        <v>536</v>
+        <v>163</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>4092</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>537</v>
+        <v>164</v>
       </c>
       <c r="D18" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E18" t="s">
-        <v>531</v>
+        <v>158</v>
       </c>
       <c r="F18" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G18" t="s">
-        <v>532</v>
+        <v>159</v>
       </c>
       <c r="H18" s="3">
         <v>49.59</v>
       </c>
       <c r="I18">
         <v>60</v>
       </c>
       <c r="J18" t="s" s="4">
-        <v>538</v>
+        <v>165</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>4094</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>539</v>
+        <v>166</v>
       </c>
       <c r="D19" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E19" t="s">
-        <v>540</v>
+        <v>167</v>
       </c>
       <c r="F19" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G19" t="s">
-        <v>532</v>
+        <v>159</v>
       </c>
       <c r="H19" s="3">
         <v>45.45</v>
       </c>
       <c r="I19">
         <v>54.99</v>
       </c>
       <c r="J19" t="s" s="4">
-        <v>541</v>
+        <v>168</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>4096</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>542</v>
+        <v>169</v>
       </c>
       <c r="D20" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E20" t="s">
-        <v>531</v>
+        <v>158</v>
       </c>
       <c r="F20" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G20" t="s">
-        <v>532</v>
+        <v>159</v>
       </c>
       <c r="H20" s="3">
         <v>49.59</v>
       </c>
       <c r="I20">
         <v>60</v>
       </c>
       <c r="J20" t="s" s="4">
-        <v>543</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>4098</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C21" t="s">
-        <v>544</v>
+        <v>171</v>
       </c>
       <c r="D21" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="E21" t="s">
-        <v>540</v>
+        <v>167</v>
       </c>
       <c r="F21" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G21" t="s">
-        <v>532</v>
+        <v>159</v>
       </c>
       <c r="H21" s="3">
         <v>45.45</v>
       </c>
       <c r="I21">
         <v>54.99</v>
       </c>
       <c r="J21" t="s" s="4">
-        <v>545</v>
+        <v>172</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>4142</v>
       </c>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22" s="3">
         <v>37.19</v>
       </c>
       <c r="I22">
         <v>45</v>
       </c>
       <c r="J22" t="s" s="4">
-        <v>546</v>
+        <v>173</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>4145</v>
       </c>
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" s="3">
         <v>37.19</v>
       </c>
       <c r="I23">
         <v>45</v>
       </c>
       <c r="J23" t="s" s="4">
-        <v>547</v>
+        <v>174</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>4154</v>
       </c>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24" s="3">
         <v>37.19</v>
       </c>
       <c r="I24">
         <v>45</v>
       </c>
       <c r="J24" t="s" s="4">
-        <v>548</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>4159</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25" s="3">
         <v>37.19</v>
       </c>
       <c r="I25">
         <v>45</v>
       </c>
       <c r="J25" t="s" s="4">
-        <v>549</v>
+        <v>176</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>4599</v>
       </c>
       <c r="B26" t="s">
-        <v>306</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
-        <v>550</v>
+        <v>178</v>
       </c>
       <c r="D26" t="s">
-        <v>551</v>
+        <v>179</v>
       </c>
       <c r="E26" t="s">
-        <v>552</v>
+        <v>180</v>
       </c>
       <c r="F26" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G26" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H26" s="3">
         <v>66.12</v>
       </c>
       <c r="I26">
         <v>80.01</v>
       </c>
       <c r="J26" t="s" s="4">
-        <v>553</v>
+        <v>181</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>4628</v>
       </c>
       <c r="B27" t="s">
-        <v>229</v>
+        <v>148</v>
       </c>
       <c r="C27" t="s">
-        <v>554</v>
+        <v>182</v>
       </c>
       <c r="D27" t="s">
-        <v>551</v>
+        <v>179</v>
       </c>
       <c r="E27" t="s">
-        <v>555</v>
+        <v>183</v>
       </c>
       <c r="F27" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G27" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H27" s="3">
         <v>37.19</v>
       </c>
       <c r="I27">
         <v>45</v>
       </c>
       <c r="J27" t="s" s="4">
-        <v>556</v>
+        <v>184</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>5646</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="C28" t="s">
-        <v>557</v>
+        <v>185</v>
       </c>
       <c r="D28" t="s">
-        <v>254</v>
+        <v>122</v>
       </c>
       <c r="E28" t="s">
-        <v>558</v>
+        <v>186</v>
       </c>
       <c r="F28" t="s">
-        <v>422</v>
+        <v>187</v>
       </c>
       <c r="G28" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H28" s="3">
         <v>82.64</v>
       </c>
       <c r="I28">
         <v>99.99</v>
       </c>
       <c r="J28" t="s" s="4">
-        <v>559</v>
+        <v>188</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>5865</v>
       </c>
       <c r="B29" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="C29" t="s">
-        <v>560</v>
+        <v>189</v>
       </c>
       <c r="D29" t="s">
-        <v>561</v>
+        <v>190</v>
       </c>
       <c r="E29" t="s">
-        <v>562</v>
+        <v>191</v>
       </c>
       <c r="F29" t="s">
-        <v>563</v>
+        <v>192</v>
       </c>
       <c r="G29" t="s">
-        <v>68</v>
+        <v>155</v>
       </c>
       <c r="H29" s="3">
         <v>82.64</v>
       </c>
       <c r="I29">
         <v>99.99</v>
       </c>
       <c r="J29" t="s" s="4">
-        <v>564</v>
+        <v>193</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>5876</v>
       </c>
       <c r="B30" t="s">
-        <v>306</v>
+        <v>177</v>
       </c>
       <c r="C30" t="s">
-        <v>565</v>
+        <v>194</v>
       </c>
       <c r="D30" t="s">
-        <v>566</v>
+        <v>195</v>
       </c>
       <c r="E30" t="s">
-        <v>567</v>
+        <v>196</v>
       </c>
       <c r="F30" t="s">
-        <v>166</v>
+        <v>119</v>
       </c>
       <c r="G30" t="s">
-        <v>68</v>
+        <v>155</v>
       </c>
       <c r="H30" s="3">
         <v>82.64</v>
       </c>
       <c r="I30">
         <v>99.99</v>
       </c>
       <c r="J30" t="s" s="4">
-        <v>568</v>
+        <v>197</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>6150</v>
+        <v>5883</v>
       </c>
       <c r="B31" t="s">
-        <v>61</v>
+        <v>177</v>
       </c>
       <c r="C31" t="s">
-        <v>569</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="D31"/>
       <c r="E31" t="s">
-        <v>570</v>
+        <v>199</v>
       </c>
       <c r="F31" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="G31" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H31" s="3">
-        <v>74.38</v>
+        <v>41.32</v>
       </c>
       <c r="I31">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="J31" t="s" s="4">
-        <v>571</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>6158</v>
+        <v>6033</v>
       </c>
       <c r="B32" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C32" t="s">
-        <v>572</v>
+        <v>201</v>
       </c>
       <c r="D32" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
       <c r="E32" t="s">
-        <v>573</v>
+        <v>202</v>
       </c>
       <c r="F32" t="s">
-        <v>97</v>
+        <v>203</v>
       </c>
       <c r="G32" t="s">
-        <v>47</v>
+        <v>204</v>
       </c>
       <c r="H32" s="3">
-        <v>66.12</v>
+        <v>70.25</v>
       </c>
       <c r="I32">
-        <v>80.01</v>
+        <v>85</v>
       </c>
       <c r="J32" t="s" s="4">
-        <v>574</v>
+        <v>205</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>6682</v>
-[...8 lines deleted...]
-        <v>40</v>
+        <v>6047</v>
+      </c>
+      <c r="B33" t="s">
+        <v>206</v>
+      </c>
+      <c r="C33" t="s">
+        <v>207</v>
+      </c>
+      <c r="D33" t="s">
+        <v>42</v>
+      </c>
+      <c r="E33" t="s">
+        <v>208</v>
+      </c>
+      <c r="F33" t="s">
+        <v>31</v>
+      </c>
+      <c r="G33" t="s">
+        <v>209</v>
+      </c>
+      <c r="H33" s="3">
+        <v>82.64</v>
       </c>
       <c r="I33">
-        <v>48.4</v>
+        <v>99.99</v>
       </c>
       <c r="J33" t="s" s="4">
-        <v>575</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>6687</v>
-[...8 lines deleted...]
-        <v>60</v>
+        <v>6158</v>
+      </c>
+      <c r="B34" t="s">
+        <v>54</v>
+      </c>
+      <c r="C34" t="s">
+        <v>211</v>
+      </c>
+      <c r="D34" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" t="s">
+        <v>212</v>
+      </c>
+      <c r="F34" t="s">
+        <v>31</v>
+      </c>
+      <c r="G34" t="s">
+        <v>32</v>
+      </c>
+      <c r="H34" s="3">
+        <v>66.12</v>
       </c>
       <c r="I34">
-        <v>72.6</v>
+        <v>80.01</v>
       </c>
       <c r="J34" t="s" s="4">
-        <v>576</v>
+        <v>213</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>6692</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>6173</v>
+      </c>
+      <c r="B35" t="s">
+        <v>54</v>
+      </c>
+      <c r="C35" t="s">
+        <v>214</v>
+      </c>
+      <c r="D35" t="s">
+        <v>215</v>
+      </c>
+      <c r="E35" t="s">
+        <v>216</v>
+      </c>
+      <c r="F35" t="s">
+        <v>31</v>
+      </c>
+      <c r="G35" t="s">
+        <v>217</v>
+      </c>
+      <c r="H35" s="3">
+        <v>66.11</v>
       </c>
       <c r="I35">
-        <v>42.35</v>
+        <v>79.99</v>
       </c>
       <c r="J35" t="s" s="4">
-        <v>577</v>
+        <v>218</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>6867</v>
+        <v>6682</v>
       </c>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
-      <c r="H36" s="3">
-        <v>53.72</v>
+      <c r="H36">
+        <v>40</v>
       </c>
       <c r="I36">
-        <v>65</v>
+        <v>48.4</v>
       </c>
       <c r="J36" t="s" s="4">
-        <v>578</v>
+        <v>219</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>7313</v>
       </c>
       <c r="B37" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C37" t="s">
-        <v>579</v>
+        <v>220</v>
       </c>
       <c r="D37" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E37" t="s">
-        <v>580</v>
+        <v>222</v>
       </c>
       <c r="F37" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G37" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H37" s="3">
         <v>66.12</v>
       </c>
       <c r="I37">
         <v>80.01</v>
       </c>
       <c r="J37" t="s" s="4">
-        <v>581</v>
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId157" location="" display="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/"/>
-[...34 lines deleted...]
-    <hyperlink ref="J37" r:id="rId192" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/"/>
+    <hyperlink ref="J2" r:id="rId29" location="" display="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/"/>
+    <hyperlink ref="J3" r:id="rId30" location="" display="https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/"/>
+    <hyperlink ref="J4" r:id="rId31" location="" display="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/"/>
+    <hyperlink ref="J5" r:id="rId32" location="" display="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J6" r:id="rId33" location="" display="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/"/>
+    <hyperlink ref="J7" r:id="rId34" location="" display="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/"/>
+    <hyperlink ref="J8" r:id="rId35" location="" display="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/"/>
+    <hyperlink ref="J9" r:id="rId36" location="" display="https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J10" r:id="rId37" location="" display="https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/"/>
+    <hyperlink ref="J11" r:id="rId38" location="" display="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J12" r:id="rId39" location="" display="https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/"/>
+    <hyperlink ref="J13" r:id="rId40" location="" display="https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J14" r:id="rId41" location="" display="https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/"/>
+    <hyperlink ref="J15" r:id="rId42" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/"/>
+    <hyperlink ref="J16" r:id="rId43" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J17" r:id="rId44" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J18" r:id="rId45" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J19" r:id="rId46" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J20" r:id="rId47" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J21" r:id="rId48" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J22" r:id="rId49" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/"/>
+    <hyperlink ref="J23" r:id="rId50" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/"/>
+    <hyperlink ref="J24" r:id="rId51" location="" display="https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/"/>
+    <hyperlink ref="J25" r:id="rId52" location="" display="https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/"/>
+    <hyperlink ref="J26" r:id="rId53" location="" display="https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/"/>
+    <hyperlink ref="J27" r:id="rId54" location="" display="https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/"/>
+    <hyperlink ref="J28" r:id="rId55" location="" display="https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/"/>
+    <hyperlink ref="J29" r:id="rId56" location="" display="https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/"/>
+    <hyperlink ref="J30" r:id="rId57" location="" display="https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/"/>
+    <hyperlink ref="J31" r:id="rId58" location="" display="https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/"/>
+    <hyperlink ref="J32" r:id="rId59" location="" display="https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/"/>
+    <hyperlink ref="J33" r:id="rId60" location="" display="https://eridas.lt/preke/msi-ge60-15-6-19201080-tn-i7-4700mq-8gb-480gb-ssd-nvidia-gt-750m-2gb-gddr5-baterija-mirusi/"/>
+    <hyperlink ref="J34" r:id="rId61" location="" display="https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/"/>
+    <hyperlink ref="J35" r:id="rId62" location="" display="https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/"/>
+    <hyperlink ref="J36" r:id="rId63" location="" display="https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/"/>
+    <hyperlink ref="J37" r:id="rId64" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J55"/>
+  <dimension ref="A1:J59"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="31" customWidth="1"/>
     <col min="5" max="5" width="50" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="C1" t="s" s="2">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="D1" t="s" s="2">
-        <v>182</v>
+        <v>21</v>
       </c>
       <c r="E1" t="s" s="2">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="F1" t="s" s="2">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G1" t="s" s="2">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2894</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>582</v>
+        <v>224</v>
       </c>
       <c r="D2" t="s">
-        <v>583</v>
+        <v>225</v>
       </c>
       <c r="E2" t="s">
-        <v>190</v>
+        <v>226</v>
       </c>
       <c r="F2" t="s">
-        <v>584</v>
+        <v>227</v>
       </c>
       <c r="G2" t="s">
-        <v>585</v>
+        <v>228</v>
       </c>
       <c r="H2">
         <v>1000</v>
       </c>
       <c r="I2">
         <v>1210</v>
       </c>
       <c r="J2" t="s" s="4">
-        <v>586</v>
+        <v>229</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2899</v>
       </c>
       <c r="B3" t="s">
-        <v>335</v>
+        <v>230</v>
       </c>
       <c r="C3" t="s">
-        <v>587</v>
+        <v>231</v>
       </c>
       <c r="D3" t="s">
-        <v>193</v>
+        <v>29</v>
       </c>
       <c r="E3" t="s">
-        <v>588</v>
+        <v>232</v>
       </c>
       <c r="F3" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G3" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H3" s="3">
         <v>205.79</v>
       </c>
       <c r="I3">
         <v>249.01</v>
       </c>
       <c r="J3" t="s" s="4">
-        <v>589</v>
+        <v>233</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3311</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" s="3">
         <v>29.75</v>
       </c>
       <c r="I4">
         <v>36</v>
       </c>
       <c r="J4" t="s" s="4">
-        <v>590</v>
+        <v>234</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>3421</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
-        <v>591</v>
+        <v>235</v>
       </c>
       <c r="D5" t="s">
-        <v>521</v>
+        <v>145</v>
       </c>
       <c r="E5" t="s">
-        <v>592</v>
+        <v>236</v>
       </c>
       <c r="F5" t="s">
-        <v>166</v>
+        <v>119</v>
       </c>
       <c r="G5" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="H5" s="3">
         <v>28.93</v>
       </c>
       <c r="I5">
         <v>35.01</v>
       </c>
       <c r="J5" t="s" s="4">
-        <v>593</v>
+        <v>237</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>3424</v>
       </c>
       <c r="B6" t="s">
-        <v>594</v>
+        <v>238</v>
       </c>
       <c r="C6" t="s">
-        <v>595</v>
+        <v>239</v>
       </c>
       <c r="D6" t="s">
-        <v>596</v>
+        <v>240</v>
       </c>
       <c r="E6" t="s">
-        <v>597</v>
+        <v>241</v>
       </c>
       <c r="F6" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G6" t="s">
-        <v>598</v>
+        <v>242</v>
       </c>
       <c r="H6" s="3">
         <v>41.32</v>
       </c>
       <c r="I6">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="4">
-        <v>599</v>
+        <v>243</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>3507</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
-        <v>600</v>
+        <v>244</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>601</v>
+        <v>245</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7">
         <v>60</v>
       </c>
       <c r="I7">
         <v>72.6</v>
       </c>
       <c r="J7" t="s" s="4">
-        <v>602</v>
+        <v>246</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>3512</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>603</v>
+        <v>247</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8">
         <v>35</v>
       </c>
       <c r="I8">
         <v>42.35</v>
       </c>
       <c r="J8" t="s" s="4">
-        <v>604</v>
+        <v>248</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>3603</v>
       </c>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9">
         <v>45</v>
       </c>
       <c r="I9">
         <v>54.45</v>
       </c>
       <c r="J9" t="s" s="4">
-        <v>605</v>
+        <v>249</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>3626</v>
       </c>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10">
         <v>50</v>
       </c>
       <c r="I10">
         <v>60.5</v>
       </c>
       <c r="J10" t="s" s="4">
-        <v>606</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>3657</v>
+        <v>3663</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C11" t="s">
-        <v>607</v>
+        <v>251</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>141</v>
       </c>
       <c r="E11" t="s">
-        <v>203</v>
+        <v>252</v>
       </c>
       <c r="F11" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G11" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="H11" s="3">
-        <v>57.85</v>
+        <v>123.97</v>
       </c>
       <c r="I11">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="J11" t="s" s="4">
-        <v>608</v>
+        <v>253</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3663</v>
+        <v>3673</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="C12" t="s">
-        <v>192</v>
+        <v>254</v>
       </c>
       <c r="D12" t="s">
-        <v>219</v>
+        <v>60</v>
       </c>
       <c r="E12" t="s">
-        <v>194</v>
+        <v>255</v>
       </c>
       <c r="F12" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G12" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H12" s="3">
-        <v>123.97</v>
+        <v>132.23</v>
       </c>
       <c r="I12">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="J12" t="s" s="4">
-        <v>609</v>
+        <v>256</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3673</v>
+        <v>3715</v>
       </c>
       <c r="B13" t="s">
-        <v>120</v>
+        <v>257</v>
       </c>
       <c r="C13" t="s">
-        <v>610</v>
+        <v>258</v>
       </c>
       <c r="D13" t="s">
-        <v>275</v>
+        <v>240</v>
       </c>
       <c r="E13" t="s">
-        <v>611</v>
+        <v>241</v>
       </c>
       <c r="F13" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="G13" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H13" s="3">
-        <v>132.23</v>
+        <v>58.33</v>
       </c>
       <c r="I13">
-        <v>160</v>
+        <v>70.58</v>
       </c>
       <c r="J13" t="s" s="4">
-        <v>612</v>
+        <v>259</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3715</v>
+        <v>3854</v>
       </c>
       <c r="B14" t="s">
-        <v>241</v>
+        <v>54</v>
       </c>
       <c r="C14" t="s">
-        <v>613</v>
+        <v>224</v>
       </c>
       <c r="D14" t="s">
-        <v>596</v>
+        <v>260</v>
       </c>
       <c r="E14" t="s">
-        <v>597</v>
+        <v>226</v>
       </c>
       <c r="F14" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G14" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>58.33</v>
+        <v>155</v>
+      </c>
+      <c r="H14">
+        <v>50</v>
       </c>
       <c r="I14">
-        <v>70.58</v>
+        <v>60.5</v>
       </c>
       <c r="J14" t="s" s="4">
-        <v>614</v>
+        <v>261</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3854</v>
-[...18 lines deleted...]
-      </c>
+        <v>3858</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15"/>
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15"/>
+      <c r="G15"/>
       <c r="H15">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I15">
-        <v>60.5</v>
+        <v>42.35</v>
       </c>
       <c r="J15" t="s" s="4">
-        <v>616</v>
+        <v>262</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3858</v>
+        <v>4081</v>
       </c>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="I16">
-        <v>42.35</v>
+        <v>60.5</v>
       </c>
       <c r="J16" t="s" s="4">
-        <v>617</v>
+        <v>263</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>4081</v>
-[...8 lines deleted...]
-        <v>50</v>
+        <v>4105</v>
+      </c>
+      <c r="B17" t="s">
+        <v>54</v>
+      </c>
+      <c r="C17" t="s">
+        <v>264</v>
+      </c>
+      <c r="D17" t="s">
+        <v>265</v>
+      </c>
+      <c r="E17" t="s">
+        <v>154</v>
+      </c>
+      <c r="F17" t="s">
+        <v>31</v>
+      </c>
+      <c r="G17" t="s">
+        <v>114</v>
+      </c>
+      <c r="H17" s="3">
+        <v>74.38</v>
       </c>
       <c r="I17">
-        <v>60.5</v>
+        <v>90</v>
       </c>
       <c r="J17" t="s" s="4">
-        <v>618</v>
+        <v>266</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>4105</v>
+        <v>4197</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="C18" t="s">
-        <v>619</v>
+        <v>267</v>
       </c>
       <c r="D18" t="s">
-        <v>620</v>
+        <v>141</v>
       </c>
       <c r="E18" t="s">
-        <v>220</v>
+        <v>268</v>
       </c>
       <c r="F18" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G18" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="H18" s="3">
-        <v>74.38</v>
+        <v>132.23</v>
       </c>
       <c r="I18">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="J18" t="s" s="4">
-        <v>621</v>
+        <v>269</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>4197</v>
+        <v>4274</v>
       </c>
       <c r="B19" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C19" t="s">
-        <v>622</v>
+        <v>270</v>
       </c>
       <c r="D19" t="s">
-        <v>219</v>
+        <v>179</v>
       </c>
       <c r="E19" t="s">
-        <v>623</v>
+        <v>142</v>
       </c>
       <c r="F19" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G19" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>132.23</v>
+        <v>114</v>
+      </c>
+      <c r="H19">
+        <v>80</v>
       </c>
       <c r="I19">
-        <v>160</v>
+        <v>96.8</v>
       </c>
       <c r="J19" t="s" s="4">
-        <v>624</v>
+        <v>271</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>4274</v>
+        <v>4442</v>
       </c>
       <c r="B20" t="s">
-        <v>120</v>
+        <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>625</v>
+        <v>272</v>
       </c>
       <c r="D20" t="s">
-        <v>551</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="F20" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G20" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>114</v>
+      </c>
+      <c r="H20" s="3">
+        <v>74.38</v>
       </c>
       <c r="I20">
-        <v>96.8</v>
+        <v>90</v>
       </c>
       <c r="J20" t="s" s="4">
-        <v>626</v>
+        <v>273</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>4442</v>
+        <v>4465</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
-        <v>627</v>
+        <v>274</v>
       </c>
       <c r="D21" t="s">
-        <v>265</v>
+        <v>60</v>
       </c>
       <c r="E21" t="s">
-        <v>190</v>
+        <v>146</v>
       </c>
       <c r="F21" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G21" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>74.38</v>
+        <v>32</v>
+      </c>
+      <c r="H21">
+        <v>50</v>
       </c>
       <c r="I21">
-        <v>90</v>
+        <v>60.5</v>
       </c>
       <c r="J21" t="s" s="4">
-        <v>628</v>
+        <v>275</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>4458</v>
+        <v>4471</v>
       </c>
       <c r="B22" t="s">
-        <v>42</v>
+        <v>177</v>
       </c>
       <c r="C22" t="s">
-        <v>629</v>
+        <v>276</v>
       </c>
       <c r="D22" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="E22" t="s">
-        <v>630</v>
+        <v>278</v>
       </c>
       <c r="F22" t="s">
-        <v>106</v>
+        <v>31</v>
       </c>
       <c r="G22" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>107.43</v>
+        <v>114</v>
+      </c>
+      <c r="H22">
+        <v>35</v>
       </c>
       <c r="I22">
-        <v>129.99</v>
+        <v>42.35</v>
       </c>
       <c r="J22" t="s" s="4">
-        <v>631</v>
+        <v>279</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>4465</v>
+        <v>4513</v>
       </c>
       <c r="B23" t="s">
-        <v>42</v>
+        <v>177</v>
       </c>
       <c r="C23" t="s">
-        <v>632</v>
+        <v>280</v>
       </c>
       <c r="D23" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E23" t="s">
-        <v>522</v>
+        <v>281</v>
       </c>
       <c r="F23" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G23" t="s">
-        <v>47</v>
+        <v>282</v>
       </c>
       <c r="H23">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I23">
-        <v>60.5</v>
+        <v>42.35</v>
       </c>
       <c r="J23" t="s" s="4">
-        <v>633</v>
+        <v>283</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>4471</v>
+        <v>4524</v>
       </c>
       <c r="B24" t="s">
-        <v>306</v>
+        <v>54</v>
       </c>
       <c r="C24" t="s">
-        <v>634</v>
+        <v>284</v>
       </c>
       <c r="D24" t="s">
-        <v>635</v>
+        <v>265</v>
       </c>
       <c r="E24" t="s">
-        <v>636</v>
+        <v>285</v>
       </c>
       <c r="F24" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="G24" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="H24">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="I24">
-        <v>42.35</v>
+        <v>78.65</v>
       </c>
       <c r="J24" t="s" s="4">
-        <v>637</v>
+        <v>286</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>4513</v>
+        <v>4548</v>
       </c>
       <c r="B25" t="s">
-        <v>306</v>
+        <v>34</v>
       </c>
       <c r="C25" t="s">
-        <v>638</v>
+        <v>287</v>
       </c>
       <c r="D25" t="s">
-        <v>635</v>
+        <v>179</v>
       </c>
       <c r="E25" t="s">
-        <v>639</v>
+        <v>288</v>
       </c>
       <c r="F25" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G25" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>155</v>
+      </c>
+      <c r="H25" s="3">
+        <v>96.12</v>
       </c>
       <c r="I25">
-        <v>42.35</v>
+        <v>116.31</v>
       </c>
       <c r="J25" t="s" s="4">
-        <v>640</v>
+        <v>289</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>4524</v>
+        <v>4578</v>
       </c>
       <c r="B26" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="C26" t="s">
-        <v>641</v>
+        <v>290</v>
       </c>
       <c r="D26" t="s">
-        <v>620</v>
+        <v>42</v>
       </c>
       <c r="E26" t="s">
-        <v>227</v>
+        <v>291</v>
       </c>
       <c r="F26" t="s">
-        <v>166</v>
+        <v>31</v>
       </c>
       <c r="G26" t="s">
-        <v>47</v>
+        <v>155</v>
       </c>
       <c r="H26">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="I26">
-        <v>78.65</v>
+        <v>42.35</v>
       </c>
       <c r="J26" t="s" s="4">
-        <v>642</v>
+        <v>292</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>4548</v>
+        <v>4618</v>
       </c>
       <c r="B27" t="s">
-        <v>61</v>
+        <v>177</v>
       </c>
       <c r="C27" t="s">
-        <v>643</v>
+        <v>293</v>
       </c>
       <c r="D27" t="s">
-        <v>551</v>
+        <v>277</v>
       </c>
       <c r="E27" t="s">
-        <v>211</v>
+        <v>294</v>
       </c>
       <c r="F27" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G27" t="s">
-        <v>68</v>
+        <v>295</v>
       </c>
       <c r="H27" s="3">
-        <v>96.12</v>
+        <v>28.93</v>
       </c>
       <c r="I27">
-        <v>116.31</v>
+        <v>35.01</v>
       </c>
       <c r="J27" t="s" s="4">
-        <v>644</v>
+        <v>296</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>4578</v>
+        <v>4623</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>297</v>
       </c>
       <c r="C28" t="s">
-        <v>645</v>
+        <v>298</v>
       </c>
       <c r="D28" t="s">
-        <v>265</v>
+        <v>60</v>
       </c>
       <c r="E28" t="s">
-        <v>646</v>
+        <v>299</v>
       </c>
       <c r="F28" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G28" t="s">
-        <v>68</v>
+        <v>155</v>
       </c>
       <c r="H28">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="I28">
-        <v>42.35</v>
+        <v>78.65</v>
       </c>
       <c r="J28" t="s" s="4">
-        <v>647</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>4618</v>
+        <v>4640</v>
       </c>
       <c r="B29" t="s">
-        <v>306</v>
+        <v>54</v>
       </c>
       <c r="C29" t="s">
-        <v>648</v>
+        <v>301</v>
       </c>
       <c r="D29" t="s">
-        <v>635</v>
+        <v>260</v>
       </c>
       <c r="E29" t="s">
-        <v>649</v>
+        <v>129</v>
       </c>
       <c r="F29" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G29" t="s">
-        <v>650</v>
+        <v>155</v>
       </c>
       <c r="H29" s="3">
-        <v>28.93</v>
+        <v>45.45</v>
       </c>
       <c r="I29">
-        <v>35.01</v>
+        <v>54.99</v>
       </c>
       <c r="J29" t="s" s="4">
-        <v>651</v>
+        <v>302</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>4623</v>
+        <v>4753</v>
       </c>
       <c r="B30" t="s">
-        <v>270</v>
+        <v>54</v>
       </c>
       <c r="C30" t="s">
-        <v>271</v>
+        <v>303</v>
       </c>
       <c r="D30" t="s">
-        <v>275</v>
+        <v>122</v>
       </c>
       <c r="E30" t="s">
-        <v>276</v>
+        <v>30</v>
       </c>
       <c r="F30" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G30" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="H30">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="I30">
-        <v>78.65</v>
+        <v>114.95</v>
       </c>
       <c r="J30" t="s" s="4">
-        <v>652</v>
+        <v>304</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>4640</v>
+        <v>4944</v>
       </c>
       <c r="B31" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C31" t="s">
-        <v>653</v>
+        <v>305</v>
       </c>
       <c r="D31" t="s">
-        <v>615</v>
+        <v>46</v>
       </c>
       <c r="E31" t="s">
-        <v>217</v>
+        <v>299</v>
       </c>
       <c r="F31" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G31" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="H31" s="3">
-        <v>45.45</v>
+        <v>123.14</v>
       </c>
       <c r="I31">
-        <v>54.99</v>
+        <v>149</v>
       </c>
       <c r="J31" t="s" s="4">
-        <v>654</v>
+        <v>306</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>4753</v>
+        <v>5040</v>
       </c>
       <c r="B32" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="C32" t="s">
-        <v>253</v>
+        <v>307</v>
       </c>
       <c r="D32" t="s">
-        <v>254</v>
+        <v>141</v>
       </c>
       <c r="E32" t="s">
-        <v>203</v>
+        <v>226</v>
       </c>
       <c r="F32" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="G32" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>32</v>
+      </c>
+      <c r="H32" s="3">
+        <v>82.64</v>
       </c>
       <c r="I32">
-        <v>114.95</v>
+        <v>99.99</v>
       </c>
       <c r="J32" t="s" s="4">
-        <v>655</v>
+        <v>308</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>4944</v>
+        <v>5348</v>
       </c>
       <c r="B33" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="C33" t="s">
-        <v>656</v>
+        <v>309</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>310</v>
       </c>
       <c r="E33" t="s">
-        <v>276</v>
+        <v>311</v>
       </c>
       <c r="F33" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G33" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H33" s="3">
-        <v>123.14</v>
+        <v>107.44</v>
       </c>
       <c r="I33">
-        <v>149</v>
+        <v>130</v>
       </c>
       <c r="J33" t="s" s="4">
-        <v>657</v>
+        <v>312</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>5040</v>
+        <v>5430</v>
       </c>
       <c r="B34" t="s">
-        <v>120</v>
+        <v>230</v>
       </c>
       <c r="C34" t="s">
-        <v>658</v>
+        <v>313</v>
       </c>
       <c r="D34" t="s">
-        <v>219</v>
+        <v>314</v>
       </c>
       <c r="E34" t="s">
-        <v>190</v>
+        <v>315</v>
       </c>
       <c r="F34" t="s">
-        <v>97</v>
+        <v>316</v>
       </c>
       <c r="G34" t="s">
-        <v>47</v>
+        <v>114</v>
       </c>
       <c r="H34" s="3">
-        <v>82.64</v>
+        <v>41.32</v>
       </c>
       <c r="I34">
-        <v>99.99</v>
+        <v>50</v>
       </c>
       <c r="J34" t="s" s="4">
-        <v>659</v>
+        <v>317</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>5348</v>
+        <v>5624</v>
       </c>
       <c r="B35" t="s">
-        <v>120</v>
+        <v>54</v>
       </c>
       <c r="C35" t="s">
-        <v>660</v>
+        <v>318</v>
       </c>
       <c r="D35" t="s">
-        <v>661</v>
+        <v>46</v>
       </c>
       <c r="E35" t="s">
-        <v>662</v>
+        <v>319</v>
       </c>
       <c r="F35" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="G35" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H35" s="3">
-        <v>107.44</v>
+        <v>82.64</v>
       </c>
       <c r="I35">
-        <v>130</v>
+        <v>99.99</v>
       </c>
       <c r="J35" t="s" s="4">
-        <v>663</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>5430</v>
-[...18 lines deleted...]
-      </c>
+        <v>5893</v>
+      </c>
+      <c r="B36"/>
+      <c r="C36"/>
+      <c r="D36"/>
+      <c r="E36"/>
+      <c r="F36"/>
+      <c r="G36"/>
       <c r="H36" s="3">
-        <v>41.32</v>
+        <v>20.66</v>
       </c>
       <c r="I36">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J36" t="s" s="4">
-        <v>668</v>
+        <v>321</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>5624</v>
-[...20 lines deleted...]
-        <v>82.64</v>
+        <v>5906</v>
+      </c>
+      <c r="B37"/>
+      <c r="C37"/>
+      <c r="D37"/>
+      <c r="E37"/>
+      <c r="F37"/>
+      <c r="G37"/>
+      <c r="H37">
+        <v>70</v>
       </c>
       <c r="I37">
-        <v>99.99</v>
+        <v>84.7</v>
       </c>
       <c r="J37" t="s" s="4">
-        <v>671</v>
+        <v>322</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>5893</v>
+        <v>5975</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38" s="3">
-        <v>20.66</v>
+        <v>49.59</v>
       </c>
       <c r="I38">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="J38" t="s" s="4">
-        <v>672</v>
+        <v>323</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>5899</v>
+        <v>6001</v>
       </c>
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39">
         <v>100</v>
       </c>
       <c r="I39">
         <v>121</v>
       </c>
       <c r="J39" t="s" s="4">
-        <v>673</v>
+        <v>324</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>5906</v>
+        <v>6007</v>
       </c>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
-      <c r="H40">
-        <v>70</v>
+      <c r="H40" s="3">
+        <v>111.57</v>
       </c>
       <c r="I40">
-        <v>84.7</v>
+        <v>135</v>
       </c>
       <c r="J40" t="s" s="4">
-        <v>674</v>
+        <v>325</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>6001</v>
+        <v>6055</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41">
         <v>100</v>
       </c>
       <c r="I41">
         <v>121</v>
       </c>
       <c r="J41" t="s" s="4">
-        <v>675</v>
+        <v>326</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>6007</v>
+        <v>6062</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
-      <c r="H42" s="3">
-        <v>111.57</v>
+      <c r="H42">
+        <v>80</v>
       </c>
       <c r="I42">
-        <v>135</v>
+        <v>96.8</v>
       </c>
       <c r="J42" t="s" s="4">
-        <v>676</v>
+        <v>327</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>6055</v>
+        <v>6067</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43">
         <v>100</v>
       </c>
       <c r="I43">
         <v>121</v>
       </c>
       <c r="J43" t="s" s="4">
-        <v>677</v>
+        <v>328</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>6062</v>
+        <v>6073</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44">
         <v>80</v>
       </c>
       <c r="I44">
         <v>96.8</v>
       </c>
       <c r="J44" t="s" s="4">
-        <v>678</v>
+        <v>329</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>6067</v>
+        <v>6079</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I45">
-        <v>121</v>
+        <v>96.8</v>
       </c>
       <c r="J45" t="s" s="4">
-        <v>679</v>
+        <v>330</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>6073</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>6165</v>
+      </c>
+      <c r="B46" t="s">
+        <v>34</v>
+      </c>
+      <c r="C46" t="s">
+        <v>331</v>
+      </c>
+      <c r="D46" t="s">
+        <v>332</v>
+      </c>
+      <c r="E46" t="s">
+        <v>216</v>
+      </c>
+      <c r="F46" t="s">
+        <v>31</v>
+      </c>
+      <c r="G46" t="s">
+        <v>32</v>
+      </c>
+      <c r="H46" s="3">
+        <v>66.11</v>
       </c>
       <c r="I46">
-        <v>96.8</v>
+        <v>79.99</v>
       </c>
       <c r="J46" t="s" s="4">
-        <v>680</v>
+        <v>333</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>6079</v>
+        <v>6676</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I47">
-        <v>96.8</v>
+        <v>24.2</v>
       </c>
       <c r="J47" t="s" s="4">
-        <v>681</v>
+        <v>334</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>6165</v>
-[...20 lines deleted...]
-        <v>66.11</v>
+        <v>6703</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48"/>
+      <c r="D48"/>
+      <c r="E48"/>
+      <c r="F48"/>
+      <c r="G48"/>
+      <c r="H48">
+        <v>20</v>
       </c>
       <c r="I48">
-        <v>79.99</v>
+        <v>24.2</v>
       </c>
       <c r="J48" t="s" s="4">
-        <v>684</v>
+        <v>335</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>6676</v>
+        <v>7241</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
-      <c r="H49">
-        <v>20</v>
+      <c r="H49" s="3">
+        <v>148.76</v>
       </c>
       <c r="I49">
-        <v>24.2</v>
+        <v>180</v>
       </c>
       <c r="J49" t="s" s="4">
-        <v>685</v>
+        <v>336</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>6703</v>
+        <v>7387</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
-      <c r="H50">
-        <v>20</v>
+      <c r="H50" s="3">
+        <v>70.25</v>
       </c>
       <c r="I50">
-        <v>24.2</v>
+        <v>85</v>
       </c>
       <c r="J50" t="s" s="4">
-        <v>686</v>
+        <v>337</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>7204</v>
+        <v>7485</v>
       </c>
       <c r="B51" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="C51" t="s">
-        <v>687</v>
+        <v>338</v>
       </c>
       <c r="D51" t="s">
-        <v>688</v>
+        <v>46</v>
       </c>
       <c r="E51" t="s">
-        <v>689</v>
+        <v>339</v>
       </c>
       <c r="F51" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="G51" t="s">
-        <v>47</v>
+        <v>114</v>
       </c>
       <c r="H51" s="3">
-        <v>190.08</v>
+        <v>82.64</v>
       </c>
       <c r="I51">
-        <v>230</v>
+        <v>99.99</v>
       </c>
       <c r="J51" t="s" s="4">
-        <v>690</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>7241</v>
-[...6 lines deleted...]
-      <c r="G52"/>
+        <v>9041</v>
+      </c>
+      <c r="B52" t="s">
+        <v>54</v>
+      </c>
+      <c r="C52" t="s">
+        <v>318</v>
+      </c>
+      <c r="D52" t="s">
+        <v>46</v>
+      </c>
+      <c r="E52" t="s">
+        <v>341</v>
+      </c>
+      <c r="F52" t="s">
+        <v>31</v>
+      </c>
+      <c r="G52" t="s">
+        <v>32</v>
+      </c>
       <c r="H52" s="3">
-        <v>148.76</v>
+        <v>115.70</v>
       </c>
       <c r="I52">
-        <v>180</v>
+        <v>140</v>
       </c>
       <c r="J52" t="s" s="4">
-        <v>691</v>
+        <v>342</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>7326</v>
-[...20 lines deleted...]
-        <v>41.32</v>
+        <v>9062</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53"/>
+      <c r="D53"/>
+      <c r="E53"/>
+      <c r="F53"/>
+      <c r="G53"/>
+      <c r="H53">
+        <v>32</v>
       </c>
       <c r="I53">
-        <v>50</v>
+        <v>38.72</v>
       </c>
       <c r="J53" t="s" s="4">
-        <v>693</v>
+        <v>343</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>7387</v>
+        <v>9069</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
-      <c r="H54" s="3">
-        <v>70.25</v>
+      <c r="H54">
+        <v>32</v>
       </c>
       <c r="I54">
-        <v>85</v>
+        <v>38.72</v>
       </c>
       <c r="J54" t="s" s="4">
-        <v>694</v>
+        <v>344</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>7485</v>
-[...20 lines deleted...]
-        <v>82.64</v>
+        <v>9075</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55"/>
+      <c r="D55"/>
+      <c r="E55"/>
+      <c r="F55"/>
+      <c r="G55"/>
+      <c r="H55">
+        <v>32</v>
       </c>
       <c r="I55">
-        <v>99.99</v>
+        <v>38.72</v>
       </c>
       <c r="J55" t="s" s="4">
-        <v>697</v>
+        <v>345</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56">
+        <v>9081</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56"/>
+      <c r="D56"/>
+      <c r="E56"/>
+      <c r="F56"/>
+      <c r="G56"/>
+      <c r="H56">
+        <v>59</v>
+      </c>
+      <c r="I56">
+        <v>71.39</v>
+      </c>
+      <c r="J56" t="s" s="4">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57">
+        <v>9089</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57"/>
+      <c r="D57"/>
+      <c r="E57"/>
+      <c r="F57"/>
+      <c r="G57"/>
+      <c r="H57" s="3">
+        <v>57.85</v>
+      </c>
+      <c r="I57">
+        <v>70</v>
+      </c>
+      <c r="J57" t="s" s="4">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58">
+        <v>9619</v>
+      </c>
+      <c r="B58" t="s">
+        <v>54</v>
+      </c>
+      <c r="C58" t="s">
+        <v>348</v>
+      </c>
+      <c r="D58" t="s">
+        <v>60</v>
+      </c>
+      <c r="E58" t="s">
+        <v>341</v>
+      </c>
+      <c r="F58" t="s">
+        <v>31</v>
+      </c>
+      <c r="G58" t="s">
+        <v>32</v>
+      </c>
+      <c r="H58" s="3">
+        <v>140.49</v>
+      </c>
+      <c r="I58">
+        <v>169.99</v>
+      </c>
+      <c r="J58" t="s" s="4">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59">
+        <v>9728</v>
+      </c>
+      <c r="B59" t="s">
+        <v>34</v>
+      </c>
+      <c r="C59" t="s">
+        <v>350</v>
+      </c>
+      <c r="D59" t="s">
+        <v>60</v>
+      </c>
+      <c r="E59" t="s">
+        <v>351</v>
+      </c>
+      <c r="F59" t="s">
+        <v>38</v>
+      </c>
+      <c r="G59" t="s">
+        <v>32</v>
+      </c>
+      <c r="H59" s="3">
+        <v>140.49</v>
+      </c>
+      <c r="I59">
+        <v>169.99</v>
+      </c>
+      <c r="J59" t="inlineStr" s="4">
+        <is>
+          <t>https://eridas.lt/preke/hp-probook-450-g6-15-6-fhd-ips-labai-prastos-bukles-ekranas-demes-nuospaudos-i5-8265u-16gb-256gb-ssd-11-nvidia-mx-130-2gb-koloneliu-defektas/</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId193" location="" display="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/"/>
-[...52 lines deleted...]
-    <hyperlink ref="J55" r:id="rId246" location="" display="https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/"/>
+    <hyperlink ref="J2" r:id="rId65" location="" display="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/"/>
+    <hyperlink ref="J3" r:id="rId66" location="" display="https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/"/>
+    <hyperlink ref="J4" r:id="rId67" location="" display="https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/"/>
+    <hyperlink ref="J5" r:id="rId68" location="" display="https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/"/>
+    <hyperlink ref="J6" r:id="rId69" location="" display="https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/"/>
+    <hyperlink ref="J7" r:id="rId70" location="" display="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/"/>
+    <hyperlink ref="J8" r:id="rId71" location="" display="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/"/>
+    <hyperlink ref="J9" r:id="rId72" location="" display="https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/"/>
+    <hyperlink ref="J10" r:id="rId73" location="" display="https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/"/>
+    <hyperlink ref="J11" r:id="rId74" location="" display="https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/"/>
+    <hyperlink ref="J12" r:id="rId75" location="" display="https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/"/>
+    <hyperlink ref="J13" r:id="rId76" location="" display="https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/"/>
+    <hyperlink ref="J14" r:id="rId77" location="" display="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/"/>
+    <hyperlink ref="J15" r:id="rId78" location="" display="https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/"/>
+    <hyperlink ref="J16" r:id="rId79" location="" display="https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/"/>
+    <hyperlink ref="J17" r:id="rId80" location="" display="https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/"/>
+    <hyperlink ref="J18" r:id="rId81" location="" display="https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/"/>
+    <hyperlink ref="J19" r:id="rId82" location="" display="https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/"/>
+    <hyperlink ref="J20" r:id="rId83" location="" display="https://eridas.lt/preke/lenovo-ideapad-330s-15ikb-15-6-fhd-i5-8250u-8gb-128gb-ssd-10-bloga-klaviat8ra-ekrane-matosi-nuospaudos-nuo-klaviaturos/"/>
+    <hyperlink ref="J21" r:id="rId84" location="" display="https://eridas.lt/preke/fujitsu-lifebook-e544-15-6-fhd-ips-i5-4210m-8gb-256gb-ssd-20-keli-defektai/"/>
+    <hyperlink ref="J22" r:id="rId85" location="" display="https://eridas.lt/preke/acer-aspire-e5-532-15-6-1366768-i3-4005u-8gb-128gb-ssd-12-touchpad-neveikia/"/>
+    <hyperlink ref="J23" r:id="rId86" location="" display="https://eridas.lt/preke/acer-aspire-es1-512-15-6-celeron-n2920-8gb-1tb-hdd-bloga-baterija-ir-touchpad/"/>
+    <hyperlink ref="J24" r:id="rId87" location="" display="https://eridas.lt/preke/lenovo-yoga-710-14ikb-su-defektais-14-0-fhd-ips-i5-7200u-4gb-256gb-ssd-ekrano-defektais-camera-neveikia-klaviatura-neidealiai-veikia/"/>
+    <hyperlink ref="J25" r:id="rId88" location="" display="https://eridas.lt/preke/17-3-1600900-i5-6200u-8gb-be-disko-r5-m330-keli-nebaisus-trukumai/"/>
+    <hyperlink ref="J26" r:id="rId89" location="" display="https://eridas.lt/preke/15-6-19201080-a10-7300-8gb-r7-m260-bloga-baterija-ir-touchpad/"/>
+    <hyperlink ref="J27" r:id="rId90" location="" display="https://eridas.lt/preke/acer-e1-572g-15-6-i5-4200u-8gb-750gb-hdd-bloga-baterija-ir-truksta-vieno-klaviso/"/>
+    <hyperlink ref="J28" r:id="rId91" location="" display="https://eridas.lt/preke/15-6-fhd-ips-idealus-ekranas-i5-8265u-8gb-0gb-ssd-su-defektu-klaviaturos-nevisi-mygtukai-veikia-baterijos-nera/"/>
+    <hyperlink ref="J29" r:id="rId92" location="" display="https://eridas.lt/preke/lenovo-thinkpad-carbon-x1-3rd-gen-14-0-fhd-i5-5300u-8gb-0gb-ssd-bloga-klaviatura/"/>
+    <hyperlink ref="J30" r:id="rId93" location="" display="https://eridas.lt/preke/lenovo-thinkpad-a285-12-5-hd-amd-ryzen-5-2500u-8gb-256gb-ssd-vienas-is-dvieju-usb-c-neveikiantis/"/>
+    <hyperlink ref="J31" r:id="rId94" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t490-14-0-fhd-ips-i5-8265u-8gb-256gb-0-vienas-usb-c-neveikiantis/"/>
+    <hyperlink ref="J32" r:id="rId95" location="" display="https://eridas.lt/preke/dell-inspiron-13-5370-13-3-fhd-ips-i5-8250u-8gb-256gb-45-neveikia-web-camera/"/>
+    <hyperlink ref="J33" r:id="rId96" location="" display="https://eridas.lt/preke/dell-latitude-7200-touch-12-3-19201080-touchscreen-i5-8365u-16gb-256gb-baterija-i-pabaiga/"/>
+    <hyperlink ref="J34" r:id="rId97" location="" display="https://eridas.lt/preke/asus-pu500c-15-6-hd-matinis-i5-3337u-10gb-ram-128gb-ssd-14/"/>
+    <hyperlink ref="J35" r:id="rId98" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8350u-8gb-256-ssd-18-neveikia-1vnt-usb-ir-1vnt-usb-c/"/>
+    <hyperlink ref="J36" r:id="rId99" location="" display="https://eridas.lt/preke/asus-n53s-15-6-i7-cpu-4gb-ram-be-ssd-neveikiantis/"/>
+    <hyperlink ref="J37" r:id="rId100" location="" display="https://eridas.lt/preke/neveikiantis-thinkbook-13s-g2-itl-i5-1135g7-8gb-ram-ilituoti-0gb-ssd-yra-baterija-netestuota/"/>
+    <hyperlink ref="J38" r:id="rId101" location="" display="https://eridas.lt/preke/lenovo-ideapad-530s-14ikb-14-0-fhd-ips-touchscreen-i5-8250u-0gb-ram-0gb-ssd-mx-130-2gb-gpu/"/>
+    <hyperlink ref="J39" r:id="rId102" location="" display="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-np930xdb-13-3-amoled-supilta-pagrindine-plokste-dalimis-arba-visas/"/>
+    <hyperlink ref="J40" r:id="rId103" location="" display="https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-360-np930qdb-13-3-x360-touchscreen-amoled-mb-jau-buvo-lituota-ankstesnio-savininko/"/>
+    <hyperlink ref="J41" r:id="rId104" location="" display="https://eridas.lt/preke/lenovo-y540-17irh-neveikiantis-i5-9300h-gtx-1660-ti-6gb-s-n-pf1zvzkv/"/>
+    <hyperlink ref="J42" r:id="rId105" location="" display="https://eridas.lt/preke/lenovo-legion-y530-15ich-15-6-144hz-neveikiantis-i5-8300h-gtx-1060-6gb-8gb-ram-s-n-pf1efx10/"/>
+    <hyperlink ref="J43" r:id="rId106" location="" display="https://eridas.lt/preke/hp-omen-15-en0802no-200w-ryzen-5-4600h-1660ti-6gb-neveikiantis-s-n-5cd0256bds/"/>
+    <hyperlink ref="J44" r:id="rId107" location="" display="https://eridas.lt/preke/dell-xps-15-9550-15-6-i7-6700hq-960m-2gb-s-n-1ldnj72-sulietas-neveikiantis/"/>
+    <hyperlink ref="J45" r:id="rId108" location="" display="https://eridas.lt/preke/acer-aspire-vvn7-591g-738g-i7-4720hq-gtx-960m-2gb-8gb-128gb-ssd-1tb-hdd-baterija-yra-laiko-veikia-blogi-vyriai/"/>
+    <hyperlink ref="J46" r:id="rId109" location="" display="https://eridas.lt/preke/hp-spectre-13-3000eo-13-3-25601440-ips-touchscreen-i5-4200u-8gb-256gb-ssd-23-truputi-dzerzgia-garsiakalbiai/"/>
+    <hyperlink ref="J47" r:id="rId110" location="" display="https://eridas.lt/preke/hp-255-g3-15-6-hd-matinis-a4-5000-4gb-1tb-hdd-bloga-baterija-nuskiles-korpuso-kamputis/"/>
+    <hyperlink ref="J48" r:id="rId111" location="" display="https://eridas.lt/preke/asus-x53s-i3-2310m-8gb-be-disko-bloga-baterija/"/>
+    <hyperlink ref="J49" r:id="rId112" location="" display="https://eridas.lt/preke/hp-elitebook-860-16-i7-1355u-neveikiantis/"/>
+    <hyperlink ref="J50" r:id="rId113" location="" display="https://eridas.lt/preke/su-defektu-lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-5-2500u-8gb-256gb-ssd-abejos-baterijos-blogos-be-kroviklio-galima-dalimis-pirkti/"/>
+    <hyperlink ref="J51" r:id="rId114" location="" display="https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/"/>
+    <hyperlink ref="J52" r:id="rId115" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8250u-8gb-256gb-ssd-23-su-defektais-kosmetiniai-vienas-baltas-taskas-ekrane/"/>
+    <hyperlink ref="J53" r:id="rId116" location="" display="https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-i5-7300u-nepilna-komplektacija-bloga-klaviatura/"/>
+    <hyperlink ref="J54" r:id="rId117" location="" display="https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-nepilna-komplektacija-fan-error/"/>
+    <hyperlink ref="J55" r:id="rId118" location="" display="https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-i5-7300u-nepilna-komplektacija-bloga-klaviatura-2/"/>
+    <hyperlink ref="J56" r:id="rId119" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t470s-14-0-fhd-ips-i5-7200u-nepilna-komplektacija-bloga-klaviatura-lcd-a-grade-baterijos-18-ir-20-nusidevejimo/"/>
+    <hyperlink ref="J57" r:id="rId120" location="" display="https://eridas.lt/preke/dell-xps-13-9365-13-3-ips-touchscreen-i5-7y54-8gb-ram-be-ssd-disko-silpna-baterija-kosmetiniai-trukumai-su-krovikliu/"/>
+    <hyperlink ref="J58" r:id="rId121" location="" display="https://eridas.lt/preke/lenovo-thinkpad-t580-15-6-fhd-ips-i5-8250u-8gb-256gb-ssd-24-ir-20-susidevejimo-baterijos-prastos-bukles-ekranas/"/>
+    <hyperlink ref="J59" r:id="rId122" location="" display="https://eridas.lt/preke/hp-probook-450-g6-15-6-fhd-ips-labai-prastos-bukles-ekranas-demes-nuospaudos-i5-8265u-16gb-256gb-ssd-11-nvidia-mx-130-2gb-koloneliu-defektas/"/>
+  </hyperlinks>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:K12"/>
+  <cols>
+    <col min="1" max="1" width="5" customWidth="1"/>
+    <col min="2" max="2" width="16" customWidth="1"/>
+    <col min="3" max="3" width="24" customWidth="1"/>
+    <col min="4" max="4" width="14" customWidth="1"/>
+    <col min="5" max="5" width="60" customWidth="1"/>
+    <col min="6" max="6" width="36" customWidth="1"/>
+    <col min="7" max="7" width="19" customWidth="1"/>
+    <col min="8" max="8" width="15" customWidth="1"/>
+    <col min="9" max="9" width="16" customWidth="1"/>
+    <col min="10" max="10" width="60" customWidth="1"/>
+    <col min="11" max="11" width="9" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" customHeight="1" ht="24">
+      <c r="A1" t="s" s="2">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s" s="2">
+        <v>19</v>
+      </c>
+      <c r="C1" t="s" s="2">
+        <v>20</v>
+      </c>
+      <c r="D1" t="s" s="2">
+        <v>352</v>
+      </c>
+      <c r="E1" t="s" s="2">
+        <v>22</v>
+      </c>
+      <c r="F1" t="s" s="2">
+        <v>23</v>
+      </c>
+      <c r="G1" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="H1" t="s" s="2">
+        <v>2</v>
+      </c>
+      <c r="I1" t="s" s="2">
+        <v>3</v>
+      </c>
+      <c r="J1" t="s" s="2">
+        <v>4</v>
+      </c>
+      <c r="K1" t="s" s="2">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2">
+        <v>4394</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>353</v>
+      </c>
+      <c r="D2" t="s">
+        <v>354</v>
+      </c>
+      <c r="E2" t="s">
+        <v>355</v>
+      </c>
+      <c r="F2" t="s">
+        <v>48</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" s="3">
+        <v>355.37</v>
+      </c>
+      <c r="I2">
+        <v>430</v>
+      </c>
+      <c r="J2" t="s" s="4">
+        <v>356</v>
+      </c>
+      <c r="K2"/>
+    </row>
+    <row r="3">
+      <c r="A3">
+        <v>4724</v>
+      </c>
+      <c r="B3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C3" t="s">
+        <v>357</v>
+      </c>
+      <c r="D3" t="s">
+        <v>354</v>
+      </c>
+      <c r="E3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H3" s="3">
+        <v>321.49</v>
+      </c>
+      <c r="I3">
+        <v>389</v>
+      </c>
+      <c r="J3" t="s" s="4">
+        <v>359</v>
+      </c>
+      <c r="K3"/>
+    </row>
+    <row r="4">
+      <c r="A4">
+        <v>8976</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>360</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4" t="s">
+        <v>361</v>
+      </c>
+      <c r="F4" t="s">
+        <v>362</v>
+      </c>
+      <c r="G4" t="s">
+        <v>49</v>
+      </c>
+      <c r="H4" s="3">
+        <v>743.80</v>
+      </c>
+      <c r="I4">
+        <v>900</v>
+      </c>
+      <c r="J4" t="s" s="4">
+        <v>363</v>
+      </c>
+      <c r="K4"/>
+    </row>
+    <row r="5">
+      <c r="A5">
+        <v>9312</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>364</v>
+      </c>
+      <c r="D5" t="s">
+        <v>354</v>
+      </c>
+      <c r="E5" t="s">
+        <v>365</v>
+      </c>
+      <c r="F5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" s="3">
+        <v>289.26</v>
+      </c>
+      <c r="I5">
+        <v>350</v>
+      </c>
+      <c r="J5" t="s" s="4">
+        <v>366</v>
+      </c>
+      <c r="K5"/>
+    </row>
+    <row r="6">
+      <c r="A6">
+        <v>9353</v>
+      </c>
+      <c r="B6" t="s">
+        <v>367</v>
+      </c>
+      <c r="C6"/>
+      <c r="D6"/>
+      <c r="E6" t="s">
+        <v>368</v>
+      </c>
+      <c r="F6" t="s">
+        <v>369</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6" s="3">
+        <v>495.87</v>
+      </c>
+      <c r="I6">
+        <v>600</v>
+      </c>
+      <c r="J6" t="s" s="4">
+        <v>370</v>
+      </c>
+      <c r="K6"/>
+    </row>
+    <row r="7">
+      <c r="A7">
+        <v>9425</v>
+      </c>
+      <c r="B7" t="s">
+        <v>230</v>
+      </c>
+      <c r="C7"/>
+      <c r="D7"/>
+      <c r="E7" t="s">
+        <v>371</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7" s="3">
+        <v>82.64</v>
+      </c>
+      <c r="I7">
+        <v>99.99</v>
+      </c>
+      <c r="J7" t="s" s="4">
+        <v>372</v>
+      </c>
+      <c r="K7"/>
+    </row>
+    <row r="8">
+      <c r="A8">
+        <v>9533</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>373</v>
+      </c>
+      <c r="D8" t="s">
+        <v>354</v>
+      </c>
+      <c r="E8" t="s">
+        <v>374</v>
+      </c>
+      <c r="F8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8" s="3">
+        <v>165.29</v>
+      </c>
+      <c r="I8">
+        <v>200</v>
+      </c>
+      <c r="J8" t="s" s="4">
+        <v>375</v>
+      </c>
+      <c r="K8"/>
+    </row>
+    <row r="9">
+      <c r="A9">
+        <v>9539</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>376</v>
+      </c>
+      <c r="D9" t="s">
+        <v>354</v>
+      </c>
+      <c r="E9" t="s">
+        <v>377</v>
+      </c>
+      <c r="F9" t="s">
+        <v>378</v>
+      </c>
+      <c r="G9" t="s">
+        <v>155</v>
+      </c>
+      <c r="H9" s="3">
+        <v>495.87</v>
+      </c>
+      <c r="I9">
+        <v>600</v>
+      </c>
+      <c r="J9" t="s" s="4">
+        <v>379</v>
+      </c>
+      <c r="K9"/>
+    </row>
+    <row r="10">
+      <c r="A10">
+        <v>9600</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>380</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10"/>
+      <c r="F10" t="s">
+        <v>381</v>
+      </c>
+      <c r="G10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10" s="3">
+        <v>280.99</v>
+      </c>
+      <c r="I10">
+        <v>340</v>
+      </c>
+      <c r="J10" t="s" s="4">
+        <v>382</v>
+      </c>
+      <c r="K10"/>
+    </row>
+    <row r="11">
+      <c r="A11">
+        <v>9657</v>
+      </c>
+      <c r="B11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" t="s">
+        <v>373</v>
+      </c>
+      <c r="D11" t="s">
+        <v>354</v>
+      </c>
+      <c r="E11" t="s">
+        <v>374</v>
+      </c>
+      <c r="F11" t="s">
+        <v>38</v>
+      </c>
+      <c r="G11" t="s">
+        <v>383</v>
+      </c>
+      <c r="H11" s="3">
+        <v>347.11</v>
+      </c>
+      <c r="I11">
+        <v>420</v>
+      </c>
+      <c r="J11" t="s" s="4">
+        <v>384</v>
+      </c>
+      <c r="K11"/>
+    </row>
+    <row r="12">
+      <c r="A12">
+        <v>9738</v>
+      </c>
+      <c r="B12" t="s">
+        <v>27</v>
+      </c>
+      <c r="C12" t="s">
+        <v>385</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12" t="s">
+        <v>386</v>
+      </c>
+      <c r="F12" t="s">
+        <v>119</v>
+      </c>
+      <c r="G12" t="s">
+        <v>155</v>
+      </c>
+      <c r="H12" s="3">
+        <v>123.97</v>
+      </c>
+      <c r="I12">
+        <v>150</v>
+      </c>
+      <c r="J12" t="s" s="4">
+        <v>387</v>
+      </c>
+      <c r="K12"/>
+    </row>
+  </sheetData>
+  <hyperlinks>
+    <hyperlink ref="J2" r:id="rId123" location="" display="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/"/>
+    <hyperlink ref="J3" r:id="rId124" location="" display="https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/"/>
+    <hyperlink ref="J4" r:id="rId125" location="" display="https://eridas.lt/preke/hp-omen-25l-gt14-1841no-i5-13400f-16gb-ddr5-1tb-ssd-rtx-4060-ti-8gb/"/>
+    <hyperlink ref="J5" r:id="rId126" location="" display="https://eridas.lt/preke/hp-z2-tower-g4-workstation-xeon-e-2176g-16gb-512gb-ssd-gtx-1070-8gb/"/>
+    <hyperlink ref="J6" r:id="rId127" location="" display="https://eridas.lt/preke/huawei-1288h-v5-serveris-x2-intel-xeon-gold-6134-2vnt-ddr4-2666mhz-ram-32gb-2tb/"/>
+    <hyperlink ref="J7" r:id="rId128" location="" display="https://eridas.lt/preke/zaidimu-kompiuteris-minecraft-roblox-i5-7400-8gb-256gb-ssd-amd-radeon-rx-550-2gb-wifi-integruotas-yra/"/>
+    <hyperlink ref="J8" r:id="rId129" location="" display="https://eridas.lt/preke/thinkstation-p520c-intel-xeon-w-2123-16gb-ddr4-server-ram-256gb-ssd-nvidia-quadro-k620-500w-platinum-psu/"/>
+    <hyperlink ref="J9" r:id="rId130" location="" display="https://eridas.lt/preke/thinkstation-p620-ryzen-threadripper-pro-3955wx-16-core-3-9-4-3ghz-32gb-ddr4-server-ram-3200mhz-radeon-pro-wx-3200-100w-platinum-psu/"/>
+    <hyperlink ref="J10" r:id="rId131" location="" display="https://eridas.lt/preke/thinkstation-p510-e5-2690-v4-16gb-512gb-ssd-nvidia-quadro-m4000/"/>
+    <hyperlink ref="J11" r:id="rId132" location="" display="https://eridas.lt/preke/thinkstation-p520c-intel-xeon-w-2123-16gb-ddr4-server-ram-512gb-ssd-2tb-hdd-nvidia-quadro-p1000-4gb-500w-psu/"/>
+    <hyperlink ref="J12" r:id="rId133" location="" display="https://eridas.lt/preke/precision-t7910-e5-2687w-v3-2vnt-be-ram-4gb-palikti-testuotis-be-ssd-disko-nvidia-quadro-k4200-4gb-tesla-k40-12gb/"/>
+  </hyperlinks>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:E2"/>
+  <cols>
+    <col min="1" max="1" width="5" customWidth="1"/>
+    <col min="2" max="2" width="60" customWidth="1"/>
+    <col min="3" max="3" width="15" customWidth="1"/>
+    <col min="4" max="4" width="16" customWidth="1"/>
+    <col min="5" max="5" width="60" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" customHeight="1" ht="24">
+      <c r="A1" t="s" s="2">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s" s="2">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s" s="2">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s" s="2">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s" s="2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2">
+        <v>9453</v>
+      </c>
+      <c r="B2" t="s">
+        <v>388</v>
+      </c>
+      <c r="C2" s="3">
+        <v>2945.45</v>
+      </c>
+      <c r="D2">
+        <v>3563.99</v>
+      </c>
+      <c r="E2" t="s" s="4">
+        <v>389</v>
+      </c>
+    </row>
+  </sheetData>
+  <hyperlinks>
+    <hyperlink ref="E2" r:id="rId134" location="" display="https://eridas.lt/preke/dell-vostro-3425-14-0-fhd-ips-ryzen-5625u-be-ram-ir-be-ssd-disku36-vnt-b-grade-krovikliai-pridedami/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>