--- v3 (2026-03-16)
+++ v4 (2026-03-16)
@@ -357,50 +357,62 @@
   <si>
     <t>https://eridas.lt/preke/dell-precision-5490-14-0-qhd-ts-ultra-7-165h-32gb-512gb-ssd-rtx-a2000-8gb-gddr6-ada-generation-0-garantija-iki-2029-07-10/</t>
   </si>
   <si>
     <t>15.6 4K Matinis</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-4k-ips-i7-6820hq-32gb-512gb-m2000m-4gb/</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-16gb-512gb-ssd-nvidia-quadro-t550-4gb-35/</t>
   </si>
   <si>
     <t>ThinkPad P53</t>
   </si>
   <si>
     <t>15.6 1920*1080 IPS Matinis, AG 2.4t</t>
   </si>
   <si>
     <t>Intel i7-9750H 2.6GHz, Max turbo dažnis 4.5GHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-thinkpad-p53-15-6-i7-9750h-32gb-512gb-t2000-4gb-16/</t>
   </si>
   <si>
+    <t>ThinkPad P72</t>
+  </si>
+  <si>
+    <t>Intel Xeon E-2186M 2.9GHz, Max turbo dažnis 4.8GHz</t>
+  </si>
+  <si>
+    <t>256GB SSD, 2TB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-p72-17-3-fhd-ips-intel-xeon-e-2186m-64gb-ddr4-256gb-ssd-2tb-hdd-nvidia-quadro-p5200-16gb-gddr5-max-q/</t>
+  </si>
+  <si>
     <t>Disko talpa</t>
   </si>
   <si>
     <t>EliteBook 8570p</t>
   </si>
   <si>
     <t>15.6 HD+ 1600*900 TN Matinis</t>
   </si>
   <si>
     <t>Intel i7-3740QM</t>
   </si>
   <si>
     <t>128GB SSD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/</t>
   </si>
   <si>
     <t>Latittude E6440</t>
   </si>
   <si>
     <t>14.0 1366*768 TN</t>
   </si>
   <si>
     <t>Intel i5-4200M</t>
@@ -645,507 +657,495 @@
   <si>
     <t>Aspire A315-32-P9GR</t>
   </si>
   <si>
     <t>Intel Celeron Silver N5000 1.1GHz, Max turbo dažnis 2.7GHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/</t>
   </si>
   <si>
     <t>IdeaPad 330-15IKB</t>
   </si>
   <si>
     <t>Intel Pentium Gold 4415U 2.3GHz</t>
   </si>
   <si>
     <t>6GB</t>
   </si>
   <si>
     <t>128GB SSD, 1TB HDD</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/</t>
   </si>
   <si>
-    <t>MSI</t>
-[...5 lines deleted...]
-    <t>Intel i7-4700MQ 2.4GHz Max turbo dažnis 3.4GHz</t>
+    <t>V145-15AST</t>
+  </si>
+  <si>
+    <t>AMD A6-9225 R4 2.6GHz, Max turbo dažnis 3.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/</t>
+  </si>
+  <si>
+    <t>Yoga 2 13</t>
+  </si>
+  <si>
+    <t>13.3 1920*1080 IPS Touch</t>
+  </si>
+  <si>
+    <t>Intel i5-4200U 1.6GHz, Max turbo dažnis 2.6GHz</t>
+  </si>
+  <si>
+    <t>128GB SSD, 500GB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/</t>
+  </si>
+  <si>
+    <t>Latitude E7270</t>
+  </si>
+  <si>
+    <t>12.5 1920*1080 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-6300U 2.4GHz, Max turbo dažnis 3.0GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/</t>
+  </si>
+  <si>
+    <t>V330-14IKB</t>
+  </si>
+  <si>
+    <t>Untested</t>
+  </si>
+  <si>
+    <t>Intel i5-8250u</t>
+  </si>
+  <si>
+    <t>0GB</t>
+  </si>
+  <si>
+    <t>0GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/</t>
+  </si>
+  <si>
+    <t>Asus</t>
+  </si>
+  <si>
+    <t>Zenbook 14 UX434F</t>
+  </si>
+  <si>
+    <t>Intel i7-10510u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/</t>
+  </si>
+  <si>
+    <t>E31-70, E31-80</t>
+  </si>
+  <si>
+    <t>Intel i3-5005U, Intel i3-6006u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/</t>
+  </si>
+  <si>
+    <t>Microsoft</t>
+  </si>
+  <si>
+    <t>Surface 5 Pro</t>
+  </si>
+  <si>
+    <t>12.3 2736*1824 IPS</t>
+  </si>
+  <si>
+    <t>Intel i5-7300U</t>
+  </si>
+  <si>
+    <t>128GB arba 256GB SSD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/</t>
+  </si>
+  <si>
+    <t>Ideapad S540-13IML</t>
+  </si>
+  <si>
+    <t>Intel i5-10210U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/</t>
+  </si>
+  <si>
+    <t>Notebook 14-ck1864no</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Thinkpad X395</t>
+  </si>
+  <si>
+    <t>AMD Ryzen 5 Pro 3500u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/</t>
+  </si>
+  <si>
+    <t>Latitude 5580</t>
+  </si>
+  <si>
+    <t>Intel i5-6440HQ</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/</t>
+  </si>
+  <si>
+    <t>Microsoft Surface</t>
+  </si>
+  <si>
+    <t>Microsfot Surface 5 Pro</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/</t>
+  </si>
+  <si>
+    <t>Yoga 510-14ISK</t>
+  </si>
+  <si>
+    <t>14.0 1920*1080 IPS Touchscreen</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/</t>
+  </si>
+  <si>
+    <t>Dell Latitude 5310</t>
+  </si>
+  <si>
+    <t>Intel i5-10310u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/</t>
+  </si>
+  <si>
+    <t>Inspiron 17 5748 </t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/</t>
+  </si>
+  <si>
+    <t>IdeaPad 330S-15IKB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-330s-15ikb-15-6-fhd-i5-8250u-8gb-128gb-ssd-10-bloga-klaviat8ra-ekrane-matosi-nuospaudos-nuo-klaviaturos/</t>
+  </si>
+  <si>
+    <t>LifeBook E544</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/fujitsu-lifebook-e544-15-6-fhd-ips-i5-4210m-8gb-256gb-ssd-20-keli-defektai/</t>
+  </si>
+  <si>
+    <t>Aspire E5-532</t>
+  </si>
+  <si>
+    <t>15.6 1366*768</t>
+  </si>
+  <si>
+    <t>Intel i3-4005U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-e5-532-15-6-1366768-i3-4005u-8gb-128gb-ssd-12-touchpad-neveikia/</t>
+  </si>
+  <si>
+    <t>Aspire ES1-512</t>
+  </si>
+  <si>
+    <t>Celeron N2920</t>
+  </si>
+  <si>
+    <t>1TB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-es1-512-15-6-celeron-n2920-8gb-1tb-hdd-bloga-baterija-ir-touchpad/</t>
+  </si>
+  <si>
+    <t>Lenovo Yoga 710-14IKB</t>
+  </si>
+  <si>
+    <t>Intel I5-7200U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-yoga-710-14ikb-su-defektais-14-0-fhd-ips-i5-7200u-4gb-256gb-ssd-ekrano-defektais-camera-neveikia-klaviatura-neidealiai-veikia/</t>
+  </si>
+  <si>
+    <t>Notebook 17</t>
+  </si>
+  <si>
+    <t>Intel i5-6200u</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/17-3-1600900-i5-6200u-8gb-be-disko-r5-m330-keli-nebaisus-trukumai/</t>
+  </si>
+  <si>
+    <t>Pavilion 15-P294no</t>
+  </si>
+  <si>
+    <t>AMD A10-7300</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-19201080-a10-7300-8gb-r7-m260-bloga-baterija-ir-touchpad/</t>
+  </si>
+  <si>
+    <t>E1-572G</t>
+  </si>
+  <si>
+    <t>Intel i5-4200U</t>
+  </si>
+  <si>
+    <t>750GB HDD</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-e1-572g-15-6-i5-4200u-8gb-750gb-hdd-bloga-baterija-ir-truksta-vieno-klaviso/</t>
+  </si>
+  <si>
+    <t>Cepter</t>
+  </si>
+  <si>
+    <t>N520-02</t>
+  </si>
+  <si>
+    <t>Intel i5-8265U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/15-6-fhd-ips-idealus-ekranas-i5-8265u-8gb-0gb-ssd-su-defektu-klaviaturos-nevisi-mygtukai-veikia-baterijos-nera/</t>
+  </si>
+  <si>
+    <t>Thinkpad Carbon x1 3rd Gen</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-carbon-x1-3rd-gen-14-0-fhd-i5-5300u-8gb-0gb-ssd-bloga-klaviatura/</t>
+  </si>
+  <si>
+    <t>Thinkpad A285</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-a285-12-5-hd-amd-ryzen-5-2500u-8gb-256gb-ssd-vienas-is-dvieju-usb-c-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Thinkpad T490</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t490-14-0-fhd-ips-i5-8265u-8gb-256gb-0-vienas-usb-c-neveikiantis/</t>
+  </si>
+  <si>
+    <t>Inspiron 13 5370</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-inspiron-13-5370-13-3-fhd-ips-i5-8250u-8gb-256gb-45-neveikia-web-camera/</t>
+  </si>
+  <si>
+    <t>Latitude 7200</t>
+  </si>
+  <si>
+    <t>12.3 1920*1080 IPS Touchscreen</t>
+  </si>
+  <si>
+    <t>Intel i5-8365U 1.6GHz, Max turbo dažnis 4.1GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-latitude-7200-touch-12-3-19201080-touchscreen-i5-8365u-16gb-256gb-baterija-i-pabaiga/</t>
+  </si>
+  <si>
+    <t>PU500C</t>
+  </si>
+  <si>
+    <t>15.6 1366*768 Matinis</t>
+  </si>
+  <si>
+    <t>Intel i5-3337U 1.8GHz, Max turbo dažnis 2.7GHz</t>
+  </si>
+  <si>
+    <t>10GB</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-pu500c-15-6-hd-matinis-i5-3337u-10gb-ram-128gb-ssd-14/</t>
+  </si>
+  <si>
+    <t>Thinkpad T480S</t>
+  </si>
+  <si>
+    <t>Intel i5-8350U</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8350u-8gb-256-ssd-18-neveikia-1vnt-usb-ir-1vnt-usb-c/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-n53s-15-6-i7-cpu-4gb-ram-be-ssd-neveikiantis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/neveikiantis-thinkbook-13s-g2-itl-i5-1135g7-8gb-ram-ilituoti-0gb-ssd-yra-baterija-netestuota/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-ideapad-530s-14ikb-14-0-fhd-ips-touchscreen-i5-8250u-0gb-ram-0gb-ssd-mx-130-2gb-gpu/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-np930xdb-13-3-amoled-supilta-pagrindine-plokste-dalimis-arba-visas/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/neveikiantis-samsung-galaxy-book-pro-360-np930qdb-13-3-x360-touchscreen-amoled-mb-jau-buvo-lituota-ankstesnio-savininko/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-y540-17irh-neveikiantis-i5-9300h-gtx-1660-ti-6gb-s-n-pf1zvzkv/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-legion-y530-15ich-15-6-144hz-neveikiantis-i5-8300h-gtx-1060-6gb-8gb-ram-s-n-pf1efx10/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-omen-15-en0802no-200w-ryzen-5-4600h-1660ti-6gb-neveikiantis-s-n-5cd0256bds/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-xps-15-9550-15-6-i7-6700hq-960m-2gb-s-n-1ldnj72-sulietas-neveikiantis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/acer-aspire-vvn7-591g-738g-i7-4720hq-gtx-960m-2gb-8gb-128gb-ssd-1tb-hdd-baterija-yra-laiko-veikia-blogi-vyriai/</t>
+  </si>
+  <si>
+    <t>Spectre 13-3000eo</t>
+  </si>
+  <si>
+    <t>13.3 2560*1440 IPS Touch</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-spectre-13-3000eo-13-3-25601440-ips-touchscreen-i5-4200u-8gb-256gb-ssd-23-truputi-dzerzgia-garsiakalbiai/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-255-g3-15-6-hd-matinis-a4-5000-4gb-1tb-hdd-bloga-baterija-nuskiles-korpuso-kamputis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/asus-x53s-i3-2310m-8gb-be-disko-bloga-baterija/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-860-16-i7-1355u-neveikiantis/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/su-defektu-lenovo-thinkpad-a485-14-0-fhd-ips-ryzen-5-2500u-8gb-256gb-ssd-abejos-baterijos-blogos-be-kroviklio-galima-dalimis-pirkti/</t>
+  </si>
+  <si>
+    <t>EliteBook 745 G5</t>
+  </si>
+  <si>
+    <t>Ryzen 3 Pro 2300U 2.0GHz, Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-elitebook-745-g5-14-0-fhd-ips-ryzen-3-pro-2300u-8gb-128gb-ssd-0-paluze-vyriai/</t>
+  </si>
+  <si>
+    <t>Intel i5-8250U 1.6GHz, Max turbo dažnis 3.4GHz</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t480s-14-0-fhd-ips-i5-8250u-8gb-256gb-ssd-23-su-defektais-kosmetiniai-vienas-baltas-taskas-ekrane/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-i5-7300u-nepilna-komplektacija-bloga-klaviatura/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-nepilna-komplektacija-fan-error/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-x270-12-5-i5-7300u-nepilna-komplektacija-bloga-klaviatura-2/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t470s-14-0-fhd-ips-i5-7200u-nepilna-komplektacija-bloga-klaviatura-lcd-a-grade-baterijos-18-ir-20-nusidevejimo/</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/dell-xps-13-9365-13-3-ips-touchscreen-i5-7y54-8gb-ram-be-ssd-disko-silpna-baterija-kosmetiniai-trukumai-su-krovikliu/</t>
+  </si>
+  <si>
+    <t>Thinkpad T580</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/lenovo-thinkpad-t580-15-6-fhd-ips-i5-8250u-8gb-256gb-ssd-24-ir-20-susidevejimo-baterijos-prastos-bukles-ekranas/</t>
+  </si>
+  <si>
+    <t>ProBook 450 G6</t>
+  </si>
+  <si>
+    <t>Intel i5-8265U 1.6GHz, Max turbo dažnis 3.9GHz</t>
+  </si>
+  <si>
+    <t>Korpuso tipas</t>
+  </si>
+  <si>
+    <t>Z240 Tower</t>
+  </si>
+  <si>
+    <t>Medium Tower</t>
+  </si>
+  <si>
+    <t>Intel Xeon E3-1270 v6</t>
+  </si>
+  <si>
+    <t>https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/</t>
+  </si>
+  <si>
+    <t>ThinkStation P310</t>
+  </si>
+  <si>
+    <t>Intel Xeon E3-1220 v5 3.0GHz, Max turbo dažnis 3.5GHz</t>
   </si>
   <si>
     <t>480GB SSD</t>
-  </si>
-[...445 lines deleted...]
-    <t>Intel Xeon E3-1220 v5 3.0GHz, Max turbo dažnis 3.5GHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/</t>
   </si>
   <si>
     <t>Omen 25L GT14-1841no</t>
   </si>
   <si>
     <t>Intel i5-13400F 10 Core Max turbo dažnis 4.6GHz</t>
   </si>
   <si>
     <t>16GB DDR5 5200MHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-omen-25l-gt14-1841no-i5-13400f-16gb-ddr5-1tb-ssd-rtx-4060-ti-8gb/</t>
   </si>
   <si>
     <t>Z2 Tower G4 Workstation</t>
   </si>
   <si>
     <t>Intel Xeon E-2176G 3.7GHz , Max turbo dažnis 4.7GHz</t>
   </si>
   <si>
     <t>https://eridas.lt/preke/hp-z2-tower-g4-workstation-xeon-e-2176g-16gb-512gb-ssd-gtx-1070-8gb/</t>
   </si>
@@ -1304,86 +1304,86 @@
 <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/so-dimm-ddr3-1vnt-16gb-pc3-12800s-laptopo-atmintis-vienoje-ploksteleje-16gb-ram-reta-preke/" TargetMode="External"/>
 <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/gtx-1080-ti-11gb-gddr5x-nestandartinis-ausintuvas/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-5495-14-0-fhd-ips-amd-ryzen-5-2500u-8gb-256gb-ssd/" TargetMode="External"/>
 <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-hp-zbook-17-g3-fhd-ips-xeon-e3-1535m-v5-16gb-ram-512gb-ssd-quadro-m5000m-8gb-gddr5/" TargetMode="External"/>
 <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-15-g1-workstation-15-6-fhd-matinis-i7-4700mq-8gb-256gb-ssd-nvidia-quadro-k1100m-2gb-gddr5/" TargetMode="External"/>
 <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-14-g7-firefly-14-0-fhd-ips-i7-10610u-32gb-1tb-ssd-nvidia-quadro-p520-4gb-gddr5/" TargetMode="External"/>
 <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/" TargetMode="External"/>
 <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/" TargetMode="External"/>
 <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/" TargetMode="External"/>
 <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/" TargetMode="External"/>
 <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5570-15-6-fhd-500-nit-i7-12700h-64gb-ddr5-1tb-rtx-a2000-8gb-21/" TargetMode="External"/>
 <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3571-15-6-fhd-i7-12700h-32gb-ddr5-1tb-rtx-a1000-4gb/" TargetMode="External"/>
 <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/xps-15-9575-15-6-x360-4k-ts-i7-8705g-16gb-256gb-69/" TargetMode="External"/>
 <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-16-0-wqxga-25601600-400-ni-i7-12850hx-32gb-1tb-a3000-12gb-11/" TargetMode="External"/>
 <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i9-9880h-32gb-512gb-rtx-5000-16gb/" TargetMode="External"/>
 <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-32gb-1tb-ssd-nvidia-quadro-t550-4gb-32/" TargetMode="External"/>
 <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-fhd-ips-touchscreen-i7-6820hq-16gb-256gb-m2000m-4gb/" TargetMode="External"/>
 <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-zbook-firefly-14-g8-14-fhd-ips-i7-1165g7-32gb-512gb-t500-4gb/" TargetMode="External"/>
 <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-840-g8-14-0-fhd-ips-i5-1135g7-16gb-256gb-ssd-26-kopija/" TargetMode="External"/>
 <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-5490-14-0-qhd-ts-ultra-7-165h-32gb-512gb-ssd-rtx-a2000-8gb-gddr6-ada-generation-0-garantija-iki-2029-07-10/" TargetMode="External"/>
 <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-4k-ips-i7-6820hq-32gb-512gb-m2000m-4gb/" TargetMode="External"/>
 <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-16gb-512gb-ssd-nvidia-quadro-t550-4gb-35/" TargetMode="External"/>
-<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p53-15-6-i7-9750h-32gb-512gb-t2000-4gb-16/" TargetMode="External"/></Relationships>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p53-15-6-i7-9750h-32gb-512gb-t2000-4gb-16/" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-p72-17-3-fhd-ips-intel-xeon-e-2186m-64gb-ddr4-256gb-ssd-2tb-hdd-nvidia-quadro-p5200-16gb-gddr5-max-q/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/" TargetMode="External"/>
-[...30 lines deleted...]
-<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/msi-ge60-15-6-19201080-tn-i7-4700mq-8gb-480gb-ssd-nvidia-gt-750m-2gb-gddr5-baterija-mirusi/" TargetMode="External"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/" TargetMode="External"/>
 <Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/" TargetMode="External"/>
 <Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/" TargetMode="External"/>
 <Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/" TargetMode="External"/>
 <Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/" TargetMode="External"/>
 <Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/" TargetMode="External"/>
 <Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/" TargetMode="External"/>
 <Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/" TargetMode="External"/>
 <Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/1vnt-surface-pro-5-12-3-i5-7300u-8gb-128-256gb-su-ekrano-defektu/" TargetMode="External"/>
 <Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u/" TargetMode="External"/>
 <Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-ideapad-s540-13iml-i5-10210u-neveikiantis-kopija/" TargetMode="External"/>
 <Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-19201080-i5-6200u-12gb-ram-be-ssd-bloga-klaviatura-bloga-baterija/" TargetMode="External"/>
 <Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/hp-245-g9-14-0-ryzen-3-5425u-0gb-ram-0gb-ssd-fhd-neveikiantis/" TargetMode="External"/>
 <Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-thinkpad-x395-13-3-fhd-ips-ryzen-5-3500u-16gb-256gb-ssd-19-kosmetinei-defektai-vienas-is-dvieju-type-c-neveikia/" TargetMode="External"/>
 <Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/15-6-fhd-ips-i5-6440hq-16gb-256gb-ssd-0-neveikia-touch-ekrano-visa-kita-veikia-gerai/" TargetMode="External"/>
 <Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/microsfot-surface-5-pro-12-3-27361824-ips-touch-neveikia-lieciamas-ekranas-i5-7300u-8gb-256gb-1/" TargetMode="External"/>
 <Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-v330-14ikb-14-0-fhd/" TargetMode="External"/>
 <Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-3-a315-31-15-6-19201080-celeron-n3350-4gb-128gb-ssd-44-truksta-klavisu/" TargetMode="External"/>
 <Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/acer-aspire-v5-552-15-6-hd-a6-5357m-8gb-480gb-ssd-7-kosmetiniai-ekrano-defektai-daug-baltu-tasku/" TargetMode="External"/>
 <Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/lenovo-yoga-510-14isk-x360-14-0-fhd-ips-touch-i5-6200u-8gb-128gb-ssd-31/" TargetMode="External"/>
 <Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/dell-latitude-5310-13-3-fhd-ips-i5-10310u-8gb-256gb-26-yra-baltu-tasku-ekrane/" TargetMode="External"/>
 <Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eridas.lt/preke/17-3-1600900-i5-5200u-8gb-128gb-ssd-gt-820m-2gb-nera-baterijos/" TargetMode="External"/>
@@ -1587,59 +1587,59 @@
       <c r="C8" s="3">
         <v>140.49</v>
       </c>
       <c r="D8">
         <v>169.99</v>
       </c>
       <c r="E8" t="s" s="4">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1" location="" display="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w/"/>
     <hyperlink ref="E3" r:id="rId2" location="" display="https://eridas.lt/preke/originalus-naudotas-hp-ikroviklis-65w-7-5x-5-0mm/"/>
     <hyperlink ref="E4" r:id="rId3" location="" display="https://eridas.lt/preke/dimm-ddr3-18gb-1-5v-1600mhz-parenkamas-atsitiktinis-gamintojas/"/>
     <hyperlink ref="E5" r:id="rId4" location="" display="https://eridas.lt/preke/asus-type-c-45w-ikroviklis-20v-2-25a-5v-3a-9v-9a-15v-3a-turime-dideli-kieki/"/>
     <hyperlink ref="E6" r:id="rId5" location="" display="https://eridas.lt/preke/nesiojamo-kompiuterio-maitinimo-saltinis-lenovo-square-45w-kopija/"/>
     <hyperlink ref="E7" r:id="rId6" location="" display="https://eridas.lt/preke/so-dimm-ddr3-1vnt-16gb-pc3-12800s-laptopo-atmintis-vienoje-ploksteleje-16gb-ram-reta-preke/"/>
     <hyperlink ref="E8" r:id="rId7" location="" display="https://eridas.lt/preke/gtx-1080-ti-11gb-gddr5x-nestandartinis-ausintuvas/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L22"/>
+  <dimension ref="A1:L23"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="24" customWidth="1"/>
     <col min="4" max="4" width="42" customWidth="1"/>
     <col min="5" max="5" width="57" customWidth="1"/>
     <col min="6" max="6" width="48" customWidth="1"/>
-    <col min="7" max="7" width="10" customWidth="1"/>
+    <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="22" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
     <col min="10" max="10" width="16" customWidth="1"/>
     <col min="11" max="11" width="60" customWidth="1"/>
     <col min="12" max="12" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>19</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>20</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>21</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>22</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>23</v>
@@ -2344,2843 +2344,2845 @@
         <v>106</v>
       </c>
       <c r="D22" t="s">
         <v>107</v>
       </c>
       <c r="E22" t="s">
         <v>108</v>
       </c>
       <c r="F22" t="s">
         <v>48</v>
       </c>
       <c r="G22" t="s">
         <v>39</v>
       </c>
       <c r="H22"/>
       <c r="I22" s="3">
         <v>371.90</v>
       </c>
       <c r="J22">
         <v>450</v>
       </c>
       <c r="K22" t="s" s="4">
         <v>109</v>
       </c>
       <c r="L22"/>
+    </row>
+    <row r="23">
+      <c r="A23">
+        <v>9809</v>
+      </c>
+      <c r="B23" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" t="s">
+        <v>110</v>
+      </c>
+      <c r="D23" t="s">
+        <v>83</v>
+      </c>
+      <c r="E23" t="s">
+        <v>111</v>
+      </c>
+      <c r="F23" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23" t="s">
+        <v>112</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23">
+        <v>619</v>
+      </c>
+      <c r="J23">
+        <v>748.99</v>
+      </c>
+      <c r="K23" t="s" s="4">
+        <v>113</v>
+      </c>
+      <c r="L23"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="K2" r:id="rId8" location="" display="https://eridas.lt/preke/dell-latitude-5495-14-0-fhd-ips-amd-ryzen-5-2500u-8gb-256gb-ssd/"/>
     <hyperlink ref="K3" r:id="rId9" location="" display="https://eridas.lt/preke/17-3-hp-zbook-17-g3-fhd-ips-xeon-e3-1535m-v5-16gb-ram-512gb-ssd-quadro-m5000m-8gb-gddr5/"/>
     <hyperlink ref="K4" r:id="rId10" location="" display="https://eridas.lt/preke/hp-zbook-15-g1-workstation-15-6-fhd-matinis-i7-4700mq-8gb-256gb-ssd-nvidia-quadro-k1100m-2gb-gddr5/"/>
     <hyperlink ref="K5" r:id="rId11" location="" display="https://eridas.lt/preke/hp-zbook-14-g7-firefly-14-0-fhd-ips-i7-10610u-32gb-1tb-ssd-nvidia-quadro-p520-4gb-gddr5/"/>
     <hyperlink ref="K6" r:id="rId12" location="" display="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i7-9850h-32gb-512gb-rtx-5000-16gb-gddr6/"/>
     <hyperlink ref="K7" r:id="rId13" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p1-4th-gen-16-25601600-400-nit-ips-i7-11800h-rtx-a2000-4gb/"/>
     <hyperlink ref="K8" r:id="rId14" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p1-gen-1-15-6-fhd-ips-i7-8750h-16gb-256gb-p1000-4gb-53-su-ekrano-kosmetiniais-trukumais/"/>
     <hyperlink ref="K9" r:id="rId15" location="" display="https://eridas.lt/preke/precision-7530-15-6-fhd-ips-i7-8850h-16gb-256gb-ssd-p2000-4gb-19/"/>
     <hyperlink ref="K10" r:id="rId16" location="" display="https://eridas.lt/preke/dell-precision-5570-15-6-fhd-500-nit-i7-12700h-64gb-ddr5-1tb-rtx-a2000-8gb-21/"/>
     <hyperlink ref="K11" r:id="rId17" location="" display="https://eridas.lt/preke/dell-precision-3571-15-6-fhd-i7-12700h-32gb-ddr5-1tb-rtx-a1000-4gb/"/>
     <hyperlink ref="K12" r:id="rId18" location="" display="https://eridas.lt/preke/xps-15-9575-15-6-x360-4k-ts-i7-8705g-16gb-256gb-69/"/>
     <hyperlink ref="K13" r:id="rId19" location="" display="https://eridas.lt/preke/lenovo-thinkpad-16-0-wqxga-25601600-400-ni-i7-12850hx-32gb-1tb-a3000-12gb-11/"/>
     <hyperlink ref="K14" r:id="rId20" location="" display="https://eridas.lt/preke/hp-zbook-17-g6-17-3-fhd-ips-i9-9880h-32gb-512gb-rtx-5000-16gb/"/>
     <hyperlink ref="K15" r:id="rId21" location="" display="https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-32gb-1tb-ssd-nvidia-quadro-t550-4gb-32/"/>
     <hyperlink ref="K16" r:id="rId22" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-fhd-ips-touchscreen-i7-6820hq-16gb-256gb-m2000m-4gb/"/>
     <hyperlink ref="K17" r:id="rId23" location="" display="https://eridas.lt/preke/hp-zbook-firefly-14-g8-14-fhd-ips-i7-1165g7-32gb-512gb-t500-4gb/"/>
     <hyperlink ref="K18" r:id="rId24" location="" display="https://eridas.lt/preke/hp-elitebook-840-g8-14-0-fhd-ips-i5-1135g7-16gb-256gb-ssd-26-kopija/"/>
     <hyperlink ref="K19" r:id="rId25" location="" display="https://eridas.lt/preke/dell-precision-5490-14-0-qhd-ts-ultra-7-165h-32gb-512gb-ssd-rtx-a2000-8gb-gddr6-ada-generation-0-garantija-iki-2029-07-10/"/>
     <hyperlink ref="K20" r:id="rId26" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p50-15-6-4k-ips-i7-6820hq-32gb-512gb-m2000m-4gb/"/>
     <hyperlink ref="K21" r:id="rId27" location="" display="https://eridas.lt/preke/dell-precision-3470-14-0-fhd-ips-i7-1260p-16gb-512gb-ssd-nvidia-quadro-t550-4gb-35/"/>
     <hyperlink ref="K22" r:id="rId28" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p53-15-6-i7-9750h-32gb-512gb-t2000-4gb-16/"/>
+    <hyperlink ref="K23" r:id="rId29" location="" display="https://eridas.lt/preke/lenovo-thinkpad-p72-17-3-fhd-ips-intel-xeon-e-2186m-64gb-ddr4-256gb-ssd-2tb-hdd-nvidia-quadro-p5200-16gb-gddr5-max-q/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J37"/>
+  <dimension ref="A1:J36"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="29" customWidth="1"/>
     <col min="5" max="5" width="59" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>19</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>20</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>21</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>22</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>23</v>
       </c>
       <c r="G1" t="s" s="2">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2855</v>
       </c>
       <c r="B2" t="s">
         <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D2" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E2" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="F2" t="s">
         <v>31</v>
       </c>
       <c r="G2" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H2" s="3">
         <v>74.38</v>
       </c>
       <c r="I2">
         <v>90</v>
       </c>
       <c r="J2" t="s" s="4">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2947</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D3" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G3" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="H3" s="3">
         <v>66.12</v>
       </c>
       <c r="I3">
         <v>80.01</v>
       </c>
       <c r="J3" t="s" s="4">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>2948</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E4" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F4" t="s">
         <v>31</v>
       </c>
       <c r="G4" t="s">
         <v>32</v>
       </c>
       <c r="H4" s="3">
         <v>78.51</v>
       </c>
       <c r="I4">
         <v>95</v>
       </c>
       <c r="J4" t="s" s="4">
-        <v>124</v>
+        <v>128</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>2949</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D5" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E5" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
       <c r="G5" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H5" s="3">
         <v>57.85</v>
       </c>
       <c r="I5">
         <v>70</v>
       </c>
       <c r="J5" t="s" s="4">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>2950</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D6" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E6" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
       <c r="H6" s="3">
         <v>99.17</v>
       </c>
       <c r="I6">
         <v>120</v>
       </c>
       <c r="J6" t="s" s="4">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>2951</v>
       </c>
       <c r="B7" t="s">
         <v>27</v>
       </c>
       <c r="C7" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D7" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E7" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F7" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G7" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H7" s="3">
         <v>53.72</v>
       </c>
       <c r="I7">
         <v>65</v>
       </c>
       <c r="J7" t="s" s="4">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>2952</v>
       </c>
       <c r="B8" t="s">
         <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E8" t="s">
+        <v>127</v>
+      </c>
+      <c r="F8" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G8" t="s">
         <v>32</v>
       </c>
       <c r="H8" s="3">
         <v>78.51</v>
       </c>
       <c r="I8">
         <v>95</v>
       </c>
       <c r="J8" t="s" s="4">
-        <v>132</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>2954</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D9" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="E9" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H9" s="3">
         <v>53.72</v>
       </c>
       <c r="I9">
         <v>65</v>
       </c>
       <c r="J9" t="s" s="4">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>2955</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D10" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E10" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="F10" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10" s="3">
         <v>53.72</v>
       </c>
       <c r="I10">
         <v>65</v>
       </c>
       <c r="J10" t="s" s="4">
-        <v>138</v>
+        <v>142</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>2960</v>
       </c>
       <c r="B11" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C11" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D11" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E11" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H11" s="3">
         <v>82.64</v>
       </c>
       <c r="I11">
         <v>99.99</v>
       </c>
       <c r="J11" t="s" s="4">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>2962</v>
       </c>
       <c r="B12" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C12" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D12" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="E12" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F12" t="s">
         <v>31</v>
       </c>
       <c r="G12" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H12" s="3">
         <v>74.38</v>
       </c>
       <c r="I12">
         <v>90</v>
       </c>
       <c r="J12" t="s" s="4">
-        <v>147</v>
+        <v>151</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>2967</v>
       </c>
       <c r="B13" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C13" t="s">
+        <v>153</v>
+      </c>
+      <c r="D13" t="s">
         <v>149</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H13" s="3">
         <v>78.51</v>
       </c>
       <c r="I13">
         <v>95</v>
       </c>
       <c r="J13" t="s" s="4">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>3181</v>
       </c>
       <c r="B14" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C14" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D14" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E14" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H14" s="3">
         <v>74.38</v>
       </c>
       <c r="I14">
         <v>90</v>
       </c>
       <c r="J14" t="s" s="4">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>3728</v>
       </c>
       <c r="B15" t="s">
         <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="F15" t="s">
         <v>31</v>
       </c>
       <c r="G15" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H15">
         <v>50</v>
       </c>
       <c r="I15">
         <v>60.5</v>
       </c>
       <c r="J15" t="s" s="4">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>3905</v>
       </c>
       <c r="B16" t="s">
         <v>54</v>
       </c>
       <c r="C16" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D16" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F16" t="s">
         <v>31</v>
       </c>
       <c r="G16" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="H16" s="3">
         <v>45.45</v>
       </c>
       <c r="I16">
         <v>54.99</v>
       </c>
       <c r="J16" t="s" s="4">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>3908</v>
       </c>
       <c r="B17" t="s">
         <v>54</v>
       </c>
       <c r="C17" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D17" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E17" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F17" t="s">
         <v>31</v>
       </c>
       <c r="G17" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="H17" s="3">
         <v>41.32</v>
       </c>
       <c r="I17">
         <v>50</v>
       </c>
       <c r="J17" t="s" s="4">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>4092</v>
       </c>
       <c r="B18" t="s">
         <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D18" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E18" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F18" t="s">
         <v>31</v>
       </c>
       <c r="G18" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="H18" s="3">
         <v>49.59</v>
       </c>
       <c r="I18">
         <v>60</v>
       </c>
       <c r="J18" t="s" s="4">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>4094</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D19" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E19" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F19" t="s">
         <v>31</v>
       </c>
       <c r="G19" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="H19" s="3">
         <v>45.45</v>
       </c>
       <c r="I19">
         <v>54.99</v>
       </c>
       <c r="J19" t="s" s="4">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>4096</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D20" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E20" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F20" t="s">
         <v>31</v>
       </c>
       <c r="G20" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="H20" s="3">
         <v>49.59</v>
       </c>
       <c r="I20">
         <v>60</v>
       </c>
       <c r="J20" t="s" s="4">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>4098</v>
       </c>
       <c r="B21" t="s">
         <v>54</v>
       </c>
       <c r="C21" t="s">
+        <v>175</v>
+      </c>
+      <c r="D21" t="s">
+        <v>121</v>
+      </c>
+      <c r="E21" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="H21" s="3">
         <v>45.45</v>
       </c>
       <c r="I21">
         <v>54.99</v>
       </c>
       <c r="J21" t="s" s="4">
-        <v>172</v>
+        <v>176</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>4142</v>
       </c>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22" s="3">
         <v>37.19</v>
       </c>
       <c r="I22">
         <v>45</v>
       </c>
       <c r="J22" t="s" s="4">
-        <v>173</v>
+        <v>177</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>4145</v>
       </c>
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" s="3">
         <v>37.19</v>
       </c>
       <c r="I23">
         <v>45</v>
       </c>
       <c r="J23" t="s" s="4">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>4154</v>
       </c>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24" s="3">
         <v>37.19</v>
       </c>
       <c r="I24">
         <v>45</v>
       </c>
       <c r="J24" t="s" s="4">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>4159</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25" s="3">
         <v>37.19</v>
       </c>
       <c r="I25">
         <v>45</v>
       </c>
       <c r="J25" t="s" s="4">
-        <v>176</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>4599</v>
       </c>
       <c r="B26" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C26" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D26" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="E26" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="F26" t="s">
         <v>31</v>
       </c>
       <c r="G26" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H26" s="3">
         <v>66.12</v>
       </c>
       <c r="I26">
         <v>80.01</v>
       </c>
       <c r="J26" t="s" s="4">
-        <v>181</v>
+        <v>185</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>4628</v>
       </c>
       <c r="B27" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C27" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="E27" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="F27" t="s">
         <v>31</v>
       </c>
       <c r="G27" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H27" s="3">
         <v>37.19</v>
       </c>
       <c r="I27">
         <v>45</v>
       </c>
       <c r="J27" t="s" s="4">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>5646</v>
       </c>
       <c r="B28" t="s">
         <v>34</v>
       </c>
       <c r="C28" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D28" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E28" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F28" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="G28" t="s">
         <v>32</v>
       </c>
       <c r="H28" s="3">
         <v>82.64</v>
       </c>
       <c r="I28">
         <v>99.99</v>
       </c>
       <c r="J28" t="s" s="4">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>5865</v>
       </c>
       <c r="B29" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C29" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D29" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E29" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="F29" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="G29" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H29" s="3">
         <v>82.64</v>
       </c>
       <c r="I29">
         <v>99.99</v>
       </c>
       <c r="J29" t="s" s="4">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>5876</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C30" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D30" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E30" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="F30" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G30" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H30" s="3">
         <v>82.64</v>
       </c>
       <c r="I30">
         <v>99.99</v>
       </c>
       <c r="J30" t="s" s="4">
-        <v>197</v>
+        <v>201</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>5883</v>
       </c>
       <c r="B31" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C31" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="F31" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G31" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H31" s="3">
         <v>41.32</v>
       </c>
       <c r="I31">
         <v>50</v>
       </c>
       <c r="J31" t="s" s="4">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>6033</v>
       </c>
       <c r="B32" t="s">
         <v>54</v>
       </c>
       <c r="C32" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D32" t="s">
         <v>42</v>
       </c>
       <c r="E32" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="F32" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="G32" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="H32" s="3">
         <v>70.25</v>
       </c>
       <c r="I32">
         <v>85</v>
       </c>
       <c r="J32" t="s" s="4">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>6047</v>
+        <v>6158</v>
       </c>
       <c r="B33" t="s">
-        <v>206</v>
+        <v>54</v>
       </c>
       <c r="C33" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D33" t="s">
         <v>42</v>
       </c>
       <c r="E33" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="F33" t="s">
         <v>31</v>
       </c>
       <c r="G33" t="s">
-        <v>209</v>
+        <v>32</v>
       </c>
       <c r="H33" s="3">
-        <v>82.64</v>
+        <v>66.12</v>
       </c>
       <c r="I33">
-        <v>99.99</v>
+        <v>80.01</v>
       </c>
       <c r="J33" t="s" s="4">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>6158</v>
+        <v>6173</v>
       </c>
       <c r="B34" t="s">
         <v>54</v>
       </c>
       <c r="C34" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D34" t="s">
-        <v>42</v>
+        <v>214</v>
       </c>
       <c r="E34" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="F34" t="s">
         <v>31</v>
       </c>
       <c r="G34" t="s">
-        <v>32</v>
+        <v>216</v>
       </c>
       <c r="H34" s="3">
-        <v>66.12</v>
+        <v>66.11</v>
       </c>
       <c r="I34">
-        <v>80.01</v>
+        <v>79.99</v>
       </c>
       <c r="J34" t="s" s="4">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>6173</v>
-[...20 lines deleted...]
-        <v>66.11</v>
+        <v>6682</v>
+      </c>
+      <c r="B35"/>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35"/>
+      <c r="F35"/>
+      <c r="G35"/>
+      <c r="H35">
+        <v>40</v>
       </c>
       <c r="I35">
-        <v>79.99</v>
+        <v>48.4</v>
       </c>
       <c r="J35" t="s" s="4">
         <v>218</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>6682</v>
-[...8 lines deleted...]
-        <v>40</v>
+        <v>7313</v>
+      </c>
+      <c r="B36" t="s">
+        <v>27</v>
+      </c>
+      <c r="C36" t="s">
+        <v>219</v>
+      </c>
+      <c r="D36" t="s">
+        <v>220</v>
+      </c>
+      <c r="E36" t="s">
+        <v>221</v>
+      </c>
+      <c r="F36" t="s">
+        <v>31</v>
+      </c>
+      <c r="G36" t="s">
+        <v>32</v>
+      </c>
+      <c r="H36" s="3">
+        <v>66.12</v>
       </c>
       <c r="I36">
-        <v>48.4</v>
+        <v>80.01</v>
       </c>
       <c r="J36" t="s" s="4">
-        <v>219</v>
-[...15 lines deleted...]
-      <c r="E37" t="s">
         <v>222</v>
-      </c>
-[...13 lines deleted...]
-        <v>223</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId29" location="" display="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/"/>
-[...34 lines deleted...]
-    <hyperlink ref="J37" r:id="rId64" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/"/>
+    <hyperlink ref="J2" r:id="rId30" location="" display="https://eridas.lt/preke/hp-elitebook-15-6-i7-3740qm-8gb-128ssd/"/>
+    <hyperlink ref="J3" r:id="rId31" location="" display="https://eridas.lt/preke/dell-latittude-e6440-i5-4200m-4gb-128gb-ssd/"/>
+    <hyperlink ref="J4" r:id="rId32" location="" display="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-8gb-256gb-ssd/"/>
+    <hyperlink ref="J5" r:id="rId33" location="" display="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J6" r:id="rId34" location="" display="https://eridas.lt/preke/dell-latittude-e7250-i5-5300u-8gb-256gb-ssd/"/>
+    <hyperlink ref="J7" r:id="rId35" location="" display="https://eridas.lt/preke/dell-latittude-e5450-i3-5010u-4gb-128gb-ssd/"/>
+    <hyperlink ref="J8" r:id="rId36" location="" display="https://eridas.lt/preke/dell-latittude-e7240-i5-4300u-4gb-256gb-ssd/"/>
+    <hyperlink ref="J9" r:id="rId37" location="" display="https://eridas.lt/preke/dell-latittude-e5440-i3-4030u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J10" r:id="rId38" location="" display="https://eridas.lt/preke/dell-latittude-e5440-i3-4010u-4gb-256gb-ssd/"/>
+    <hyperlink ref="J11" r:id="rId39" location="" display="https://eridas.lt/preke/fujitsu-s935-13-3-fhd-ips-i5-5200u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J12" r:id="rId40" location="" display="https://eridas.lt/preke/lifebook-e734-13-3-i5-4210m-8gb-128gb-ssd/"/>
+    <hyperlink ref="J13" r:id="rId41" location="" display="https://eridas.lt/preke/toshiba-z30-b-106-13-3-i5-5200u-8gb-128gb-ssd/"/>
+    <hyperlink ref="J14" r:id="rId42" location="" display="https://eridas.lt/preke/lifebook-e744-13-3-i5-4210m-8gb-128gb-ssd/"/>
+    <hyperlink ref="J15" r:id="rId43" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e460-14-0-1366768-i5-6200u-8gb-0gb-ssd-13-balta-demele-ekrane/"/>
+    <hyperlink ref="J16" r:id="rId44" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J17" r:id="rId45" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-l420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J18" r:id="rId46" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J19" r:id="rId47" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J20" r:id="rId48" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t430s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J21" r:id="rId49" location="" display="https://eridas.lt/preke/ispardavimas-lenovo-thinkpad-t420s-14-0-hd-i5-8gb-128gb-ssd-gera-baterija/"/>
+    <hyperlink ref="J22" r:id="rId50" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e330-13-3-hd-i3-3110m-8gb-128gb-ssd-29-nesuinstaliuotas/"/>
+    <hyperlink ref="J23" r:id="rId51" location="" display="https://eridas.lt/preke/lenovo-thinkpad-e520-15-6-hd-i3-2370m-4gb-500gb-hdd-30-nesuinstaliuotas/"/>
+    <hyperlink ref="J24" r:id="rId52" location="" display="https://eridas.lt/preke/fujitsu-lifebook-a512-15-6-hd-i3-3110m-4gb-320gb-hdd-16-nesuinstaliuotas/"/>
+    <hyperlink ref="J25" r:id="rId53" location="" display="https://eridas.lt/preke/dell-latitude-e5430-14-0-1600900-i3-2350m-8gb-be-disko-5/"/>
+    <hyperlink ref="J26" r:id="rId54" location="" display="https://eridas.lt/preke/17-3-1600900-i3-2348m-8gb-128gb-ssd-500gb-hdd-48/"/>
+    <hyperlink ref="J27" r:id="rId55" location="" display="https://eridas.lt/preke/toshiba-satellite-c870d-11m-17-3-1600900-e1-1200-8gb-128gb-ssd-17-yra-keli-mazi-balti-taskeliai-ekrane/"/>
+    <hyperlink ref="J28" r:id="rId56" location="" display="https://eridas.lt/preke/hp-elitebook-725-g3-12-5-hd-tn-matinis-amd-pro-a10-8700b-12gb-256gb-ssd-24/"/>
+    <hyperlink ref="J29" r:id="rId57" location="" display="https://eridas.lt/preke/kolekcinis-produktas-18-4-ekranu-fujitsu-amilo-li-3910-pentium-t3200-3gb-ram-be-disko-su-originaliu-krovikliu/"/>
+    <hyperlink ref="J30" r:id="rId58" location="" display="https://eridas.lt/preke/kolekcinis-produktas-18-4-fhd-acer-aspire-8730-pentium-t6400-4gb-ram-0gb-hdd-nvidia-gt-9600m-1gb-gyva-baterija/"/>
+    <hyperlink ref="J31" r:id="rId59" location="" display="https://eridas.lt/preke/acer-aspire-a315-32-p9gr-15-6-19201080-celeron-n5000-4gb-128gb-16/"/>
+    <hyperlink ref="J32" r:id="rId60" location="" display="https://eridas.lt/preke/15-6-19201080-intel-pentium-gold-4415u-6gb-128gb-ssd-1tb-hdd-15/"/>
+    <hyperlink ref="J33" r:id="rId61" location="" display="https://eridas.lt/preke/lenovo-v145-15ast-15-6-19201080-a6-9225-r4-8gb-256gb-ssd-10/"/>
+    <hyperlink ref="J34" r:id="rId62" location="" display="https://eridas.lt/preke/lenovo-yoga-2-13-13-3-fhd-ips-touchscreen-i5-4200u-8gb-128gb-ssd-36/"/>
+    <hyperlink ref="J35" r:id="rId63" location="" display="https://eridas.lt/preke/packard-bell-ts11-hr-15-6-hd-i7-2630qm-4gb-240gb-ssd-nvidia-gt-540m-baterija-beveik-mirusi-70/"/>
+    <hyperlink ref="J36" r:id="rId64" location="" display="https://eridas.lt/preke/nesiojamas-kompiuteris-latitude-e7270-12-5-fhd-ips-i5-6300u-8gb-256gb-ssd-15/"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J59"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="31" customWidth="1"/>
     <col min="5" max="5" width="50" customWidth="1"/>
     <col min="6" max="6" width="28" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>19</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>20</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>21</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>22</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>23</v>
       </c>
       <c r="G1" t="s" s="2">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>2894</v>
       </c>
       <c r="B2" t="s">
         <v>54</v>
       </c>
       <c r="C2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D2" t="s">
         <v>224</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>225</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>226</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="H2">
         <v>1000</v>
       </c>
       <c r="I2">
         <v>1210</v>
       </c>
       <c r="J2" t="s" s="4">
-        <v>229</v>
+        <v>228</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2899</v>
       </c>
       <c r="B3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C3" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="D3" t="s">
         <v>29</v>
       </c>
       <c r="E3" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="F3" t="s">
         <v>31</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" s="3">
         <v>205.79</v>
       </c>
       <c r="I3">
         <v>249.01</v>
       </c>
       <c r="J3" t="s" s="4">
-        <v>233</v>
+        <v>232</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3311</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" s="3">
         <v>29.75</v>
       </c>
       <c r="I4">
         <v>36</v>
       </c>
       <c r="J4" t="s" s="4">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>3421</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
       <c r="C5" t="s">
+        <v>234</v>
+      </c>
+      <c r="D5" t="s">
+        <v>149</v>
+      </c>
+      <c r="E5" t="s">
         <v>235</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G5" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H5" s="3">
         <v>28.93</v>
       </c>
       <c r="I5">
         <v>35.01</v>
       </c>
       <c r="J5" t="s" s="4">
-        <v>237</v>
+        <v>236</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>3424</v>
       </c>
       <c r="B6" t="s">
+        <v>237</v>
+      </c>
+      <c r="C6" t="s">
         <v>238</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>239</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="H6" s="3">
         <v>41.32</v>
       </c>
       <c r="I6">
         <v>50</v>
       </c>
       <c r="J6" t="s" s="4">
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>3507</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
       <c r="C7" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7">
         <v>60</v>
       </c>
       <c r="I7">
         <v>72.6</v>
       </c>
       <c r="J7" t="s" s="4">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>3512</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8">
         <v>35</v>
       </c>
       <c r="I8">
         <v>42.35</v>
       </c>
       <c r="J8" t="s" s="4">
-        <v>248</v>
+        <v>247</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>3603</v>
       </c>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9">
         <v>45</v>
       </c>
       <c r="I9">
         <v>54.45</v>
       </c>
       <c r="J9" t="s" s="4">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>3626</v>
       </c>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10">
         <v>50</v>
       </c>
       <c r="I10">
         <v>60.5</v>
       </c>
       <c r="J10" t="s" s="4">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>3663</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
+        <v>250</v>
+      </c>
+      <c r="D11" t="s">
+        <v>145</v>
+      </c>
+      <c r="E11" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11" s="3">
         <v>123.97</v>
       </c>
       <c r="I11">
         <v>150</v>
       </c>
       <c r="J11" t="s" s="4">
-        <v>253</v>
+        <v>252</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>3673</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="E12" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12" t="s">
         <v>32</v>
       </c>
       <c r="H12" s="3">
         <v>132.23</v>
       </c>
       <c r="I12">
         <v>160</v>
       </c>
       <c r="J12" t="s" s="4">
-        <v>256</v>
+        <v>255</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>3715</v>
       </c>
       <c r="B13" t="s">
+        <v>256</v>
+      </c>
+      <c r="C13" t="s">
         <v>257</v>
       </c>
-      <c r="C13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s">
+        <v>239</v>
+      </c>
+      <c r="E13" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13" t="s">
         <v>32</v>
       </c>
       <c r="H13" s="3">
         <v>58.33</v>
       </c>
       <c r="I13">
         <v>70.58</v>
       </c>
       <c r="J13" t="s" s="4">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>3854</v>
       </c>
       <c r="B14" t="s">
         <v>54</v>
       </c>
       <c r="C14" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D14" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="E14" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H14">
         <v>50</v>
       </c>
       <c r="I14">
         <v>60.5</v>
       </c>
       <c r="J14" t="s" s="4">
-        <v>261</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>3858</v>
       </c>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15">
         <v>35</v>
       </c>
       <c r="I15">
         <v>42.35</v>
       </c>
       <c r="J15" t="s" s="4">
-        <v>262</v>
+        <v>261</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>4081</v>
       </c>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16">
         <v>50</v>
       </c>
       <c r="I16">
         <v>60.5</v>
       </c>
       <c r="J16" t="s" s="4">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>4105</v>
       </c>
       <c r="B17" t="s">
         <v>54</v>
       </c>
       <c r="C17" t="s">
+        <v>263</v>
+      </c>
+      <c r="D17" t="s">
         <v>264</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="F17" t="s">
         <v>31</v>
       </c>
       <c r="G17" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H17" s="3">
         <v>74.38</v>
       </c>
       <c r="I17">
         <v>90</v>
       </c>
       <c r="J17" t="s" s="4">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>4197</v>
       </c>
       <c r="B18" t="s">
         <v>27</v>
       </c>
       <c r="C18" t="s">
+        <v>266</v>
+      </c>
+      <c r="D18" t="s">
+        <v>145</v>
+      </c>
+      <c r="E18" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="F18" t="s">
         <v>31</v>
       </c>
       <c r="G18" t="s">
         <v>32</v>
       </c>
       <c r="H18" s="3">
         <v>132.23</v>
       </c>
       <c r="I18">
         <v>160</v>
       </c>
       <c r="J18" t="s" s="4">
-        <v>269</v>
+        <v>268</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>4274</v>
       </c>
       <c r="B19" t="s">
         <v>27</v>
       </c>
       <c r="C19" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="D19" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="E19" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="F19" t="s">
         <v>31</v>
       </c>
       <c r="G19" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H19">
         <v>80</v>
       </c>
       <c r="I19">
         <v>96.8</v>
       </c>
       <c r="J19" t="s" s="4">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>4442</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="D20" t="s">
         <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="F20" t="s">
         <v>31</v>
       </c>
       <c r="G20" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H20" s="3">
         <v>74.38</v>
       </c>
       <c r="I20">
         <v>90</v>
       </c>
       <c r="J20" t="s" s="4">
-        <v>273</v>
+        <v>272</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>4465</v>
       </c>
       <c r="B21" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C21" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="D21" t="s">
         <v>60</v>
       </c>
       <c r="E21" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21" t="s">
         <v>32</v>
       </c>
       <c r="H21">
         <v>50</v>
       </c>
       <c r="I21">
         <v>60.5</v>
       </c>
       <c r="J21" t="s" s="4">
-        <v>275</v>
+        <v>274</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>4471</v>
       </c>
       <c r="B22" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C22" t="s">
+        <v>275</v>
+      </c>
+      <c r="D22" t="s">
         <v>276</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F22" t="s">
         <v>31</v>
       </c>
       <c r="G22" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H22">
         <v>35</v>
       </c>
       <c r="I22">
         <v>42.35</v>
       </c>
       <c r="J22" t="s" s="4">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>4513</v>
       </c>
       <c r="B23" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C23" t="s">
+        <v>279</v>
+      </c>
+      <c r="D23" t="s">
+        <v>276</v>
+      </c>
+      <c r="E23" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F23" t="s">
         <v>31</v>
       </c>
       <c r="G23" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H23">
         <v>35</v>
       </c>
       <c r="I23">
         <v>42.35</v>
       </c>
       <c r="J23" t="s" s="4">
-        <v>283</v>
+        <v>282</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>4524</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24" t="s">
+        <v>283</v>
+      </c>
+      <c r="D24" t="s">
+        <v>264</v>
+      </c>
+      <c r="E24" t="s">
         <v>284</v>
       </c>
-      <c r="D24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G24" t="s">
         <v>32</v>
       </c>
       <c r="H24">
         <v>65</v>
       </c>
       <c r="I24">
         <v>78.65</v>
       </c>
       <c r="J24" t="s" s="4">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>4548</v>
       </c>
       <c r="B25" t="s">
         <v>34</v>
       </c>
       <c r="C25" t="s">
+        <v>286</v>
+      </c>
+      <c r="D25" t="s">
+        <v>183</v>
+      </c>
+      <c r="E25" t="s">
         <v>287</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
       <c r="F25" t="s">
         <v>31</v>
       </c>
       <c r="G25" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H25" s="3">
         <v>96.12</v>
       </c>
       <c r="I25">
         <v>116.31</v>
       </c>
       <c r="J25" t="s" s="4">
-        <v>289</v>
+        <v>288</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>4578</v>
       </c>
       <c r="B26" t="s">
         <v>34</v>
       </c>
       <c r="C26" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="D26" t="s">
         <v>42</v>
       </c>
       <c r="E26" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="F26" t="s">
         <v>31</v>
       </c>
       <c r="G26" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H26">
         <v>35</v>
       </c>
       <c r="I26">
         <v>42.35</v>
       </c>
       <c r="J26" t="s" s="4">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>4618</v>
       </c>
       <c r="B27" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
+        <v>292</v>
+      </c>
+      <c r="D27" t="s">
+        <v>276</v>
+      </c>
+      <c r="E27" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F27" t="s">
         <v>31</v>
       </c>
       <c r="G27" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="H27" s="3">
         <v>28.93</v>
       </c>
       <c r="I27">
         <v>35.01</v>
       </c>
       <c r="J27" t="s" s="4">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>4623</v>
       </c>
       <c r="B28" t="s">
+        <v>296</v>
+      </c>
+      <c r="C28" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="D28" t="s">
         <v>60</v>
       </c>
       <c r="E28" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="F28" t="s">
         <v>31</v>
       </c>
       <c r="G28" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H28">
         <v>65</v>
       </c>
       <c r="I28">
         <v>78.65</v>
       </c>
       <c r="J28" t="s" s="4">
-        <v>300</v>
+        <v>299</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>4640</v>
       </c>
       <c r="B29" t="s">
         <v>54</v>
       </c>
       <c r="C29" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D29" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="E29" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="F29" t="s">
         <v>31</v>
       </c>
       <c r="G29" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H29" s="3">
         <v>45.45</v>
       </c>
       <c r="I29">
         <v>54.99</v>
       </c>
       <c r="J29" t="s" s="4">
-        <v>302</v>
+        <v>301</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>4753</v>
       </c>
       <c r="B30" t="s">
         <v>54</v>
       </c>
       <c r="C30" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D30" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E30" t="s">
         <v>30</v>
       </c>
       <c r="F30" t="s">
         <v>31</v>
       </c>
       <c r="G30" t="s">
         <v>32</v>
       </c>
       <c r="H30">
         <v>95</v>
       </c>
       <c r="I30">
         <v>114.95</v>
       </c>
       <c r="J30" t="s" s="4">
-        <v>304</v>
+        <v>303</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>4944</v>
       </c>
       <c r="B31" t="s">
         <v>54</v>
       </c>
       <c r="C31" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="D31" t="s">
         <v>46</v>
       </c>
       <c r="E31" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="F31" t="s">
         <v>31</v>
       </c>
       <c r="G31" t="s">
         <v>32</v>
       </c>
       <c r="H31" s="3">
         <v>123.14</v>
       </c>
       <c r="I31">
         <v>149</v>
       </c>
       <c r="J31" t="s" s="4">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>5040</v>
       </c>
       <c r="B32" t="s">
         <v>27</v>
       </c>
       <c r="C32" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="D32" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E32" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="F32" t="s">
         <v>31</v>
       </c>
       <c r="G32" t="s">
         <v>32</v>
       </c>
       <c r="H32" s="3">
         <v>82.64</v>
       </c>
       <c r="I32">
         <v>99.99</v>
       </c>
       <c r="J32" t="s" s="4">
-        <v>308</v>
+        <v>307</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>5348</v>
       </c>
       <c r="B33" t="s">
         <v>27</v>
       </c>
       <c r="C33" t="s">
+        <v>308</v>
+      </c>
+      <c r="D33" t="s">
         <v>309</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="F33" t="s">
         <v>38</v>
       </c>
       <c r="G33" t="s">
         <v>32</v>
       </c>
       <c r="H33" s="3">
         <v>107.44</v>
       </c>
       <c r="I33">
         <v>130</v>
       </c>
       <c r="J33" t="s" s="4">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>5430</v>
       </c>
       <c r="B34" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C34" t="s">
+        <v>312</v>
+      </c>
+      <c r="D34" t="s">
         <v>313</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>314</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>315</v>
       </c>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H34" s="3">
         <v>41.32</v>
       </c>
       <c r="I34">
         <v>50</v>
       </c>
       <c r="J34" t="s" s="4">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>5624</v>
       </c>
       <c r="B35" t="s">
         <v>54</v>
       </c>
       <c r="C35" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="D35" t="s">
         <v>46</v>
       </c>
       <c r="E35" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="F35" t="s">
         <v>31</v>
       </c>
       <c r="G35" t="s">
         <v>32</v>
       </c>
       <c r="H35" s="3">
         <v>82.64</v>
       </c>
       <c r="I35">
         <v>99.99</v>
       </c>
       <c r="J35" t="s" s="4">
-        <v>320</v>
+        <v>319</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>5893</v>
       </c>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36" s="3">
         <v>20.66</v>
       </c>
       <c r="I36">
         <v>25</v>
       </c>
       <c r="J36" t="s" s="4">
-        <v>321</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>5906</v>
       </c>
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37">
         <v>70</v>
       </c>
       <c r="I37">
         <v>84.7</v>
       </c>
       <c r="J37" t="s" s="4">
-        <v>322</v>
+        <v>321</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>5975</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38" s="3">
         <v>49.59</v>
       </c>
       <c r="I38">
         <v>60</v>
       </c>
       <c r="J38" t="s" s="4">
-        <v>323</v>
+        <v>322</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>6001</v>
       </c>
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39">
         <v>100</v>
       </c>
       <c r="I39">
         <v>121</v>
       </c>
       <c r="J39" t="s" s="4">
-        <v>324</v>
+        <v>323</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>6007</v>
       </c>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40" s="3">
         <v>111.57</v>
       </c>
       <c r="I40">
         <v>135</v>
       </c>
       <c r="J40" t="s" s="4">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>6055</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41">
         <v>100</v>
       </c>
       <c r="I41">
         <v>121</v>
       </c>
       <c r="J41" t="s" s="4">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>6062</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42">
         <v>80</v>
       </c>
       <c r="I42">
         <v>96.8</v>
       </c>
       <c r="J42" t="s" s="4">
-        <v>327</v>
+        <v>326</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>6067</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43">
         <v>100</v>
       </c>
       <c r="I43">
         <v>121</v>
       </c>
       <c r="J43" t="s" s="4">
-        <v>328</v>
+        <v>327</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>6073</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44">
         <v>80</v>
       </c>
       <c r="I44">
         <v>96.8</v>
       </c>
       <c r="J44" t="s" s="4">
-        <v>329</v>
+        <v>328</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>6079</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45">
         <v>80</v>
       </c>
       <c r="I45">
         <v>96.8</v>
       </c>
       <c r="J45" t="s" s="4">
-        <v>330</v>
+        <v>329</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>6165</v>
       </c>
       <c r="B46" t="s">
         <v>34</v>
       </c>
       <c r="C46" t="s">
+        <v>330</v>
+      </c>
+      <c r="D46" t="s">
         <v>331</v>
       </c>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="F46" t="s">
         <v>31</v>
       </c>
       <c r="G46" t="s">
         <v>32</v>
       </c>
       <c r="H46" s="3">
         <v>66.11</v>
       </c>
       <c r="I46">
         <v>79.99</v>
       </c>
       <c r="J46" t="s" s="4">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>6676</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47">
         <v>20</v>
       </c>
       <c r="I47">
         <v>24.2</v>
       </c>
       <c r="J47" t="s" s="4">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>6703</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48">
         <v>20</v>
       </c>
       <c r="I48">
         <v>24.2</v>
       </c>
       <c r="J48" t="s" s="4">
-        <v>335</v>
+        <v>334</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>7241</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49" s="3">
         <v>148.76</v>
       </c>
       <c r="I49">
         <v>180</v>
       </c>
       <c r="J49" t="s" s="4">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>7387</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50" s="3">
         <v>70.25</v>
       </c>
       <c r="I50">
         <v>85</v>
       </c>
       <c r="J50" t="s" s="4">
-        <v>337</v>
+        <v>336</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>7485</v>
       </c>
       <c r="B51" t="s">
         <v>34</v>
       </c>
       <c r="C51" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="D51" t="s">
         <v>46</v>
       </c>
       <c r="E51" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="F51" t="s">
         <v>31</v>
       </c>
       <c r="G51" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H51" s="3">
         <v>82.64</v>
       </c>
       <c r="I51">
         <v>99.99</v>
       </c>
       <c r="J51" t="s" s="4">
-        <v>340</v>
+        <v>339</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>9041</v>
       </c>
       <c r="B52" t="s">
         <v>54</v>
       </c>
       <c r="C52" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="D52" t="s">
         <v>46</v>
       </c>
       <c r="E52" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F52" t="s">
         <v>31</v>
       </c>
       <c r="G52" t="s">
         <v>32</v>
       </c>
       <c r="H52" s="3">
         <v>115.70</v>
       </c>
       <c r="I52">
         <v>140</v>
       </c>
       <c r="J52" t="s" s="4">
-        <v>342</v>
+        <v>341</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>9062</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53">
         <v>32</v>
       </c>
       <c r="I53">
         <v>38.72</v>
       </c>
       <c r="J53" t="s" s="4">
-        <v>343</v>
+        <v>342</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>9069</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
       <c r="H54">
         <v>32</v>
       </c>
       <c r="I54">
         <v>38.72</v>
       </c>
       <c r="J54" t="s" s="4">
-        <v>344</v>
+        <v>343</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>9075</v>
       </c>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
       <c r="H55">
         <v>32</v>
       </c>
       <c r="I55">
         <v>38.72</v>
       </c>
       <c r="J55" t="s" s="4">
-        <v>345</v>
+        <v>344</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>9081</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56">
         <v>59</v>
       </c>
       <c r="I56">
         <v>71.39</v>
       </c>
       <c r="J56" t="s" s="4">
-        <v>346</v>
+        <v>345</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>9089</v>
       </c>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57" s="3">
         <v>57.85</v>
       </c>
       <c r="I57">
         <v>70</v>
       </c>
       <c r="J57" t="s" s="4">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>9619</v>
       </c>
       <c r="B58" t="s">
         <v>54</v>
       </c>
       <c r="C58" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="D58" t="s">
         <v>60</v>
       </c>
       <c r="E58" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F58" t="s">
         <v>31</v>
       </c>
       <c r="G58" t="s">
         <v>32</v>
       </c>
       <c r="H58" s="3">
         <v>140.49</v>
       </c>
       <c r="I58">
         <v>169.99</v>
       </c>
       <c r="J58" t="s" s="4">
-        <v>349</v>
+        <v>348</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>9728</v>
       </c>
       <c r="B59" t="s">
         <v>34</v>
       </c>
       <c r="C59" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="D59" t="s">
         <v>60</v>
       </c>
       <c r="E59" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="F59" t="s">
         <v>38</v>
       </c>
       <c r="G59" t="s">
         <v>32</v>
       </c>
       <c r="H59" s="3">
         <v>140.49</v>
       </c>
       <c r="I59">
         <v>169.99</v>
       </c>
       <c r="J59" t="inlineStr" s="4">
         <is>
           <t>https://eridas.lt/preke/hp-probook-450-g6-15-6-fhd-ips-labai-prastos-bukles-ekranas-demes-nuospaudos-i5-8265u-16gb-256gb-ssd-11-nvidia-mx-130-2gb-koloneliu-defektas/</t>
         </is>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="J2" r:id="rId65" location="" display="https://eridas.lt/preke/25vnt-14-0-fhd-i5-8250u-su-defektais-nuo-48-eur/"/>
     <hyperlink ref="J3" r:id="rId66" location="" display="https://eridas.lt/preke/zenbook-14-ux434f-i7-10510u-8gb-256gb-2-screens/"/>
     <hyperlink ref="J4" r:id="rId67" location="" display="https://eridas.lt/preke/dell-latitude-e7440-14-0-fhd-i7-4600u-0gb-ram-be-ssd-korpuso-defektai/"/>
     <hyperlink ref="J5" r:id="rId68" location="" display="https://eridas.lt/preke/1vnt-lenovo-e31-70-80-kompiuteris-i3-4gb-128gb-ssd-su-korpuso-ar-klaviaturos-defektu/"/>
@@ -5248,128 +5250,128 @@
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="24" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
     <col min="6" max="6" width="36" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16" customWidth="1"/>
     <col min="10" max="10" width="60" customWidth="1"/>
     <col min="11" max="11" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="24">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>19</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>20</v>
       </c>
       <c r="D1" t="s" s="2">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>22</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>23</v>
       </c>
       <c r="G1" t="s" s="2">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="H1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="I1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="J1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="K1" t="s" s="2">
         <v>26</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>4394</v>
       </c>
       <c r="B2" t="s">
         <v>34</v>
       </c>
       <c r="C2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D2" t="s">
         <v>353</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="F2" t="s">
         <v>48</v>
       </c>
       <c r="G2" t="s">
         <v>39</v>
       </c>
       <c r="H2" s="3">
         <v>355.37</v>
       </c>
       <c r="I2">
         <v>430</v>
       </c>
       <c r="J2" t="s" s="4">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="K2"/>
     </row>
     <row r="3">
       <c r="A3">
         <v>4724</v>
       </c>
       <c r="B3" t="s">
         <v>54</v>
       </c>
       <c r="C3" t="s">
+        <v>356</v>
+      </c>
+      <c r="D3" t="s">
+        <v>353</v>
+      </c>
+      <c r="E3" t="s">
         <v>357</v>
-      </c>
-[...4 lines deleted...]
-        <v>358</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
-        <v>209</v>
+        <v>358</v>
       </c>
       <c r="H3" s="3">
         <v>321.49</v>
       </c>
       <c r="I3">
         <v>389</v>
       </c>
       <c r="J3" t="s" s="4">
         <v>359</v>
       </c>
       <c r="K3"/>
     </row>
     <row r="4">
       <c r="A4">
         <v>8976</v>
       </c>
       <c r="B4" t="s">
         <v>34</v>
       </c>
       <c r="C4" t="s">
         <v>360</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>361</v>
@@ -5380,51 +5382,51 @@
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" s="3">
         <v>743.80</v>
       </c>
       <c r="I4">
         <v>900</v>
       </c>
       <c r="J4" t="s" s="4">
         <v>363</v>
       </c>
       <c r="K4"/>
     </row>
     <row r="5">
       <c r="A5">
         <v>9312</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
       <c r="C5" t="s">
         <v>364</v>
       </c>
       <c r="D5" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="E5" t="s">
         <v>365</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
       <c r="G5" t="s">
         <v>39</v>
       </c>
       <c r="H5" s="3">
         <v>289.26</v>
       </c>
       <c r="I5">
         <v>350</v>
       </c>
       <c r="J5" t="s" s="4">
         <v>366</v>
       </c>
       <c r="K5"/>
     </row>
     <row r="6">
       <c r="A6">
         <v>9353</v>
       </c>
@@ -5434,128 +5436,128 @@
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6" t="s">
         <v>368</v>
       </c>
       <c r="F6" t="s">
         <v>369</v>
       </c>
       <c r="G6"/>
       <c r="H6" s="3">
         <v>495.87</v>
       </c>
       <c r="I6">
         <v>600</v>
       </c>
       <c r="J6" t="s" s="4">
         <v>370</v>
       </c>
       <c r="K6"/>
     </row>
     <row r="7">
       <c r="A7">
         <v>9425</v>
       </c>
       <c r="B7" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7" t="s">
         <v>371</v>
       </c>
       <c r="F7" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
         <v>32</v>
       </c>
       <c r="H7" s="3">
         <v>82.64</v>
       </c>
       <c r="I7">
         <v>99.99</v>
       </c>
       <c r="J7" t="s" s="4">
         <v>372</v>
       </c>
       <c r="K7"/>
     </row>
     <row r="8">
       <c r="A8">
         <v>9533</v>
       </c>
       <c r="B8" t="s">
         <v>54</v>
       </c>
       <c r="C8" t="s">
         <v>373</v>
       </c>
       <c r="D8" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="E8" t="s">
         <v>374</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>32</v>
       </c>
       <c r="H8" s="3">
         <v>165.29</v>
       </c>
       <c r="I8">
         <v>200</v>
       </c>
       <c r="J8" t="s" s="4">
         <v>375</v>
       </c>
       <c r="K8"/>
     </row>
     <row r="9">
       <c r="A9">
         <v>9539</v>
       </c>
       <c r="B9" t="s">
         <v>54</v>
       </c>
       <c r="C9" t="s">
         <v>376</v>
       </c>
       <c r="D9" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="E9" t="s">
         <v>377</v>
       </c>
       <c r="F9" t="s">
         <v>378</v>
       </c>
       <c r="G9" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H9" s="3">
         <v>495.87</v>
       </c>
       <c r="I9">
         <v>600</v>
       </c>
       <c r="J9" t="s" s="4">
         <v>379</v>
       </c>
       <c r="K9"/>
     </row>
     <row r="10">
       <c r="A10">
         <v>9600</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>380</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
@@ -5564,91 +5566,91 @@
       <c r="G10" t="s">
         <v>39</v>
       </c>
       <c r="H10" s="3">
         <v>280.99</v>
       </c>
       <c r="I10">
         <v>340</v>
       </c>
       <c r="J10" t="s" s="4">
         <v>382</v>
       </c>
       <c r="K10"/>
     </row>
     <row r="11">
       <c r="A11">
         <v>9657</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>373</v>
       </c>
       <c r="D11" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="E11" t="s">
         <v>374</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
       <c r="G11" t="s">
         <v>383</v>
       </c>
       <c r="H11" s="3">
         <v>347.11</v>
       </c>
       <c r="I11">
         <v>420</v>
       </c>
       <c r="J11" t="s" s="4">
         <v>384</v>
       </c>
       <c r="K11"/>
     </row>
     <row r="12">
       <c r="A12">
         <v>9738</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12" t="s">
         <v>385</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
         <v>386</v>
       </c>
       <c r="F12" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G12" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H12" s="3">
         <v>123.97</v>
       </c>
       <c r="I12">
         <v>150</v>
       </c>
       <c r="J12" t="s" s="4">
         <v>387</v>
       </c>
       <c r="K12"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="J2" r:id="rId123" location="" display="https://eridas.lt/preke/hp-z240-tower-e3-1270-v6-32gb-512gb-p4000-8gb/"/>
     <hyperlink ref="J3" r:id="rId124" location="" display="https://eridas.lt/preke/lenovo-thinkstation-p310-intel-xeon-e3-1220-v5-m4000-8gb-gddr5-16gb-480gb-ssd-400w-platinium/"/>
     <hyperlink ref="J4" r:id="rId125" location="" display="https://eridas.lt/preke/hp-omen-25l-gt14-1841no-i5-13400f-16gb-ddr5-1tb-ssd-rtx-4060-ti-8gb/"/>
     <hyperlink ref="J5" r:id="rId126" location="" display="https://eridas.lt/preke/hp-z2-tower-g4-workstation-xeon-e-2176g-16gb-512gb-ssd-gtx-1070-8gb/"/>
     <hyperlink ref="J6" r:id="rId127" location="" display="https://eridas.lt/preke/huawei-1288h-v5-serveris-x2-intel-xeon-gold-6134-2vnt-ddr4-2666mhz-ram-32gb-2tb/"/>
     <hyperlink ref="J7" r:id="rId128" location="" display="https://eridas.lt/preke/zaidimu-kompiuteris-minecraft-roblox-i5-7400-8gb-256gb-ssd-amd-radeon-rx-550-2gb-wifi-integruotas-yra/"/>
     <hyperlink ref="J8" r:id="rId129" location="" display="https://eridas.lt/preke/thinkstation-p520c-intel-xeon-w-2123-16gb-ddr4-server-ram-256gb-ssd-nvidia-quadro-k620-500w-platinum-psu/"/>
     <hyperlink ref="J9" r:id="rId130" location="" display="https://eridas.lt/preke/thinkstation-p620-ryzen-threadripper-pro-3955wx-16-core-3-9-4-3ghz-32gb-ddr4-server-ram-3200mhz-radeon-pro-wx-3200-100w-platinum-psu/"/>
     <hyperlink ref="J10" r:id="rId131" location="" display="https://eridas.lt/preke/thinkstation-p510-e5-2690-v4-16gb-512gb-ssd-nvidia-quadro-m4000/"/>
     <hyperlink ref="J11" r:id="rId132" location="" display="https://eridas.lt/preke/thinkstation-p520c-intel-xeon-w-2123-16gb-ddr4-server-ram-512gb-ssd-2tb-hdd-nvidia-quadro-p1000-4gb-500w-psu/"/>
     <hyperlink ref="J12" r:id="rId133" location="" display="https://eridas.lt/preke/precision-t7910-e5-2687w-v3-2vnt-be-ram-4gb-palikti-testuotis-be-ssd-disko-nvidia-quadro-k4200-4gb-tesla-k40-12gb/"/>